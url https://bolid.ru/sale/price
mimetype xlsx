--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -14,65 +14,65 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1952">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1990">
   <si>
     <t>Московская обл.,                                                                        +7 495 775-71-55</t>
   </si>
   <si>
     <t>https://bolid.ru</t>
   </si>
   <si>
     <t>г. Королёв, ул. Пионерская, 4                                               +7 495 902-62-80</t>
   </si>
   <si>
     <t>sales@bolid.ru</t>
   </si>
   <si>
-    <t>Прайс-лист от 14.01.2026</t>
+    <t>Прайс-лист от 04.02.2026</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Ед. изм.</t>
   </si>
   <si>
     <t>Цена
 без НДС</t>
   </si>
   <si>
     <t>Цена
 с НДС</t>
   </si>
   <si>
     <t>99-879-422</t>
   </si>
   <si>
@@ -939,56 +939,50 @@
   <si>
     <t>1-540-341-750</t>
   </si>
   <si>
     <t>Блок контрольно-пусковой ШКП-110RS с УПП</t>
   </si>
   <si>
     <t>129-199-935</t>
   </si>
   <si>
     <t>Блок контрольно-пусковой ШКП-18</t>
   </si>
   <si>
     <t>645-552-407</t>
   </si>
   <si>
     <t>Блок контрольно-пусковой ШКП-18 IP54</t>
   </si>
   <si>
     <t>1-540-341-753</t>
   </si>
   <si>
     <t>Блок контрольно-пусковой ШКП-18RS</t>
   </si>
   <si>
-    <t>294-449-093</t>
-[...4 lines deleted...]
-  <si>
     <t>1-540-341-762</t>
   </si>
   <si>
     <t>Блок контрольно-пусковой ШКП-250RS с УПП</t>
   </si>
   <si>
     <t>129-199-840</t>
   </si>
   <si>
     <t>Блок контрольно-пусковой ШКП-30</t>
   </si>
   <si>
     <t>645-552-539</t>
   </si>
   <si>
     <t>Блок контрольно-пусковой ШКП-30 IP54</t>
   </si>
   <si>
     <t>779-866-074</t>
   </si>
   <si>
     <t>Блок контрольно-пусковой ШКП-30 с устройством плавного пуска</t>
   </si>
   <si>
     <t>1-540-341-765</t>
@@ -1062,51 +1056,51 @@
   <si>
     <t>Блок контрольно-пусковой ШКП-75RS с УПП</t>
   </si>
   <si>
     <t>129-175-606</t>
   </si>
   <si>
     <t>Блок пожарный управления "Поток-3Н"</t>
   </si>
   <si>
     <t>92-194-395</t>
   </si>
   <si>
     <t>Блок приемно-контрольный и управления автоматическими средствами пожаротушения С2000-АСПТ</t>
   </si>
   <si>
     <t>92-289-158</t>
   </si>
   <si>
     <t>Блок приемно-контрольный охранно-пожарный  "Сигнал-20П"</t>
   </si>
   <si>
     <t>1-878-186-507</t>
   </si>
   <si>
-    <t>Блок приемно-контрольный охранно-пожарный "Сигнал-10" 2RS485 (два интерфейса RS-485)</t>
+    <t>Блок приемно-контрольный охранно-пожарный "Сигнал-10 2RS485" (два интерфейса RS-485)</t>
   </si>
   <si>
     <t>115-834-927</t>
   </si>
   <si>
     <t>Блок приемно-контрольный охранно-пожарный "Сигнал-20П исп.01"</t>
   </si>
   <si>
     <t>10-450-001</t>
   </si>
   <si>
     <t>Блок приемно-контрольный охранно-пожарный С2000-4</t>
   </si>
   <si>
     <t>129-177-867</t>
   </si>
   <si>
     <t>Блок разветвительно-изолирующий "БРИЗ"</t>
   </si>
   <si>
     <t>728-233-042</t>
   </si>
   <si>
     <t>Блок разветвительно-изолирующий встраиваемый БРИЗ исп.03</t>
   </si>
@@ -1623,50 +1617,56 @@
   <si>
     <t>856-099-515</t>
   </si>
   <si>
     <t>Видеокамера сетевая BOLID VCI-230</t>
   </si>
   <si>
     <t>856-111-201</t>
   </si>
   <si>
     <t>Видеокамера сетевая BOLID VCI-240-01</t>
   </si>
   <si>
     <t>856-111-665</t>
   </si>
   <si>
     <t>Видеокамера сетевая BOLID VCI-242</t>
   </si>
   <si>
     <t>856-111-894</t>
   </si>
   <si>
     <t>Видеокамера сетевая BOLID VCI-252-05</t>
   </si>
   <si>
+    <t>987-571-429</t>
+  </si>
+  <si>
+    <t>Видеокамера сетевая BOLID VCI-280-01</t>
+  </si>
+  <si>
     <t>856-113-872</t>
   </si>
   <si>
     <t>Видеокамера сетевая BOLID VCI-320</t>
   </si>
   <si>
     <t>1-348-123-946</t>
   </si>
   <si>
     <t>Видеокамера сетевая BOLID VCI-422</t>
   </si>
   <si>
     <t>1-348-123-980</t>
   </si>
   <si>
     <t>Видеокамера сетевая BOLID VCI-442</t>
   </si>
   <si>
     <t>855-141-939</t>
   </si>
   <si>
     <t>Видеокамера сетевая BOLID VCI-528</t>
   </si>
   <si>
     <t>856-115-728</t>
@@ -2766,50 +2766,95 @@
   <si>
     <t>470-791-615</t>
   </si>
   <si>
     <t>Извещатель пожарный ручной электроконтактный  "ИПР 513-3М"</t>
   </si>
   <si>
     <t>711-608-798</t>
   </si>
   <si>
     <t>Извещатель пожарный тепловой адресный С2000-ИП-ПА-03</t>
   </si>
   <si>
     <t>711-608-786</t>
   </si>
   <si>
     <t>Извещатель тепловой адресный С2000-ИП-03</t>
   </si>
   <si>
     <t>783-955-472</t>
   </si>
   <si>
     <t>Извещатель тепловой радиоканальный адресно-аналоговый С2000Р-ИП</t>
   </si>
   <si>
+    <t>2-356-244-916</t>
+  </si>
+  <si>
+    <t>ИП104-1-D-ОП - Чувствительный элемент (термокабель) извещателя пожарного теплового максимального линейного адресного с температурой срабатывания  105 °С. Исполнение - общего применения.</t>
+  </si>
+  <si>
+    <t>м</t>
+  </si>
+  <si>
+    <t>2-356-246-424</t>
+  </si>
+  <si>
+    <t>ИП104-1-F-ОП - Чувствительный элемент (термокабель) извещателя пожарного теплового максимального линейного адресного с температурой срабатывания  138 °С. Исполнение - общего применения.</t>
+  </si>
+  <si>
+    <t>2-356-246-628</t>
+  </si>
+  <si>
+    <t>ИП104-1-А3-ВП - Чувствительный элемент (термокабель) извещателя пожарного теплового максимального линейного адресного с температурой срабатывания  68 °С. Исполнение - всепогодное.</t>
+  </si>
+  <si>
+    <t>2-356-245-404</t>
+  </si>
+  <si>
+    <t>ИП104-1-А3-ОП - Чувствительный элемент (термокабель) извещателя пожарного теплового максимального линейного адресного с температурой срабатывания  68 °С. Исполнение - общего применения.</t>
+  </si>
+  <si>
+    <t>2-356-246-702</t>
+  </si>
+  <si>
+    <t>ИП104-1-А3-ХС - Чувствительный элемент (термокабель) извещателя пожарного теплового максимального линейного адресного с температурой срабатывания  68°С. Исполнение - химически стойкое.</t>
+  </si>
+  <si>
+    <t>2-356-245-520</t>
+  </si>
+  <si>
+    <t>ИП104-1-С-ОП - Чувствительный элемент (термокабель) извещателя пожарного теплового максимального линейного адресного с температурой срабатывания  88 °С. Исполнение - общего применения.</t>
+  </si>
+  <si>
+    <t>2-356-249-728</t>
+  </si>
+  <si>
+    <t>ИП104-1-С-ХС - Чувствительный элемент (термокабель) извещателя пожарного теплового максимального линейного адресного с температурой срабатывания  88 °С. Исполнение - химически стойкое.</t>
+  </si>
+  <si>
     <t>1-205-230-366</t>
   </si>
   <si>
     <t>ИПР 513-3АМ исп.01  IP67 - Извещатель пожарный ручной адресный  со встроенным разделительно-изолирующим блоком с защитой оболочки IP67</t>
   </si>
   <si>
     <t>2-138-531-165</t>
   </si>
   <si>
     <t>ИПР 513-3АМ-Exi IP67 Извещатель пожарный  ручной адресный взрывозащищенный</t>
   </si>
   <si>
     <t>2-118-875-992</t>
   </si>
   <si>
     <t>ИПР 513-3АМ-С  Извещатель пожарный ручной адресный</t>
   </si>
   <si>
     <t>1-147-624-497</t>
   </si>
   <si>
     <t>ИПР 513-3М IP67 Ручной пожарный извещатель с защитой оболочки IP67</t>
   </si>
   <si>
     <t>1-773-096-849</t>
@@ -3132,50 +3177,68 @@
   <si>
     <t>1-170-581-448</t>
   </si>
   <si>
     <t>МК-3 монтажный комплект для ДИП-34А, С2000-ИП, ДИП-31</t>
   </si>
   <si>
     <t>2-027-880-416</t>
   </si>
   <si>
     <t>МК-4  Монтажный комплект для ДИП</t>
   </si>
   <si>
     <t>1-933-595-769</t>
   </si>
   <si>
     <t>МК-5А Монтажный комплект для АБ</t>
   </si>
   <si>
     <t>1-933-802-793</t>
   </si>
   <si>
     <t>МК-7А Монтажный комплект для АБ</t>
   </si>
   <si>
+    <t>2-164-273-935</t>
+  </si>
+  <si>
+    <t>МК10-1 Оконечный монтажный комплект (контроль работы и диагностика термокабеля)</t>
+  </si>
+  <si>
+    <t>2-164-271-231</t>
+  </si>
+  <si>
+    <t>МК10-2  Вводный монтажный комплект (подключение Сигнала и термокабеля)</t>
+  </si>
+  <si>
+    <t>2-164-269-932</t>
+  </si>
+  <si>
+    <t>МК10-2-П Промежуточный монтажный комплект (подключение термокабеля, два ввода)</t>
+  </si>
+  <si>
     <t>783-410-257</t>
   </si>
   <si>
     <t>Модуль источника питания МИП-12 исп.01 (МИП-12-1/7ПЗ), 12В, 1А.</t>
   </si>
   <si>
     <t>783-410-487</t>
   </si>
   <si>
     <t>Модуль источника питания МИП-12 исп.02 (МИП-12-1/ПЗ), 12В, 1,5А.</t>
   </si>
   <si>
     <t>141-112-915</t>
   </si>
   <si>
     <t>Модуль контроля состояния резервированных источников питания "МКС РИП"</t>
   </si>
   <si>
     <t>156-319-772</t>
   </si>
   <si>
     <t>Модуль преобразователя "МП 24/12 В исп.01"</t>
   </si>
   <si>
     <t>394-262-257</t>
@@ -3268,50 +3331,101 @@
     <t>Монтажный адаптер BOLID BR-305</t>
   </si>
   <si>
     <t>987-746-518</t>
   </si>
   <si>
     <t>Монтажный адаптер BOLID BR-306</t>
   </si>
   <si>
     <t>987-746-722</t>
   </si>
   <si>
     <t>Монтажный адаптер BOLID BR-307</t>
   </si>
   <si>
     <t>408-120-194</t>
   </si>
   <si>
     <t>МПН - Модуль подключения нагрузки</t>
   </si>
   <si>
     <t>1-619-668-007</t>
   </si>
   <si>
     <t>МППУ АСР Модуль подключения приборов учёта адресного счётчика расхода</t>
+  </si>
+  <si>
+    <t>2-357-282-158</t>
+  </si>
+  <si>
+    <t>МЭТ-01-01 - Z-образная стойка для крепления термокабеля с анкером, высота 100мм, цена за 10 шт.</t>
+  </si>
+  <si>
+    <t>уп.</t>
+  </si>
+  <si>
+    <t>2-357-282-199</t>
+  </si>
+  <si>
+    <t>МЭТ-01-02 - Т-образная стойка для крепления термокабеля с анкером, высота 100мм, цена за 10 шт.</t>
+  </si>
+  <si>
+    <t>2-357-282-289</t>
+  </si>
+  <si>
+    <t>МЭТ-01-03 - L-образная стойка для крепления термокабеля, высота 120мм, цена за 10 шт.</t>
+  </si>
+  <si>
+    <t>2-357-282-277</t>
+  </si>
+  <si>
+    <t>МЭТ-01-04 - Металлическая скоба для крепления термокабеля 10*17мм, цена за 10 шт.</t>
+  </si>
+  <si>
+    <t>2-357-282-215</t>
+  </si>
+  <si>
+    <t>МЭТ-02-01 - Клипса для крепления термокабеля стяжкой, цена за 10 шт.</t>
+  </si>
+  <si>
+    <t>2-357-282-237</t>
+  </si>
+  <si>
+    <t>МЭТ-03-01 -  Кабельные стяжки 4.8*300, не поддерживающие горения, цена за 10 шт.</t>
+  </si>
+  <si>
+    <t>2-357-282-244</t>
+  </si>
+  <si>
+    <t>МЭТ-04-01 - Пластиковый хомут для крепления термокабеля, цена за 10 шт.</t>
+  </si>
+  <si>
+    <t>2-357-282-265</t>
+  </si>
+  <si>
+    <t>МЭТ-04-02 - Металлический обрезиненный хомут для крепления термокабеля, цена за 10 шт.</t>
   </si>
   <si>
     <t>1-348-123-260</t>
   </si>
   <si>
     <t>Объектив BOLID LV-01</t>
   </si>
   <si>
     <t>1-348-123-313</t>
   </si>
   <si>
     <t>Объектив BOLID LV-02</t>
   </si>
   <si>
     <t>2-114-929-179</t>
   </si>
   <si>
     <t>Объектив BOLID LV-03</t>
   </si>
   <si>
     <t>2-114-930-223</t>
   </si>
   <si>
     <t>Объектив BOLID LV-04</t>
   </si>
@@ -6357,54 +6471,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bolid.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@bolid.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F975"/>
+  <dimension ref="A1:F993"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B975" sqref="B975:C975"/>
+      <selection activeCell="B993" sqref="B993:C993"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.14" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="59.57" customWidth="true" style="0"/>
     <col min="4" max="4" width="7.57" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.57" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.57" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="18">
       <c r="A1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="4"/>
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="30">
@@ -6656,94 +6770,94 @@
       </c>
       <c r="D17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="15">
         <v>7259.8360655738</v>
       </c>
       <c r="F17" s="15">
         <v>8857</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13">
         <v>12</v>
       </c>
       <c r="B18" s="16" t="s">
         <v>34</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="15">
-        <v>48035.245901639</v>
+        <v>44727.868852459</v>
       </c>
       <c r="F18" s="15">
-        <v>58603</v>
+        <v>54568</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13">
         <v>13</v>
       </c>
       <c r="B19" s="16" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="15">
-        <v>49064.754098361</v>
+        <v>45586.06557377</v>
       </c>
       <c r="F19" s="15">
-        <v>59859</v>
+        <v>55615</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13">
         <v>14</v>
       </c>
       <c r="B20" s="16" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D20" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="15">
-        <v>49064.754098361</v>
+        <v>45586.06557377</v>
       </c>
       <c r="F20" s="15">
-        <v>59859</v>
+        <v>55615</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13">
         <v>15</v>
       </c>
       <c r="B21" s="16" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D21" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="15">
         <v>5505.737704918</v>
       </c>
       <c r="F21" s="15">
         <v>6717</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13">
         <v>16</v>
@@ -9396,2294 +9510,2294 @@
       </c>
       <c r="D154" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="15">
         <v>568902.45901639</v>
       </c>
       <c r="F154" s="15">
         <v>694061</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="13">
         <v>149</v>
       </c>
       <c r="B155" s="16" t="s">
         <v>309</v>
       </c>
       <c r="C155" s="17" t="s">
         <v>310</v>
       </c>
       <c r="D155" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="15">
-        <v>568902.45901639</v>
+        <v>32847.540983607</v>
       </c>
       <c r="F155" s="15">
-        <v>694061</v>
+        <v>40074</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="13">
         <v>150</v>
       </c>
       <c r="B156" s="16" t="s">
         <v>311</v>
       </c>
       <c r="C156" s="17" t="s">
         <v>312</v>
       </c>
       <c r="D156" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="15">
-        <v>32847.540983607</v>
+        <v>36314.754098361</v>
       </c>
       <c r="F156" s="15">
-        <v>40074</v>
+        <v>44304</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="13">
         <v>151</v>
       </c>
       <c r="B157" s="16" t="s">
         <v>313</v>
       </c>
       <c r="C157" s="17" t="s">
         <v>314</v>
       </c>
       <c r="D157" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="15">
-        <v>36314.754098361</v>
+        <v>120196.72131148</v>
       </c>
       <c r="F157" s="15">
-        <v>44304</v>
+        <v>146640</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="13">
         <v>152</v>
       </c>
       <c r="B158" s="16" t="s">
         <v>315</v>
       </c>
       <c r="C158" s="17" t="s">
         <v>316</v>
       </c>
       <c r="D158" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="15">
-        <v>120196.72131148</v>
+        <v>32825.409836066</v>
       </c>
       <c r="F158" s="15">
-        <v>146640</v>
+        <v>40047</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="13">
         <v>153</v>
       </c>
       <c r="B159" s="16" t="s">
         <v>317</v>
       </c>
       <c r="C159" s="17" t="s">
         <v>318</v>
       </c>
       <c r="D159" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="15">
-        <v>32825.409836066</v>
+        <v>131812.29508197</v>
       </c>
       <c r="F159" s="15">
-        <v>40047</v>
+        <v>160811</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="13">
         <v>154</v>
       </c>
       <c r="B160" s="16" t="s">
         <v>319</v>
       </c>
       <c r="C160" s="17" t="s">
         <v>320</v>
       </c>
       <c r="D160" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="15">
-        <v>131812.29508197</v>
+        <v>21353.278688525</v>
       </c>
       <c r="F160" s="15">
-        <v>160811</v>
+        <v>26051</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="13">
         <v>155</v>
       </c>
       <c r="B161" s="16" t="s">
         <v>321</v>
       </c>
       <c r="C161" s="17" t="s">
         <v>322</v>
       </c>
       <c r="D161" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="15">
-        <v>21353.278688525</v>
+        <v>24830.327868852</v>
       </c>
       <c r="F161" s="15">
-        <v>26051</v>
+        <v>30293</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="13">
         <v>156</v>
       </c>
       <c r="B162" s="16" t="s">
         <v>323</v>
       </c>
       <c r="C162" s="17" t="s">
         <v>324</v>
       </c>
       <c r="D162" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="15">
-        <v>24830.327868852</v>
+        <v>48187.704918033</v>
       </c>
       <c r="F162" s="15">
-        <v>30293</v>
+        <v>58789</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="13">
         <v>157</v>
       </c>
       <c r="B163" s="16" t="s">
         <v>325</v>
       </c>
       <c r="C163" s="17" t="s">
         <v>326</v>
       </c>
       <c r="D163" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="15">
-        <v>48187.704918033</v>
+        <v>52325.409836066</v>
       </c>
       <c r="F163" s="15">
-        <v>58789</v>
+        <v>63837</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="13">
         <v>158</v>
       </c>
       <c r="B164" s="16" t="s">
         <v>327</v>
       </c>
       <c r="C164" s="17" t="s">
         <v>328</v>
       </c>
       <c r="D164" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="15">
-        <v>52325.409836066</v>
+        <v>53452.459016393</v>
       </c>
       <c r="F164" s="15">
-        <v>63837</v>
+        <v>65212</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="13">
         <v>159</v>
       </c>
       <c r="B165" s="16" t="s">
         <v>329</v>
       </c>
       <c r="C165" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D165" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="15">
-        <v>53452.459016393</v>
+        <v>27027.049180328</v>
       </c>
       <c r="F165" s="15">
-        <v>65212</v>
+        <v>32973</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="13">
         <v>160</v>
       </c>
       <c r="B166" s="16" t="s">
         <v>331</v>
       </c>
       <c r="C166" s="17" t="s">
         <v>332</v>
       </c>
       <c r="D166" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="15">
-        <v>27027.049180328</v>
+        <v>61989.344262295</v>
       </c>
       <c r="F166" s="15">
-        <v>32973</v>
+        <v>75627</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="13">
         <v>161</v>
       </c>
       <c r="B167" s="16" t="s">
         <v>333</v>
       </c>
       <c r="C167" s="17" t="s">
         <v>334</v>
       </c>
       <c r="D167" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="15">
-        <v>61989.344262295</v>
+        <v>66592.62295082</v>
       </c>
       <c r="F167" s="15">
-        <v>75627</v>
+        <v>81243</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="13">
         <v>162</v>
       </c>
       <c r="B168" s="16" t="s">
         <v>335</v>
       </c>
       <c r="C168" s="17" t="s">
         <v>336</v>
       </c>
       <c r="D168" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="15">
-        <v>66592.62295082</v>
+        <v>66767.213114754</v>
       </c>
       <c r="F168" s="15">
-        <v>81243</v>
+        <v>81456</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="13">
         <v>163</v>
       </c>
       <c r="B169" s="16" t="s">
         <v>337</v>
       </c>
       <c r="C169" s="17" t="s">
         <v>338</v>
       </c>
       <c r="D169" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="15">
-        <v>66767.213114754</v>
+        <v>179942.62295082</v>
       </c>
       <c r="F169" s="15">
-        <v>81456</v>
+        <v>219530</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="13">
         <v>164</v>
       </c>
       <c r="B170" s="16" t="s">
         <v>339</v>
       </c>
       <c r="C170" s="17" t="s">
         <v>340</v>
       </c>
       <c r="D170" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="15">
-        <v>179942.62295082</v>
+        <v>10039.344262295</v>
       </c>
       <c r="F170" s="15">
-        <v>219530</v>
+        <v>12248</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="13">
         <v>165</v>
       </c>
       <c r="B171" s="16" t="s">
         <v>341</v>
       </c>
       <c r="C171" s="17" t="s">
         <v>342</v>
       </c>
       <c r="D171" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="15">
-        <v>10039.344262295</v>
+        <v>11566.393442623</v>
       </c>
       <c r="F171" s="15">
-        <v>12248</v>
+        <v>14111</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="13">
         <v>166</v>
       </c>
       <c r="B172" s="16" t="s">
         <v>343</v>
       </c>
       <c r="C172" s="17" t="s">
         <v>344</v>
       </c>
       <c r="D172" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="15">
-        <v>11566.393442623</v>
+        <v>4398.3606557377</v>
       </c>
       <c r="F172" s="15">
-        <v>14111</v>
+        <v>5366</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="13">
         <v>167</v>
       </c>
       <c r="B173" s="16" t="s">
         <v>345</v>
       </c>
       <c r="C173" s="17" t="s">
         <v>346</v>
       </c>
       <c r="D173" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="15">
-        <v>4398.3606557377</v>
+        <v>3537.7049180328</v>
       </c>
       <c r="F173" s="15">
-        <v>5366</v>
+        <v>4316</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="13">
         <v>168</v>
       </c>
       <c r="B174" s="16" t="s">
         <v>347</v>
       </c>
       <c r="C174" s="17" t="s">
         <v>348</v>
       </c>
       <c r="D174" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="15">
-        <v>3537.7049180328</v>
+        <v>4607.3770491803</v>
       </c>
       <c r="F174" s="15">
-        <v>4316</v>
+        <v>5621</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="13">
         <v>169</v>
       </c>
       <c r="B175" s="16" t="s">
         <v>349</v>
       </c>
       <c r="C175" s="17" t="s">
         <v>350</v>
       </c>
       <c r="D175" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="15">
-        <v>4607.3770491803</v>
+        <v>3224.5901639344</v>
       </c>
       <c r="F175" s="15">
-        <v>5621</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="13">
         <v>170</v>
       </c>
       <c r="B176" s="16" t="s">
         <v>351</v>
       </c>
       <c r="C176" s="17" t="s">
         <v>352</v>
       </c>
       <c r="D176" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="15">
-        <v>3224.5901639344</v>
+        <v>587.70491803279</v>
       </c>
       <c r="F176" s="15">
-        <v>3934</v>
+        <v>717</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="13">
         <v>171</v>
       </c>
       <c r="B177" s="16" t="s">
         <v>353</v>
       </c>
       <c r="C177" s="17" t="s">
         <v>354</v>
       </c>
       <c r="D177" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="15">
         <v>587.70491803279</v>
       </c>
       <c r="F177" s="15">
         <v>717</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="13">
         <v>172</v>
       </c>
       <c r="B178" s="16" t="s">
         <v>355</v>
       </c>
       <c r="C178" s="17" t="s">
         <v>356</v>
       </c>
       <c r="D178" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="15">
-        <v>587.70491803279</v>
+        <v>3153.2786885246</v>
       </c>
       <c r="F178" s="15">
-        <v>717</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="13">
         <v>173</v>
       </c>
       <c r="B179" s="16" t="s">
         <v>357</v>
       </c>
       <c r="C179" s="17" t="s">
         <v>358</v>
       </c>
       <c r="D179" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="15">
-        <v>3153.2786885246</v>
+        <v>1734.4262295082</v>
       </c>
       <c r="F179" s="15">
-        <v>3847</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="13">
         <v>174</v>
       </c>
       <c r="B180" s="16" t="s">
         <v>359</v>
       </c>
       <c r="C180" s="17" t="s">
         <v>360</v>
       </c>
       <c r="D180" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="15">
-        <v>1734.4262295082</v>
+        <v>2313.1147540984</v>
       </c>
       <c r="F180" s="15">
-        <v>2116</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="13">
         <v>175</v>
       </c>
       <c r="B181" s="16" t="s">
         <v>361</v>
       </c>
       <c r="C181" s="17" t="s">
         <v>362</v>
       </c>
       <c r="D181" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="15">
-        <v>2313.1147540984</v>
+        <v>2752.4590163934</v>
       </c>
       <c r="F181" s="15">
-        <v>2822</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="13">
         <v>176</v>
       </c>
       <c r="B182" s="16" t="s">
         <v>363</v>
       </c>
       <c r="C182" s="17" t="s">
         <v>364</v>
       </c>
       <c r="D182" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="15">
-        <v>2752.4590163934</v>
+        <v>2405.737704918</v>
       </c>
       <c r="F182" s="15">
-        <v>3358</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="13">
         <v>177</v>
       </c>
       <c r="B183" s="16" t="s">
         <v>365</v>
       </c>
       <c r="C183" s="17" t="s">
         <v>366</v>
       </c>
       <c r="D183" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="15">
-        <v>2405.737704918</v>
+        <v>3630.3278688525</v>
       </c>
       <c r="F183" s="15">
-        <v>2935</v>
+        <v>4429</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="13">
         <v>178</v>
       </c>
       <c r="B184" s="16" t="s">
         <v>367</v>
       </c>
       <c r="C184" s="17" t="s">
         <v>368</v>
       </c>
       <c r="D184" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="15">
-        <v>3630.3278688525</v>
+        <v>2405.737704918</v>
       </c>
       <c r="F184" s="15">
-        <v>4429</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="13">
         <v>179</v>
       </c>
       <c r="B185" s="16" t="s">
         <v>369</v>
       </c>
       <c r="C185" s="17" t="s">
         <v>370</v>
       </c>
       <c r="D185" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="15">
-        <v>2405.737704918</v>
+        <v>3630.3278688525</v>
       </c>
       <c r="F185" s="15">
-        <v>2935</v>
+        <v>4429</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="13">
         <v>180</v>
       </c>
       <c r="B186" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C186" s="17" t="s">
         <v>372</v>
       </c>
       <c r="D186" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="15">
-        <v>3630.3278688525</v>
+        <v>7150.0</v>
       </c>
       <c r="F186" s="15">
-        <v>4429</v>
+        <v>8723</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="13">
         <v>181</v>
       </c>
       <c r="B187" s="16" t="s">
         <v>373</v>
       </c>
       <c r="C187" s="17" t="s">
         <v>374</v>
       </c>
       <c r="D187" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="15">
-        <v>7150.0</v>
+        <v>8309.8360655738</v>
       </c>
       <c r="F187" s="15">
-        <v>8723</v>
+        <v>10138</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="13">
         <v>182</v>
       </c>
       <c r="B188" s="16" t="s">
         <v>375</v>
       </c>
       <c r="C188" s="17" t="s">
         <v>376</v>
       </c>
       <c r="D188" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="15">
-        <v>8309.8360655738</v>
+        <v>22490.163934426</v>
       </c>
       <c r="F188" s="15">
-        <v>10138</v>
+        <v>27438</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="13">
         <v>183</v>
       </c>
       <c r="B189" s="16" t="s">
         <v>377</v>
       </c>
       <c r="C189" s="17" t="s">
         <v>378</v>
       </c>
       <c r="D189" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="15">
-        <v>22490.163934426</v>
+        <v>25740.163934426</v>
       </c>
       <c r="F189" s="15">
-        <v>27438</v>
+        <v>31403</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="13">
         <v>184</v>
       </c>
       <c r="B190" s="16" t="s">
         <v>379</v>
       </c>
       <c r="C190" s="17" t="s">
         <v>380</v>
       </c>
       <c r="D190" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="15">
-        <v>25740.163934426</v>
+        <v>1287.7049180328</v>
       </c>
       <c r="F190" s="15">
-        <v>31403</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="13">
         <v>185</v>
       </c>
       <c r="B191" s="16" t="s">
         <v>381</v>
       </c>
       <c r="C191" s="17" t="s">
         <v>382</v>
       </c>
       <c r="D191" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="15">
-        <v>1287.7049180328</v>
+        <v>587.70491803279</v>
       </c>
       <c r="F191" s="15">
-        <v>1571</v>
+        <v>717</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="13">
         <v>186</v>
       </c>
       <c r="B192" s="16" t="s">
         <v>383</v>
       </c>
       <c r="C192" s="17" t="s">
         <v>384</v>
       </c>
       <c r="D192" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="15">
-        <v>587.70491803279</v>
+        <v>1755.737704918</v>
       </c>
       <c r="F192" s="15">
-        <v>717</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="13">
         <v>187</v>
       </c>
       <c r="B193" s="16" t="s">
         <v>385</v>
       </c>
       <c r="C193" s="17" t="s">
         <v>386</v>
       </c>
       <c r="D193" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="15">
-        <v>1755.737704918</v>
+        <v>57063.93442623</v>
       </c>
       <c r="F193" s="15">
-        <v>2142</v>
+        <v>69618</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="13">
         <v>188</v>
       </c>
       <c r="B194" s="16" t="s">
         <v>387</v>
       </c>
       <c r="C194" s="17" t="s">
         <v>388</v>
       </c>
       <c r="D194" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="15">
-        <v>52957.37704918</v>
+        <v>41022.131147541</v>
       </c>
       <c r="F194" s="15">
-        <v>64608</v>
+        <v>50047</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="13">
         <v>189</v>
       </c>
       <c r="B195" s="16" t="s">
         <v>389</v>
       </c>
       <c r="C195" s="17" t="s">
         <v>390</v>
       </c>
       <c r="D195" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="15">
-        <v>31065.573770492</v>
+        <v>64342.62295082</v>
       </c>
       <c r="F195" s="15">
-        <v>37900</v>
+        <v>78498</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="13">
         <v>190</v>
       </c>
       <c r="B196" s="16" t="s">
         <v>391</v>
       </c>
       <c r="C196" s="17" t="s">
         <v>392</v>
       </c>
       <c r="D196" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="15">
-        <v>58632.786885246</v>
+        <v>71543.442622951</v>
       </c>
       <c r="F196" s="15">
-        <v>71532</v>
+        <v>87283</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="13">
         <v>191</v>
       </c>
       <c r="B197" s="16" t="s">
         <v>393</v>
       </c>
       <c r="C197" s="17" t="s">
         <v>394</v>
       </c>
       <c r="D197" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="15">
-        <v>68467.213114754</v>
+        <v>71543.442622951</v>
       </c>
       <c r="F197" s="15">
-        <v>83530</v>
+        <v>87283</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="13">
         <v>192</v>
       </c>
       <c r="B198" s="16" t="s">
         <v>395</v>
       </c>
       <c r="C198" s="17" t="s">
         <v>396</v>
       </c>
       <c r="D198" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="15">
-        <v>68467.213114754</v>
+        <v>71543.442622951</v>
       </c>
       <c r="F198" s="15">
-        <v>83530</v>
+        <v>87283</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="13">
         <v>193</v>
       </c>
       <c r="B199" s="16" t="s">
         <v>397</v>
       </c>
       <c r="C199" s="17" t="s">
         <v>398</v>
       </c>
       <c r="D199" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="15">
-        <v>68467.213114754</v>
+        <v>71543.442622951</v>
       </c>
       <c r="F199" s="15">
-        <v>83530</v>
+        <v>87283</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="13">
         <v>194</v>
       </c>
       <c r="B200" s="16" t="s">
         <v>399</v>
       </c>
       <c r="C200" s="17" t="s">
         <v>400</v>
       </c>
       <c r="D200" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="15">
-        <v>70476.229508197</v>
+        <v>71543.442622951</v>
       </c>
       <c r="F200" s="15">
-        <v>85981</v>
+        <v>87283</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="13">
         <v>195</v>
       </c>
       <c r="B201" s="16" t="s">
         <v>401</v>
       </c>
       <c r="C201" s="17" t="s">
         <v>402</v>
       </c>
       <c r="D201" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="15">
-        <v>71148.360655738</v>
+        <v>100254.91803279</v>
       </c>
       <c r="F201" s="15">
-        <v>86801</v>
+        <v>122311</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="13">
         <v>196</v>
       </c>
       <c r="B202" s="16" t="s">
         <v>403</v>
       </c>
       <c r="C202" s="17" t="s">
         <v>404</v>
       </c>
       <c r="D202" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="15">
-        <v>100436.06557377</v>
+        <v>100254.91803279</v>
       </c>
       <c r="F202" s="15">
-        <v>122532</v>
+        <v>122311</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="13">
         <v>197</v>
       </c>
       <c r="B203" s="16" t="s">
         <v>405</v>
       </c>
       <c r="C203" s="17" t="s">
         <v>406</v>
       </c>
       <c r="D203" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="15">
-        <v>102641.80327869</v>
+        <v>100254.91803279</v>
       </c>
       <c r="F203" s="15">
-        <v>125223</v>
+        <v>122311</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="13">
         <v>198</v>
       </c>
       <c r="B204" s="16" t="s">
         <v>407</v>
       </c>
       <c r="C204" s="17" t="s">
         <v>408</v>
       </c>
       <c r="D204" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="15">
-        <v>102641.80327869</v>
+        <v>100254.91803279</v>
       </c>
       <c r="F204" s="15">
-        <v>125223</v>
+        <v>122311</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="13">
         <v>199</v>
       </c>
       <c r="B205" s="16" t="s">
         <v>409</v>
       </c>
       <c r="C205" s="17" t="s">
         <v>410</v>
       </c>
       <c r="D205" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="15">
-        <v>70476.229508197</v>
+        <v>100254.91803279</v>
       </c>
       <c r="F205" s="15">
-        <v>85981</v>
+        <v>122311</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="13">
         <v>200</v>
       </c>
       <c r="B206" s="16" t="s">
         <v>411</v>
       </c>
       <c r="C206" s="17" t="s">
         <v>412</v>
       </c>
       <c r="D206" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="15">
-        <v>78974.590163934</v>
+        <v>85024.590163934</v>
       </c>
       <c r="F206" s="15">
-        <v>96349</v>
+        <v>103730</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="13">
         <v>201</v>
       </c>
       <c r="B207" s="16" t="s">
         <v>413</v>
       </c>
       <c r="C207" s="17" t="s">
         <v>414</v>
       </c>
       <c r="D207" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="15">
-        <v>70476.229508197</v>
+        <v>85024.590163934</v>
       </c>
       <c r="F207" s="15">
-        <v>85981</v>
+        <v>103730</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="13">
         <v>202</v>
       </c>
       <c r="B208" s="16" t="s">
         <v>415</v>
       </c>
       <c r="C208" s="17" t="s">
         <v>416</v>
       </c>
       <c r="D208" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="15">
-        <v>77290.983606557</v>
+        <v>85024.590163934</v>
       </c>
       <c r="F208" s="15">
-        <v>94295</v>
+        <v>103730</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="13">
         <v>203</v>
       </c>
       <c r="B209" s="16" t="s">
         <v>417</v>
       </c>
       <c r="C209" s="17" t="s">
         <v>418</v>
       </c>
       <c r="D209" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="15">
-        <v>77290.983606557</v>
+        <v>85024.590163934</v>
       </c>
       <c r="F209" s="15">
-        <v>94295</v>
+        <v>103730</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="13">
         <v>204</v>
       </c>
       <c r="B210" s="16" t="s">
         <v>419</v>
       </c>
       <c r="C210" s="17" t="s">
         <v>420</v>
       </c>
       <c r="D210" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="15">
-        <v>103124.59016393</v>
+        <v>69187.704918033</v>
       </c>
       <c r="F210" s="15">
-        <v>125812</v>
+        <v>84409</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="13">
         <v>205</v>
       </c>
       <c r="B211" s="16" t="s">
         <v>421</v>
       </c>
       <c r="C211" s="17" t="s">
         <v>422</v>
       </c>
       <c r="D211" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="15">
-        <v>65060.655737705</v>
+        <v>53145.901639344</v>
       </c>
       <c r="F211" s="15">
-        <v>79374</v>
+        <v>64838</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="13">
         <v>206</v>
       </c>
       <c r="B212" s="16" t="s">
         <v>423</v>
       </c>
       <c r="C212" s="17" t="s">
         <v>424</v>
       </c>
       <c r="D212" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="15">
-        <v>50050.0</v>
+        <v>76466.393442623</v>
       </c>
       <c r="F212" s="15">
-        <v>61061</v>
+        <v>93289</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="13">
         <v>207</v>
       </c>
       <c r="B213" s="16" t="s">
         <v>425</v>
       </c>
       <c r="C213" s="17" t="s">
         <v>426</v>
       </c>
       <c r="D213" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="15">
-        <v>71100.0</v>
+        <v>84650.819672131</v>
       </c>
       <c r="F213" s="15">
-        <v>86742</v>
+        <v>103274</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="13">
         <v>208</v>
       </c>
       <c r="B214" s="16" t="s">
         <v>427</v>
       </c>
       <c r="C214" s="17" t="s">
         <v>428</v>
       </c>
       <c r="D214" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="15">
-        <v>79114.754098361</v>
+        <v>84650.819672131</v>
       </c>
       <c r="F214" s="15">
-        <v>96520</v>
+        <v>103274</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="13">
         <v>209</v>
       </c>
       <c r="B215" s="16" t="s">
         <v>429</v>
       </c>
       <c r="C215" s="17" t="s">
         <v>430</v>
       </c>
       <c r="D215" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E215" s="15">
-        <v>79114.754098361</v>
+        <v>84650.819672131</v>
       </c>
       <c r="F215" s="15">
-        <v>96520</v>
+        <v>103274</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="13">
         <v>210</v>
       </c>
       <c r="B216" s="16" t="s">
         <v>431</v>
       </c>
       <c r="C216" s="17" t="s">
         <v>432</v>
       </c>
       <c r="D216" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="15">
-        <v>79114.754098361</v>
+        <v>84650.819672131</v>
       </c>
       <c r="F216" s="15">
-        <v>96520</v>
+        <v>103274</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="13">
         <v>211</v>
       </c>
       <c r="B217" s="16" t="s">
         <v>433</v>
       </c>
       <c r="C217" s="17" t="s">
         <v>434</v>
       </c>
       <c r="D217" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="15">
-        <v>81123.770491803</v>
+        <v>84650.819672131</v>
       </c>
       <c r="F217" s="15">
-        <v>98971</v>
+        <v>103274</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="13">
         <v>212</v>
       </c>
       <c r="B218" s="16" t="s">
         <v>435</v>
       </c>
       <c r="C218" s="17" t="s">
         <v>436</v>
       </c>
       <c r="D218" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="15">
-        <v>81791.803278689</v>
+        <v>113362.29508197</v>
       </c>
       <c r="F218" s="15">
-        <v>99786</v>
+        <v>138302</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="13">
         <v>213</v>
       </c>
       <c r="B219" s="16" t="s">
         <v>437</v>
       </c>
       <c r="C219" s="17" t="s">
         <v>438</v>
       </c>
       <c r="D219" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E219" s="15">
-        <v>111079.50819672</v>
+        <v>113362.29508197</v>
       </c>
       <c r="F219" s="15">
-        <v>135517</v>
+        <v>138302</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="13">
         <v>214</v>
       </c>
       <c r="B220" s="16" t="s">
         <v>439</v>
       </c>
       <c r="C220" s="17" t="s">
         <v>440</v>
       </c>
       <c r="D220" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="15">
-        <v>113281.14754098</v>
+        <v>113362.29508197</v>
       </c>
       <c r="F220" s="15">
-        <v>138203</v>
+        <v>138302</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="13">
         <v>215</v>
       </c>
       <c r="B221" s="16" t="s">
         <v>441</v>
       </c>
       <c r="C221" s="17" t="s">
         <v>442</v>
       </c>
       <c r="D221" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="15">
-        <v>113281.14754098</v>
+        <v>113362.29508197</v>
       </c>
       <c r="F221" s="15">
-        <v>138203</v>
+        <v>138302</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="13">
         <v>216</v>
       </c>
       <c r="B222" s="16" t="s">
         <v>443</v>
       </c>
       <c r="C222" s="17" t="s">
         <v>444</v>
       </c>
       <c r="D222" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="15">
-        <v>81123.770491803</v>
+        <v>113362.29508197</v>
       </c>
       <c r="F222" s="15">
-        <v>98971</v>
+        <v>138302</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="13">
         <v>217</v>
       </c>
       <c r="B223" s="16" t="s">
         <v>445</v>
       </c>
       <c r="C223" s="17" t="s">
         <v>446</v>
       </c>
       <c r="D223" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="15">
-        <v>89614.754098361</v>
+        <v>98131.147540984</v>
       </c>
       <c r="F223" s="15">
-        <v>109330</v>
+        <v>119720</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="13">
         <v>218</v>
       </c>
       <c r="B224" s="16" t="s">
         <v>447</v>
       </c>
       <c r="C224" s="17" t="s">
         <v>448</v>
       </c>
       <c r="D224" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E224" s="15">
-        <v>81123.770491803</v>
+        <v>98131.147540984</v>
       </c>
       <c r="F224" s="15">
-        <v>98971</v>
+        <v>119720</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="13">
         <v>219</v>
       </c>
       <c r="B225" s="16" t="s">
         <v>449</v>
       </c>
       <c r="C225" s="17" t="s">
         <v>450</v>
       </c>
       <c r="D225" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="15">
-        <v>87941.803278689</v>
+        <v>98131.147540984</v>
       </c>
       <c r="F225" s="15">
-        <v>107289</v>
+        <v>119720</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="13">
         <v>220</v>
       </c>
       <c r="B226" s="16" t="s">
         <v>451</v>
       </c>
       <c r="C226" s="17" t="s">
         <v>452</v>
       </c>
       <c r="D226" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="15">
-        <v>87941.803278689</v>
+        <v>98131.147540984</v>
       </c>
       <c r="F226" s="15">
-        <v>107289</v>
+        <v>119720</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="13">
         <v>221</v>
       </c>
       <c r="B227" s="16" t="s">
         <v>453</v>
       </c>
       <c r="C227" s="17" t="s">
         <v>454</v>
       </c>
       <c r="D227" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="15">
-        <v>113092.62295082</v>
+        <v>98131.147540984</v>
       </c>
       <c r="F227" s="15">
-        <v>137973</v>
+        <v>119720</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="13">
         <v>222</v>
       </c>
       <c r="B228" s="16" t="s">
         <v>455</v>
       </c>
       <c r="C228" s="17" t="s">
         <v>456</v>
       </c>
       <c r="D228" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="15">
-        <v>113764.75409836</v>
+        <v>51517.213114754</v>
       </c>
       <c r="F228" s="15">
-        <v>138793</v>
+        <v>62851</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="13">
         <v>223</v>
       </c>
       <c r="B229" s="16" t="s">
         <v>457</v>
       </c>
       <c r="C229" s="17" t="s">
         <v>458</v>
       </c>
       <c r="D229" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="15">
-        <v>48185.245901639</v>
+        <v>74567.213114754</v>
       </c>
       <c r="F229" s="15">
-        <v>58786</v>
+        <v>90972</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="13">
         <v>224</v>
       </c>
       <c r="B230" s="16" t="s">
         <v>459</v>
       </c>
       <c r="C230" s="17" t="s">
         <v>460</v>
       </c>
       <c r="D230" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E230" s="15">
-        <v>69003.278688525</v>
+        <v>45871.31147541</v>
       </c>
       <c r="F230" s="15">
-        <v>84184</v>
+        <v>55963</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="13">
         <v>225</v>
       </c>
       <c r="B231" s="16" t="s">
         <v>461</v>
       </c>
       <c r="C231" s="17" t="s">
         <v>462</v>
       </c>
       <c r="D231" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="15">
-        <v>42567.213114754</v>
+        <v>61913.114754098</v>
       </c>
       <c r="F231" s="15">
-        <v>51932</v>
+        <v>75534</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="13">
         <v>226</v>
       </c>
       <c r="B232" s="16" t="s">
         <v>463</v>
       </c>
       <c r="C232" s="17" t="s">
         <v>464</v>
       </c>
       <c r="D232" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E232" s="15">
-        <v>57942.62295082</v>
+        <v>45871.31147541</v>
       </c>
       <c r="F232" s="15">
-        <v>70690</v>
+        <v>55963</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="13">
         <v>227</v>
       </c>
       <c r="B233" s="16" t="s">
         <v>465</v>
       </c>
       <c r="C233" s="17" t="s">
         <v>466</v>
       </c>
       <c r="D233" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E233" s="15">
-        <v>42567.213114754</v>
+        <v>69191.803278689</v>
       </c>
       <c r="F233" s="15">
-        <v>51932</v>
+        <v>84414</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="13">
         <v>228</v>
       </c>
       <c r="B234" s="16" t="s">
         <v>467</v>
       </c>
       <c r="C234" s="17" t="s">
         <v>468</v>
       </c>
       <c r="D234" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E234" s="15">
-        <v>63618.032786885</v>
+        <v>53876.229508197</v>
       </c>
       <c r="F234" s="15">
-        <v>77614</v>
+        <v>65729</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="13">
         <v>229</v>
       </c>
       <c r="B235" s="16" t="s">
         <v>469</v>
       </c>
       <c r="C235" s="17" t="s">
         <v>470</v>
       </c>
       <c r="D235" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E235" s="15">
-        <v>50545.081967213</v>
+        <v>76926.229508197</v>
       </c>
       <c r="F235" s="15">
-        <v>61665</v>
+        <v>93850</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="13">
         <v>230</v>
       </c>
       <c r="B236" s="16" t="s">
         <v>471</v>
       </c>
       <c r="C236" s="17" t="s">
         <v>472</v>
       </c>
       <c r="D236" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E236" s="15">
-        <v>71370.491803279</v>
+        <v>8750.0</v>
       </c>
       <c r="F236" s="15">
-        <v>87072</v>
+        <v>10675</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="13">
         <v>231</v>
       </c>
       <c r="B237" s="16" t="s">
         <v>473</v>
       </c>
       <c r="C237" s="17" t="s">
         <v>474</v>
       </c>
       <c r="D237" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="15">
-        <v>8750.0</v>
+        <v>17000.0</v>
       </c>
       <c r="F237" s="15">
-        <v>10675</v>
+        <v>20740</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="13">
         <v>232</v>
       </c>
       <c r="B238" s="16" t="s">
         <v>475</v>
       </c>
       <c r="C238" s="17" t="s">
         <v>476</v>
       </c>
       <c r="D238" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E238" s="15">
-        <v>17000.0</v>
+        <v>5085.2459016393</v>
       </c>
       <c r="F238" s="15">
-        <v>20740</v>
+        <v>6204</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="13">
         <v>233</v>
       </c>
       <c r="B239" s="16" t="s">
         <v>477</v>
       </c>
       <c r="C239" s="17" t="s">
         <v>478</v>
       </c>
       <c r="D239" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E239" s="15">
-        <v>5085.2459016393</v>
+        <v>4170.4918032787</v>
       </c>
       <c r="F239" s="15">
-        <v>6204</v>
+        <v>5088</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="13">
         <v>234</v>
       </c>
       <c r="B240" s="16" t="s">
         <v>479</v>
       </c>
       <c r="C240" s="17" t="s">
         <v>480</v>
       </c>
       <c r="D240" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="15">
-        <v>4170.4918032787</v>
+        <v>7172.131147541</v>
       </c>
       <c r="F240" s="15">
-        <v>5088</v>
+        <v>8750</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="13">
         <v>235</v>
       </c>
       <c r="B241" s="16" t="s">
         <v>481</v>
       </c>
       <c r="C241" s="17" t="s">
         <v>482</v>
       </c>
       <c r="D241" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="15">
-        <v>7172.131147541</v>
+        <v>15335.245901639</v>
       </c>
       <c r="F241" s="15">
-        <v>8750</v>
+        <v>18709</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="13">
         <v>236</v>
       </c>
       <c r="B242" s="16" t="s">
         <v>483</v>
       </c>
       <c r="C242" s="17" t="s">
         <v>484</v>
       </c>
       <c r="D242" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="15">
-        <v>15335.245901639</v>
+        <v>6335.2459016393</v>
       </c>
       <c r="F242" s="15">
-        <v>18709</v>
+        <v>7729</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="13">
         <v>237</v>
       </c>
       <c r="B243" s="16" t="s">
         <v>485</v>
       </c>
       <c r="C243" s="17" t="s">
         <v>486</v>
       </c>
       <c r="D243" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E243" s="15">
-        <v>6335.2459016393</v>
+        <v>17585.245901639</v>
       </c>
       <c r="F243" s="15">
-        <v>7729</v>
+        <v>21454</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="13">
         <v>238</v>
       </c>
       <c r="B244" s="16" t="s">
         <v>487</v>
       </c>
       <c r="C244" s="17" t="s">
         <v>488</v>
       </c>
       <c r="D244" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E244" s="15">
-        <v>17585.245901639</v>
+        <v>50000.0</v>
       </c>
       <c r="F244" s="15">
-        <v>21454</v>
+        <v>61000</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="13">
         <v>239</v>
       </c>
       <c r="B245" s="16" t="s">
         <v>489</v>
       </c>
       <c r="C245" s="17" t="s">
         <v>490</v>
       </c>
       <c r="D245" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="15">
-        <v>50000.0</v>
+        <v>54335.245901639</v>
       </c>
       <c r="F245" s="15">
-        <v>61000</v>
+        <v>66289</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="13">
         <v>240</v>
       </c>
       <c r="B246" s="16" t="s">
         <v>491</v>
       </c>
       <c r="C246" s="17" t="s">
         <v>492</v>
       </c>
       <c r="D246" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E246" s="15">
-        <v>54335.245901639</v>
+        <v>11170.491803279</v>
       </c>
       <c r="F246" s="15">
-        <v>66289</v>
+        <v>13628</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="13">
         <v>241</v>
       </c>
       <c r="B247" s="16" t="s">
         <v>493</v>
       </c>
       <c r="C247" s="17" t="s">
         <v>494</v>
       </c>
       <c r="D247" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E247" s="15">
-        <v>11170.491803279</v>
+        <v>8250.0</v>
       </c>
       <c r="F247" s="15">
-        <v>13628</v>
+        <v>10065</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="13">
         <v>242</v>
       </c>
       <c r="B248" s="16" t="s">
         <v>495</v>
       </c>
       <c r="C248" s="17" t="s">
         <v>496</v>
       </c>
       <c r="D248" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="15">
-        <v>8250.0</v>
+        <v>15335.245901639</v>
       </c>
       <c r="F248" s="15">
-        <v>10065</v>
+        <v>18709</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="13">
         <v>243</v>
       </c>
       <c r="B249" s="16" t="s">
         <v>497</v>
       </c>
       <c r="C249" s="17" t="s">
         <v>498</v>
       </c>
       <c r="D249" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="15">
-        <v>15335.245901639</v>
+        <v>6335.2459016393</v>
       </c>
       <c r="F249" s="15">
-        <v>18709</v>
+        <v>7729</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="13">
         <v>244</v>
       </c>
       <c r="B250" s="16" t="s">
         <v>499</v>
       </c>
       <c r="C250" s="17" t="s">
         <v>500</v>
       </c>
       <c r="D250" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="15">
-        <v>6335.2459016393</v>
+        <v>17170.491803279</v>
       </c>
       <c r="F250" s="15">
-        <v>7729</v>
+        <v>20948</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="13">
         <v>245</v>
       </c>
       <c r="B251" s="16" t="s">
         <v>501</v>
       </c>
       <c r="C251" s="17" t="s">
         <v>502</v>
       </c>
       <c r="D251" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="15">
-        <v>17170.491803279</v>
+        <v>40420.491803279</v>
       </c>
       <c r="F251" s="15">
-        <v>20948</v>
+        <v>49313</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="13">
         <v>246</v>
       </c>
       <c r="B252" s="16" t="s">
         <v>503</v>
       </c>
       <c r="C252" s="17" t="s">
         <v>504</v>
       </c>
       <c r="D252" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="15">
-        <v>40420.491803279</v>
+        <v>44000.0</v>
       </c>
       <c r="F252" s="15">
-        <v>49313</v>
+        <v>53680</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="13">
         <v>247</v>
       </c>
       <c r="B253" s="16" t="s">
         <v>505</v>
       </c>
       <c r="C253" s="17" t="s">
         <v>506</v>
       </c>
       <c r="D253" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E253" s="15">
-        <v>44000.0</v>
+        <v>10335.245901639</v>
       </c>
       <c r="F253" s="15">
-        <v>53680</v>
+        <v>12609</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="13">
         <v>248</v>
       </c>
       <c r="B254" s="16" t="s">
         <v>507</v>
       </c>
       <c r="C254" s="17" t="s">
         <v>508</v>
       </c>
       <c r="D254" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E254" s="15">
         <v>10335.245901639</v>
       </c>
       <c r="F254" s="15">
         <v>12609</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="13">
         <v>249</v>
       </c>
       <c r="B255" s="16" t="s">
         <v>509</v>
       </c>
       <c r="C255" s="17" t="s">
         <v>510</v>
       </c>
       <c r="D255" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E255" s="15">
-        <v>10335.245901639</v>
+        <v>20170.491803279</v>
       </c>
       <c r="F255" s="15">
-        <v>12609</v>
+        <v>24608</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="13">
         <v>250</v>
       </c>
       <c r="B256" s="16" t="s">
         <v>511</v>
       </c>
       <c r="C256" s="17" t="s">
         <v>512</v>
       </c>
       <c r="D256" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="15">
-        <v>20170.491803279</v>
+        <v>37835.245901639</v>
       </c>
       <c r="F256" s="15">
-        <v>24608</v>
+        <v>46159</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="13">
         <v>251</v>
       </c>
       <c r="B257" s="16" t="s">
         <v>513</v>
       </c>
       <c r="C257" s="17" t="s">
         <v>514</v>
       </c>
       <c r="D257" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="15">
-        <v>37835.245901639</v>
+        <v>19585.245901639</v>
       </c>
       <c r="F257" s="15">
-        <v>46159</v>
+        <v>23894</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="13">
         <v>252</v>
       </c>
       <c r="B258" s="16" t="s">
         <v>515</v>
       </c>
       <c r="C258" s="17" t="s">
         <v>516</v>
       </c>
       <c r="D258" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="15">
-        <v>19585.245901639</v>
+        <v>54500.0</v>
       </c>
       <c r="F258" s="15">
-        <v>23894</v>
+        <v>66490</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="13">
         <v>253</v>
       </c>
       <c r="B259" s="16" t="s">
         <v>517</v>
       </c>
       <c r="C259" s="17" t="s">
         <v>518</v>
       </c>
       <c r="D259" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="15">
-        <v>54500.0</v>
+        <v>24170.491803279</v>
       </c>
       <c r="F259" s="15">
-        <v>66490</v>
+        <v>29488</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="13">
         <v>254</v>
       </c>
       <c r="B260" s="16" t="s">
         <v>519</v>
       </c>
       <c r="C260" s="17" t="s">
         <v>520</v>
       </c>
       <c r="D260" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="15">
-        <v>24170.491803279</v>
+        <v>23170.491803279</v>
       </c>
       <c r="F260" s="15">
-        <v>29488</v>
+        <v>28268</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="13">
         <v>255</v>
       </c>
       <c r="B261" s="16" t="s">
         <v>521</v>
       </c>
       <c r="C261" s="17" t="s">
         <v>522</v>
       </c>
       <c r="D261" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E261" s="15">
-        <v>23170.491803279</v>
+        <v>43500.0</v>
       </c>
       <c r="F261" s="15">
-        <v>28268</v>
+        <v>53070</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="13">
         <v>256</v>
       </c>
       <c r="B262" s="16" t="s">
         <v>523</v>
       </c>
       <c r="C262" s="17" t="s">
         <v>524</v>
       </c>
       <c r="D262" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="15">
-        <v>43500.0</v>
+        <v>10420.491803279</v>
       </c>
       <c r="F262" s="15">
-        <v>53070</v>
+        <v>12713</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="13">
         <v>257</v>
       </c>
       <c r="B263" s="16" t="s">
         <v>525</v>
       </c>
       <c r="C263" s="17" t="s">
         <v>526</v>
       </c>
       <c r="D263" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="15">
-        <v>10420.491803279</v>
+        <v>18920.491803279</v>
       </c>
       <c r="F263" s="15">
-        <v>12713</v>
+        <v>23083</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="13">
         <v>258</v>
       </c>
       <c r="B264" s="16" t="s">
         <v>527</v>
       </c>
       <c r="C264" s="17" t="s">
         <v>528</v>
       </c>
       <c r="D264" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="15">
-        <v>18920.491803279</v>
+        <v>39585.245901639</v>
       </c>
       <c r="F264" s="15">
-        <v>23083</v>
+        <v>48294</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="13">
         <v>259</v>
       </c>
       <c r="B265" s="16" t="s">
         <v>529</v>
       </c>
       <c r="C265" s="17" t="s">
         <v>530</v>
       </c>
       <c r="D265" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="15">
-        <v>39585.245901639</v>
+        <v>19500.0</v>
       </c>
       <c r="F265" s="15">
-        <v>48294</v>
+        <v>23790</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="13">
         <v>260</v>
       </c>
       <c r="B266" s="16" t="s">
         <v>531</v>
       </c>
       <c r="C266" s="17" t="s">
         <v>532</v>
       </c>
       <c r="D266" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="15">
-        <v>19500.0</v>
+        <v>26585.245901639</v>
       </c>
       <c r="F266" s="15">
-        <v>23790</v>
+        <v>32434</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="13">
         <v>261</v>
       </c>
       <c r="B267" s="16" t="s">
         <v>533</v>
       </c>
       <c r="C267" s="17" t="s">
         <v>534</v>
       </c>
       <c r="D267" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="15">
-        <v>26585.245901639</v>
+        <v>54420.491803279</v>
       </c>
       <c r="F267" s="15">
-        <v>32434</v>
+        <v>66393</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="13">
         <v>262</v>
       </c>
       <c r="B268" s="16" t="s">
         <v>535</v>
       </c>
       <c r="C268" s="17" t="s">
         <v>536</v>
       </c>
       <c r="D268" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E268" s="15">
         <v>29585.245901639</v>
       </c>
       <c r="F268" s="15">
         <v>36094</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="13">
         <v>263</v>
@@ -12356,2514 +12470,2514 @@
       </c>
       <c r="D302" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E302" s="15">
         <v>165920.49180328</v>
       </c>
       <c r="F302" s="15">
         <v>202423</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="13">
         <v>297</v>
       </c>
       <c r="B303" s="16" t="s">
         <v>605</v>
       </c>
       <c r="C303" s="17" t="s">
         <v>606</v>
       </c>
       <c r="D303" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E303" s="15">
-        <v>2211859.0163934</v>
+        <v>2855524.5901639</v>
       </c>
       <c r="F303" s="15">
-        <v>2698468</v>
+        <v>3483740</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="13">
         <v>298</v>
       </c>
       <c r="B304" s="16" t="s">
         <v>608</v>
       </c>
       <c r="C304" s="17" t="s">
         <v>609</v>
       </c>
       <c r="D304" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E304" s="15">
-        <v>2302878.6885246</v>
+        <v>2925586.8852459</v>
       </c>
       <c r="F304" s="15">
-        <v>2809512</v>
+        <v>3569216</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="13">
         <v>299</v>
       </c>
       <c r="B305" s="16" t="s">
         <v>610</v>
       </c>
       <c r="C305" s="17" t="s">
         <v>611</v>
       </c>
       <c r="D305" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E305" s="15">
-        <v>2129081.9672131</v>
+        <v>2760420.4918033</v>
       </c>
       <c r="F305" s="15">
-        <v>2597480</v>
+        <v>3367713</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="13">
         <v>300</v>
       </c>
       <c r="B306" s="16" t="s">
         <v>612</v>
       </c>
       <c r="C306" s="17" t="s">
         <v>613</v>
       </c>
       <c r="D306" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E306" s="15">
-        <v>2220108.1967213</v>
+        <v>2830483.6065574</v>
       </c>
       <c r="F306" s="15">
-        <v>2708532</v>
+        <v>3453190</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="13">
         <v>301</v>
       </c>
       <c r="B307" s="16" t="s">
         <v>614</v>
       </c>
       <c r="C307" s="17" t="s">
         <v>615</v>
       </c>
       <c r="D307" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E307" s="15">
-        <v>2017873.7704918</v>
+        <v>2354838.5245902</v>
       </c>
       <c r="F307" s="15">
-        <v>2461806</v>
+        <v>2872903</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="13">
         <v>302</v>
       </c>
       <c r="B308" s="16" t="s">
         <v>616</v>
       </c>
       <c r="C308" s="17" t="s">
         <v>617</v>
       </c>
       <c r="D308" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E308" s="15">
-        <v>1926847.5409836</v>
+        <v>2284776.2295082</v>
       </c>
       <c r="F308" s="15">
-        <v>2350754</v>
+        <v>2787427</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="13">
         <v>303</v>
       </c>
       <c r="B309" s="16" t="s">
         <v>618</v>
       </c>
       <c r="C309" s="17" t="s">
         <v>619</v>
       </c>
       <c r="D309" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E309" s="15">
-        <v>1935095.9016393</v>
+        <v>2259738.5245902</v>
       </c>
       <c r="F309" s="15">
-        <v>2360817</v>
+        <v>2756881</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="13">
         <v>304</v>
       </c>
       <c r="B310" s="16" t="s">
         <v>620</v>
       </c>
       <c r="C310" s="17" t="s">
         <v>621</v>
       </c>
       <c r="D310" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E310" s="15">
-        <v>1844076.2295082</v>
+        <v>2189668.0327869</v>
       </c>
       <c r="F310" s="15">
-        <v>2249773</v>
+        <v>2671395</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="13">
         <v>305</v>
       </c>
       <c r="B311" s="16" t="s">
         <v>622</v>
       </c>
       <c r="C311" s="17" t="s">
         <v>623</v>
       </c>
       <c r="D311" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E311" s="15">
-        <v>1924936.0655738</v>
+        <v>2256140.1639344</v>
       </c>
       <c r="F311" s="15">
-        <v>2348422</v>
+        <v>2752491</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="13">
         <v>306</v>
       </c>
       <c r="B312" s="16" t="s">
         <v>624</v>
       </c>
       <c r="C312" s="17" t="s">
         <v>625</v>
       </c>
       <c r="D312" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E312" s="15">
-        <v>2150876.2295082</v>
+        <v>2437554.0983607</v>
       </c>
       <c r="F312" s="15">
-        <v>2624069</v>
+        <v>2973816</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="13">
         <v>307</v>
       </c>
       <c r="B313" s="16" t="s">
         <v>626</v>
       </c>
       <c r="C313" s="17" t="s">
         <v>627</v>
       </c>
       <c r="D313" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E313" s="15">
-        <v>1842159.0163934</v>
+        <v>2161042.6229508</v>
       </c>
       <c r="F313" s="15">
-        <v>2247434</v>
+        <v>2636472</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="13">
         <v>308</v>
       </c>
       <c r="B314" s="16" t="s">
         <v>628</v>
       </c>
       <c r="C314" s="17" t="s">
         <v>629</v>
       </c>
       <c r="D314" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E314" s="15">
-        <v>2068099.1803279</v>
+        <v>2342450.8196721</v>
       </c>
       <c r="F314" s="15">
-        <v>2523081</v>
+        <v>2857790</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="13">
         <v>309</v>
       </c>
       <c r="B315" s="16" t="s">
         <v>630</v>
       </c>
       <c r="C315" s="17" t="s">
         <v>631</v>
       </c>
       <c r="D315" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E315" s="15">
-        <v>348783.60655738</v>
+        <v>446459.01639344</v>
       </c>
       <c r="F315" s="15">
-        <v>425516</v>
+        <v>544680</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="13">
         <v>310</v>
       </c>
       <c r="B316" s="16" t="s">
         <v>632</v>
       </c>
       <c r="C316" s="17" t="s">
         <v>633</v>
       </c>
       <c r="D316" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E316" s="15">
-        <v>474864.75409836</v>
+        <v>540832.78688525</v>
       </c>
       <c r="F316" s="15">
-        <v>579335</v>
+        <v>659816</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="13">
         <v>311</v>
       </c>
       <c r="B317" s="16" t="s">
         <v>634</v>
       </c>
       <c r="C317" s="17" t="s">
         <v>635</v>
       </c>
       <c r="D317" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E317" s="15">
-        <v>340392.62295082</v>
+        <v>436410.6557377</v>
       </c>
       <c r="F317" s="15">
-        <v>415279</v>
+        <v>532421</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="13">
         <v>312</v>
       </c>
       <c r="B318" s="16" t="s">
         <v>636</v>
       </c>
       <c r="C318" s="17" t="s">
         <v>637</v>
       </c>
       <c r="D318" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E318" s="15">
-        <v>466472.95081967</v>
+        <v>530842.62295082</v>
       </c>
       <c r="F318" s="15">
-        <v>569097</v>
+        <v>647628</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="13">
         <v>313</v>
       </c>
       <c r="B319" s="16" t="s">
         <v>638</v>
       </c>
       <c r="C319" s="17" t="s">
         <v>639</v>
       </c>
       <c r="D319" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E319" s="15">
-        <v>405788.52459016</v>
+        <v>520186.06557377</v>
       </c>
       <c r="F319" s="15">
-        <v>495062</v>
+        <v>634627</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="13">
         <v>314</v>
       </c>
       <c r="B320" s="16" t="s">
         <v>640</v>
       </c>
       <c r="C320" s="17" t="s">
         <v>641</v>
       </c>
       <c r="D320" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E320" s="15">
-        <v>536874.59016393</v>
+        <v>611958.19672131</v>
       </c>
       <c r="F320" s="15">
-        <v>654987</v>
+        <v>746589</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="13">
         <v>315</v>
       </c>
       <c r="B321" s="16" t="s">
         <v>642</v>
       </c>
       <c r="C321" s="17" t="s">
         <v>643</v>
       </c>
       <c r="D321" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E321" s="15">
-        <v>397390.98360656</v>
+        <v>510198.36065574</v>
       </c>
       <c r="F321" s="15">
-        <v>484817</v>
+        <v>622442</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="13">
         <v>316</v>
       </c>
       <c r="B322" s="16" t="s">
         <v>644</v>
       </c>
       <c r="C322" s="17" t="s">
         <v>645</v>
       </c>
       <c r="D322" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E322" s="15">
-        <v>528476.2295082</v>
+        <v>601965.57377049</v>
       </c>
       <c r="F322" s="15">
-        <v>644741</v>
+        <v>734398</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="13">
         <v>317</v>
       </c>
       <c r="B323" s="16" t="s">
         <v>646</v>
       </c>
       <c r="C323" s="17" t="s">
         <v>647</v>
       </c>
       <c r="D323" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E323" s="15">
-        <v>434213.1147541</v>
+        <v>581458.19672131</v>
       </c>
       <c r="F323" s="15">
-        <v>529740</v>
+        <v>709379</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="13">
         <v>318</v>
       </c>
       <c r="B324" s="16" t="s">
         <v>648</v>
       </c>
       <c r="C324" s="17" t="s">
         <v>649</v>
       </c>
       <c r="D324" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E324" s="15">
-        <v>590343.44262295</v>
+        <v>680822.13114754</v>
       </c>
       <c r="F324" s="15">
-        <v>720219</v>
+        <v>830603</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="13">
         <v>319</v>
       </c>
       <c r="B325" s="16" t="s">
         <v>650</v>
       </c>
       <c r="C325" s="17" t="s">
         <v>651</v>
       </c>
       <c r="D325" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E325" s="15">
-        <v>425815.57377049</v>
+        <v>571467.21311475</v>
       </c>
       <c r="F325" s="15">
-        <v>519495</v>
+        <v>697190</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="13">
         <v>320</v>
       </c>
       <c r="B326" s="16" t="s">
         <v>652</v>
       </c>
       <c r="C326" s="17" t="s">
         <v>653</v>
       </c>
       <c r="D326" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E326" s="15">
-        <v>581945.08196721</v>
+        <v>670832.78688525</v>
       </c>
       <c r="F326" s="15">
-        <v>709973</v>
+        <v>818416</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="13">
         <v>321</v>
       </c>
       <c r="B327" s="16" t="s">
         <v>654</v>
       </c>
       <c r="C327" s="17" t="s">
         <v>655</v>
       </c>
       <c r="D327" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E327" s="15">
-        <v>1480122.1311475</v>
+        <v>1788086.8852459</v>
       </c>
       <c r="F327" s="15">
-        <v>1805749</v>
+        <v>2181466</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="13">
         <v>322</v>
       </c>
       <c r="B328" s="16" t="s">
         <v>656</v>
       </c>
       <c r="C328" s="17" t="s">
         <v>657</v>
       </c>
       <c r="D328" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E328" s="15">
-        <v>1480122.1311475</v>
+        <v>1788086.8852459</v>
       </c>
       <c r="F328" s="15">
-        <v>1805749</v>
+        <v>2181466</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="13">
         <v>323</v>
       </c>
       <c r="B329" s="16" t="s">
         <v>658</v>
       </c>
       <c r="C329" s="17" t="s">
         <v>659</v>
       </c>
       <c r="D329" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E329" s="15">
-        <v>1607378.6885246</v>
+        <v>1932471.3114754</v>
       </c>
       <c r="F329" s="15">
-        <v>1961002</v>
+        <v>2357615</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="13">
         <v>324</v>
       </c>
       <c r="B330" s="16" t="s">
         <v>660</v>
       </c>
       <c r="C330" s="17" t="s">
         <v>661</v>
       </c>
       <c r="D330" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E330" s="15">
-        <v>1730514.7540984</v>
+        <v>1967901.6393443</v>
       </c>
       <c r="F330" s="15">
-        <v>2111228</v>
+        <v>2400840</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="13">
         <v>325</v>
       </c>
       <c r="B331" s="16" t="s">
         <v>662</v>
       </c>
       <c r="C331" s="17" t="s">
         <v>663</v>
       </c>
       <c r="D331" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E331" s="15">
-        <v>1397344.2622951</v>
+        <v>1692983.6065574</v>
       </c>
       <c r="F331" s="15">
-        <v>1704760</v>
+        <v>2065440</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="13">
         <v>326</v>
       </c>
       <c r="B332" s="16" t="s">
         <v>664</v>
       </c>
       <c r="C332" s="17" t="s">
         <v>665</v>
       </c>
       <c r="D332" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E332" s="15">
-        <v>1397344.2622951</v>
+        <v>1692983.6065574</v>
       </c>
       <c r="F332" s="15">
-        <v>1704760</v>
+        <v>2065440</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="13">
         <v>327</v>
       </c>
       <c r="B333" s="16" t="s">
         <v>666</v>
       </c>
       <c r="C333" s="17" t="s">
         <v>667</v>
       </c>
       <c r="D333" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E333" s="15">
-        <v>1524601.6393443</v>
+        <v>1837368.0327869</v>
       </c>
       <c r="F333" s="15">
-        <v>1860014</v>
+        <v>2241589</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="13">
         <v>328</v>
       </c>
       <c r="B334" s="16" t="s">
         <v>668</v>
       </c>
       <c r="C334" s="17" t="s">
         <v>669</v>
       </c>
       <c r="D334" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E334" s="15">
-        <v>1647734.4262295</v>
+        <v>1872800.0</v>
       </c>
       <c r="F334" s="15">
-        <v>2010236</v>
+        <v>2284816</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="13">
         <v>329</v>
       </c>
       <c r="B335" s="16" t="s">
         <v>670</v>
       </c>
       <c r="C335" s="17" t="s">
         <v>671</v>
       </c>
       <c r="D335" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E335" s="15">
-        <v>1540214.7540984</v>
+        <v>1921550.0</v>
       </c>
       <c r="F335" s="15">
-        <v>1879062</v>
+        <v>2344291</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="13">
         <v>330</v>
       </c>
       <c r="B336" s="16" t="s">
         <v>672</v>
       </c>
       <c r="C336" s="17" t="s">
         <v>673</v>
       </c>
       <c r="D336" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E336" s="15">
-        <v>1790607.3770492</v>
+        <v>2101364.7540984</v>
       </c>
       <c r="F336" s="15">
-        <v>2184541</v>
+        <v>2563665</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="13">
         <v>331</v>
       </c>
       <c r="B337" s="16" t="s">
         <v>674</v>
       </c>
       <c r="C337" s="17" t="s">
         <v>675</v>
       </c>
       <c r="D337" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E337" s="15">
-        <v>1457436.8852459</v>
+        <v>1826448.3606557</v>
       </c>
       <c r="F337" s="15">
-        <v>1778073</v>
+        <v>2228267</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="13">
         <v>332</v>
       </c>
       <c r="B338" s="16" t="s">
         <v>676</v>
       </c>
       <c r="C338" s="17" t="s">
         <v>677</v>
       </c>
       <c r="D338" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E338" s="15">
-        <v>1707829.5081967</v>
+        <v>2006524.5901639</v>
       </c>
       <c r="F338" s="15">
-        <v>2083552</v>
+        <v>2447960</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="13">
         <v>333</v>
       </c>
       <c r="B339" s="16" t="s">
         <v>678</v>
       </c>
       <c r="C339" s="17" t="s">
         <v>679</v>
       </c>
       <c r="D339" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E339" s="15">
-        <v>1496911.4754098</v>
+        <v>1891980.3278689</v>
       </c>
       <c r="F339" s="15">
-        <v>1826232</v>
+        <v>2308216</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="13">
         <v>334</v>
       </c>
       <c r="B340" s="16" t="s">
         <v>680</v>
       </c>
       <c r="C340" s="17" t="s">
         <v>681</v>
       </c>
       <c r="D340" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E340" s="15">
-        <v>1747304.0983607</v>
+        <v>2071795.9016393</v>
       </c>
       <c r="F340" s="15">
-        <v>2131711</v>
+        <v>2527591</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="13">
         <v>335</v>
       </c>
       <c r="B341" s="16" t="s">
         <v>682</v>
       </c>
       <c r="C341" s="17" t="s">
         <v>683</v>
       </c>
       <c r="D341" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E341" s="15">
-        <v>1414133.6065574</v>
+        <v>1796879.5081967</v>
       </c>
       <c r="F341" s="15">
-        <v>1725243</v>
+        <v>2192193</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="13">
         <v>336</v>
       </c>
       <c r="B342" s="16" t="s">
         <v>684</v>
       </c>
       <c r="C342" s="17" t="s">
         <v>685</v>
       </c>
       <c r="D342" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E342" s="15">
-        <v>1664527.0491803</v>
+        <v>1976689.3442623</v>
       </c>
       <c r="F342" s="15">
-        <v>2030723</v>
+        <v>2411561</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="13">
         <v>337</v>
       </c>
       <c r="B343" s="16" t="s">
         <v>686</v>
       </c>
       <c r="C343" s="17" t="s">
         <v>687</v>
       </c>
       <c r="D343" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E343" s="15">
-        <v>1792082.7868852</v>
+        <v>2147851.6393443</v>
       </c>
       <c r="F343" s="15">
-        <v>2186341</v>
+        <v>2620379</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="13">
         <v>338</v>
       </c>
       <c r="B344" s="16" t="s">
         <v>688</v>
       </c>
       <c r="C344" s="17" t="s">
         <v>689</v>
       </c>
       <c r="D344" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E344" s="15">
-        <v>1664819.6721311</v>
+        <v>1873465.5737705</v>
       </c>
       <c r="F344" s="15">
-        <v>2031080</v>
+        <v>2285628</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="13">
         <v>339</v>
       </c>
       <c r="B345" s="16" t="s">
         <v>690</v>
       </c>
       <c r="C345" s="17" t="s">
         <v>691</v>
       </c>
       <c r="D345" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E345" s="15">
-        <v>1709305.7377049</v>
+        <v>2052752.4590164</v>
       </c>
       <c r="F345" s="15">
-        <v>2085353</v>
+        <v>2504358</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="13">
         <v>340</v>
       </c>
       <c r="B346" s="16" t="s">
         <v>692</v>
       </c>
       <c r="C346" s="17" t="s">
         <v>693</v>
       </c>
       <c r="D346" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E346" s="15">
-        <v>1582041.8032787</v>
+        <v>1908361.4754098</v>
       </c>
       <c r="F346" s="15">
-        <v>1930091</v>
+        <v>2328201</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="13">
         <v>341</v>
       </c>
       <c r="B347" s="16" t="s">
         <v>694</v>
       </c>
       <c r="C347" s="17" t="s">
         <v>695</v>
       </c>
       <c r="D347" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E347" s="15">
-        <v>2003885.2459016</v>
+        <v>2390401.6393443</v>
       </c>
       <c r="F347" s="15">
-        <v>2444740</v>
+        <v>2916290</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="13">
         <v>342</v>
       </c>
       <c r="B348" s="16" t="s">
         <v>696</v>
       </c>
       <c r="C348" s="17" t="s">
         <v>697</v>
       </c>
       <c r="D348" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E348" s="15">
-        <v>2229825.4098361</v>
+        <v>2571816.3934426</v>
       </c>
       <c r="F348" s="15">
-        <v>2720387</v>
+        <v>3137616</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="13">
         <v>343</v>
       </c>
       <c r="B349" s="16" t="s">
         <v>698</v>
       </c>
       <c r="C349" s="17" t="s">
         <v>699</v>
       </c>
       <c r="D349" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E349" s="15">
-        <v>1921108.1967213</v>
+        <v>2295300.0</v>
       </c>
       <c r="F349" s="15">
-        <v>2343752</v>
+        <v>2800266</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="13">
         <v>344</v>
       </c>
       <c r="B350" s="16" t="s">
         <v>700</v>
       </c>
       <c r="C350" s="17" t="s">
         <v>701</v>
       </c>
       <c r="D350" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E350" s="15">
-        <v>2147047.5409836</v>
+        <v>2476708.1967213</v>
       </c>
       <c r="F350" s="15">
-        <v>2619398</v>
+        <v>3021584</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="13">
         <v>345</v>
       </c>
       <c r="B351" s="16" t="s">
         <v>702</v>
       </c>
       <c r="C351" s="17" t="s">
         <v>703</v>
       </c>
       <c r="D351" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E351" s="15">
-        <v>2910713.1147541</v>
+        <v>3230175.4098361</v>
       </c>
       <c r="F351" s="15">
-        <v>3551070</v>
+        <v>3940814</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="13">
         <v>346</v>
       </c>
       <c r="B352" s="16" t="s">
         <v>704</v>
       </c>
       <c r="C352" s="17" t="s">
         <v>705</v>
       </c>
       <c r="D352" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E352" s="15">
-        <v>3290294.2622951</v>
+        <v>3624699.1803279</v>
       </c>
       <c r="F352" s="15">
-        <v>4014159</v>
+        <v>4422133</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="13">
         <v>347</v>
       </c>
       <c r="B353" s="16" t="s">
         <v>706</v>
       </c>
       <c r="C353" s="17" t="s">
         <v>707</v>
       </c>
       <c r="D353" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E353" s="15">
-        <v>3403920.4918033</v>
+        <v>4004637.704918</v>
       </c>
       <c r="F353" s="15">
-        <v>4152783</v>
+        <v>4885658</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="13">
         <v>348</v>
       </c>
       <c r="B354" s="16" t="s">
         <v>708</v>
       </c>
       <c r="C354" s="17" t="s">
         <v>709</v>
       </c>
       <c r="D354" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E354" s="15">
-        <v>3513471.3114754</v>
+        <v>4133545.0819672</v>
       </c>
       <c r="F354" s="15">
-        <v>4286435</v>
+        <v>5042925</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="13">
         <v>349</v>
       </c>
       <c r="B355" s="16" t="s">
         <v>710</v>
       </c>
       <c r="C355" s="17" t="s">
         <v>711</v>
       </c>
       <c r="D355" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E355" s="15">
-        <v>2034883.6065574</v>
+        <v>2436603.2786885</v>
       </c>
       <c r="F355" s="15">
-        <v>2482558</v>
+        <v>2972656</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="13">
         <v>350</v>
       </c>
       <c r="B356" s="16" t="s">
         <v>712</v>
       </c>
       <c r="C356" s="17" t="s">
         <v>713</v>
       </c>
       <c r="D356" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E356" s="15">
-        <v>2144428.6885246</v>
+        <v>2565511.4754098</v>
       </c>
       <c r="F356" s="15">
-        <v>2616203</v>
+        <v>3129924</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="13">
         <v>351</v>
       </c>
       <c r="B357" s="16" t="s">
         <v>714</v>
       </c>
       <c r="C357" s="17" t="s">
         <v>715</v>
       </c>
       <c r="D357" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E357" s="15">
-        <v>3210655.7377049</v>
+        <v>3907748.3606557</v>
       </c>
       <c r="F357" s="15">
-        <v>3917000</v>
+        <v>4767453</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="13">
         <v>352</v>
       </c>
       <c r="B358" s="16" t="s">
         <v>716</v>
       </c>
       <c r="C358" s="17" t="s">
         <v>717</v>
       </c>
       <c r="D358" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E358" s="15">
-        <v>3917387.704918</v>
+        <v>4853654.0983607</v>
       </c>
       <c r="F358" s="15">
-        <v>4779213</v>
+        <v>5921458</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="13">
         <v>353</v>
       </c>
       <c r="B359" s="16" t="s">
         <v>718</v>
       </c>
       <c r="C359" s="17" t="s">
         <v>719</v>
       </c>
       <c r="D359" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E359" s="15">
-        <v>2328261.4754098</v>
+        <v>2804646.7213115</v>
       </c>
       <c r="F359" s="15">
-        <v>2840479</v>
+        <v>3421669</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="13">
         <v>354</v>
       </c>
       <c r="B360" s="16" t="s">
         <v>720</v>
       </c>
       <c r="C360" s="17" t="s">
         <v>721</v>
       </c>
       <c r="D360" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E360" s="15">
-        <v>2526641.8032787</v>
+        <v>3075345.0819672</v>
       </c>
       <c r="F360" s="15">
-        <v>3082503</v>
+        <v>3751921</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="13">
         <v>355</v>
       </c>
       <c r="B361" s="16" t="s">
         <v>722</v>
       </c>
       <c r="C361" s="17" t="s">
         <v>723</v>
       </c>
       <c r="D361" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E361" s="15">
-        <v>3648742.6229508</v>
+        <v>4241939.3442623</v>
       </c>
       <c r="F361" s="15">
-        <v>4451466</v>
+        <v>5175166</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="13">
         <v>356</v>
       </c>
       <c r="B362" s="16" t="s">
         <v>724</v>
       </c>
       <c r="C362" s="17" t="s">
         <v>725</v>
       </c>
       <c r="D362" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E362" s="15">
-        <v>4327109.0163934</v>
+        <v>5515991.8032787</v>
       </c>
       <c r="F362" s="15">
-        <v>5279073</v>
+        <v>6729510</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="13">
         <v>357</v>
       </c>
       <c r="B363" s="16" t="s">
         <v>726</v>
       </c>
       <c r="C363" s="17" t="s">
         <v>727</v>
       </c>
       <c r="D363" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E363" s="15">
-        <v>388596.72131148</v>
+        <v>494676.2295082</v>
       </c>
       <c r="F363" s="15">
-        <v>474088</v>
+        <v>603505</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="13">
         <v>358</v>
       </c>
       <c r="B364" s="16" t="s">
         <v>728</v>
       </c>
       <c r="C364" s="17" t="s">
         <v>729</v>
       </c>
       <c r="D364" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E364" s="15">
-        <v>449338.52459016</v>
+        <v>531427.04918033</v>
       </c>
       <c r="F364" s="15">
-        <v>548193</v>
+        <v>648341</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="13">
         <v>359</v>
       </c>
       <c r="B365" s="16" t="s">
         <v>730</v>
       </c>
       <c r="C365" s="17" t="s">
         <v>731</v>
       </c>
       <c r="D365" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E365" s="15">
-        <v>417118.03278689</v>
+        <v>487318.03278689</v>
       </c>
       <c r="F365" s="15">
-        <v>508884</v>
+        <v>594528</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="13">
         <v>360</v>
       </c>
       <c r="B366" s="16" t="s">
         <v>732</v>
       </c>
       <c r="C366" s="17" t="s">
         <v>733</v>
       </c>
       <c r="D366" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E366" s="15">
-        <v>477841.80327869</v>
+        <v>524082.78688525</v>
       </c>
       <c r="F366" s="15">
-        <v>582967</v>
+        <v>639381</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="13">
         <v>361</v>
       </c>
       <c r="B367" s="16" t="s">
         <v>734</v>
       </c>
       <c r="C367" s="17" t="s">
         <v>735</v>
       </c>
       <c r="D367" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E367" s="15">
-        <v>477418.85245902</v>
+        <v>649805.73770492</v>
       </c>
       <c r="F367" s="15">
-        <v>582451</v>
+        <v>792763</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="13">
         <v>362</v>
       </c>
       <c r="B368" s="16" t="s">
         <v>736</v>
       </c>
       <c r="C368" s="17" t="s">
         <v>737</v>
       </c>
       <c r="D368" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E368" s="15">
-        <v>538135.24590164</v>
+        <v>686569.67213115</v>
       </c>
       <c r="F368" s="15">
-        <v>656525</v>
+        <v>837615</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="13">
         <v>363</v>
       </c>
       <c r="B369" s="16" t="s">
         <v>738</v>
       </c>
       <c r="C369" s="17" t="s">
         <v>739</v>
       </c>
       <c r="D369" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E369" s="15">
-        <v>505921.31147541</v>
+        <v>642460.6557377</v>
       </c>
       <c r="F369" s="15">
-        <v>617224</v>
+        <v>783802</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="13">
         <v>364</v>
       </c>
       <c r="B370" s="16" t="s">
         <v>740</v>
       </c>
       <c r="C370" s="17" t="s">
         <v>741</v>
       </c>
       <c r="D370" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E370" s="15">
-        <v>566637.70491803</v>
+        <v>679216.39344262</v>
       </c>
       <c r="F370" s="15">
-        <v>691298</v>
+        <v>828644</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="13">
         <v>365</v>
       </c>
       <c r="B371" s="16" t="s">
         <v>742</v>
       </c>
       <c r="C371" s="17" t="s">
         <v>743</v>
       </c>
       <c r="D371" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E371" s="15">
-        <v>557596.72131148</v>
+        <v>787670.49180328</v>
       </c>
       <c r="F371" s="15">
-        <v>680268</v>
+        <v>960958</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="13">
         <v>366</v>
       </c>
       <c r="B372" s="16" t="s">
         <v>744</v>
       </c>
       <c r="C372" s="17" t="s">
         <v>745</v>
       </c>
       <c r="D372" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E372" s="15">
-        <v>618306.55737705</v>
+        <v>824421.31147541</v>
       </c>
       <c r="F372" s="15">
-        <v>754334</v>
+        <v>1005794</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="13">
         <v>367</v>
       </c>
       <c r="B373" s="16" t="s">
         <v>746</v>
       </c>
       <c r="C373" s="17" t="s">
         <v>747</v>
       </c>
       <c r="D373" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E373" s="15">
-        <v>586086.06557377</v>
+        <v>780312.29508197</v>
       </c>
       <c r="F373" s="15">
-        <v>715025</v>
+        <v>951981</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="13">
         <v>368</v>
       </c>
       <c r="B374" s="16" t="s">
         <v>748</v>
       </c>
       <c r="C374" s="17" t="s">
         <v>749</v>
       </c>
       <c r="D374" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E374" s="15">
-        <v>646809.01639344</v>
+        <v>817076.2295082</v>
       </c>
       <c r="F374" s="15">
-        <v>789107</v>
+        <v>996833</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="13">
         <v>369</v>
       </c>
       <c r="B375" s="16" t="s">
         <v>750</v>
       </c>
       <c r="C375" s="17" t="s">
         <v>751</v>
       </c>
       <c r="D375" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E375" s="15">
-        <v>424886.06557377</v>
+        <v>528688.52459016</v>
       </c>
       <c r="F375" s="15">
-        <v>518361</v>
+        <v>645000</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="13">
         <v>370</v>
       </c>
       <c r="B376" s="16" t="s">
         <v>752</v>
       </c>
       <c r="C376" s="17" t="s">
         <v>753</v>
       </c>
       <c r="D376" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E376" s="15">
-        <v>506220.49180328</v>
+        <v>583830.32786885</v>
       </c>
       <c r="F376" s="15">
-        <v>617589</v>
+        <v>712273</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="13">
         <v>371</v>
       </c>
       <c r="B377" s="16" t="s">
         <v>754</v>
       </c>
       <c r="C377" s="17" t="s">
         <v>755</v>
       </c>
       <c r="D377" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E377" s="15">
-        <v>453440.16393443</v>
+        <v>521326.2295082</v>
       </c>
       <c r="F377" s="15">
-        <v>553197</v>
+        <v>636018</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="13">
         <v>372</v>
       </c>
       <c r="B378" s="16" t="s">
         <v>756</v>
       </c>
       <c r="C378" s="17" t="s">
         <v>757</v>
       </c>
       <c r="D378" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E378" s="15">
-        <v>534722.95081967</v>
+        <v>576485.24590164</v>
       </c>
       <c r="F378" s="15">
-        <v>652362</v>
+        <v>703312</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="13">
         <v>373</v>
       </c>
       <c r="B379" s="16" t="s">
         <v>758</v>
       </c>
       <c r="C379" s="17" t="s">
         <v>759</v>
       </c>
       <c r="D379" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E379" s="15">
-        <v>546091.80327869</v>
+        <v>749996.72131148</v>
       </c>
       <c r="F379" s="15">
-        <v>666232</v>
+        <v>914996</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="13">
         <v>374</v>
       </c>
       <c r="B380" s="16" t="s">
         <v>760</v>
       </c>
       <c r="C380" s="17" t="s">
         <v>761</v>
       </c>
       <c r="D380" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E380" s="15">
-        <v>627360.6557377</v>
+        <v>805142.62295082</v>
       </c>
       <c r="F380" s="15">
-        <v>765380</v>
+        <v>982274</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="13">
         <v>375</v>
       </c>
       <c r="B381" s="16" t="s">
         <v>762</v>
       </c>
       <c r="C381" s="17" t="s">
         <v>763</v>
       </c>
       <c r="D381" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E381" s="15">
-        <v>574594.26229508</v>
+        <v>742638.52459016</v>
       </c>
       <c r="F381" s="15">
-        <v>701005</v>
+        <v>906019</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="13">
         <v>376</v>
       </c>
       <c r="B382" s="16" t="s">
         <v>764</v>
       </c>
       <c r="C382" s="17" t="s">
         <v>765</v>
       </c>
       <c r="D382" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E382" s="15">
-        <v>655863.1147541</v>
+        <v>797784.42622951</v>
       </c>
       <c r="F382" s="15">
-        <v>800153</v>
+        <v>973297</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="13">
         <v>377</v>
       </c>
       <c r="B383" s="16" t="s">
         <v>766</v>
       </c>
       <c r="C383" s="17" t="s">
         <v>767</v>
       </c>
       <c r="D383" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E383" s="15">
-        <v>919653.27868852</v>
+        <v>1157195.0819672</v>
       </c>
       <c r="F383" s="15">
-        <v>1121977</v>
+        <v>1411778</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="13">
         <v>378</v>
       </c>
       <c r="B384" s="16" t="s">
         <v>768</v>
       </c>
       <c r="C384" s="17" t="s">
         <v>769</v>
       </c>
       <c r="D384" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E384" s="15">
-        <v>1000935.2459016</v>
+        <v>1212341.8032787</v>
       </c>
       <c r="F384" s="15">
-        <v>1221141</v>
+        <v>1479057</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="13">
         <v>379</v>
       </c>
       <c r="B385" s="16" t="s">
         <v>770</v>
       </c>
       <c r="C385" s="17" t="s">
         <v>771</v>
       </c>
       <c r="D385" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E385" s="15">
-        <v>883480.32786885</v>
+        <v>1119339.3442623</v>
       </c>
       <c r="F385" s="15">
-        <v>1077846</v>
+        <v>1365594</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="13">
         <v>380</v>
       </c>
       <c r="B386" s="16" t="s">
         <v>772</v>
       </c>
       <c r="C386" s="17" t="s">
         <v>773</v>
       </c>
       <c r="D386" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E386" s="15">
-        <v>964763.1147541</v>
+        <v>1174485.2459016</v>
       </c>
       <c r="F386" s="15">
-        <v>1177011</v>
+        <v>1432872</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="13">
         <v>381</v>
       </c>
       <c r="B387" s="16" t="s">
         <v>774</v>
       </c>
       <c r="C387" s="17" t="s">
         <v>775</v>
       </c>
       <c r="D387" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E387" s="15">
-        <v>1168277.8688525</v>
+        <v>1674348.3606557</v>
       </c>
       <c r="F387" s="15">
-        <v>1425299</v>
+        <v>2042705</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="13">
         <v>382</v>
       </c>
       <c r="B388" s="16" t="s">
         <v>776</v>
       </c>
       <c r="C388" s="17" t="s">
         <v>777</v>
       </c>
       <c r="D388" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E388" s="15">
-        <v>1232563.1147541</v>
+        <v>1719809.0163934</v>
       </c>
       <c r="F388" s="15">
-        <v>1503727</v>
+        <v>2098167</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="13">
         <v>383</v>
       </c>
       <c r="B389" s="16" t="s">
         <v>778</v>
       </c>
       <c r="C389" s="17" t="s">
         <v>779</v>
       </c>
       <c r="D389" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E389" s="15">
-        <v>1132099.1803279</v>
+        <v>1636479.5081967</v>
       </c>
       <c r="F389" s="15">
-        <v>1381161</v>
+        <v>1996505</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="13">
         <v>384</v>
       </c>
       <c r="B390" s="16" t="s">
         <v>780</v>
       </c>
       <c r="C390" s="17" t="s">
         <v>781</v>
       </c>
       <c r="D390" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E390" s="15">
-        <v>1196383.6065574</v>
+        <v>1681940.1639344</v>
       </c>
       <c r="F390" s="15">
-        <v>1459588</v>
+        <v>2051967</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="13">
         <v>385</v>
       </c>
       <c r="B391" s="16" t="s">
         <v>782</v>
       </c>
       <c r="C391" s="17" t="s">
         <v>783</v>
       </c>
       <c r="D391" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E391" s="15">
-        <v>520351.63934426</v>
+        <v>667433.60655738</v>
       </c>
       <c r="F391" s="15">
-        <v>634829</v>
+        <v>814269</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="13">
         <v>386</v>
       </c>
       <c r="B392" s="16" t="s">
         <v>784</v>
       </c>
       <c r="C392" s="17" t="s">
         <v>785</v>
       </c>
       <c r="D392" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E392" s="15">
-        <v>584623.7704918</v>
+        <v>712894.26229508</v>
       </c>
       <c r="F392" s="15">
-        <v>713241</v>
+        <v>869731</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="13">
         <v>387</v>
       </c>
       <c r="B393" s="16" t="s">
         <v>786</v>
       </c>
       <c r="C393" s="17" t="s">
         <v>787</v>
       </c>
       <c r="D393" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E393" s="15">
-        <v>548854.09836066</v>
+        <v>660075.40983607</v>
       </c>
       <c r="F393" s="15">
-        <v>669602</v>
+        <v>805292</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="13">
         <v>388</v>
       </c>
       <c r="B394" s="16" t="s">
         <v>788</v>
       </c>
       <c r="C394" s="17" t="s">
         <v>789</v>
       </c>
       <c r="D394" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E394" s="15">
-        <v>613138.52459016</v>
+        <v>705536.06557377</v>
       </c>
       <c r="F394" s="15">
-        <v>748029</v>
+        <v>860754</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="13">
         <v>389</v>
       </c>
       <c r="B395" s="16" t="s">
         <v>790</v>
       </c>
       <c r="C395" s="17" t="s">
         <v>791</v>
       </c>
       <c r="D395" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E395" s="15">
-        <v>657663.93442623</v>
+        <v>847561.47540984</v>
       </c>
       <c r="F395" s="15">
-        <v>802350</v>
+        <v>1034025</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="13">
         <v>390</v>
       </c>
       <c r="B396" s="16" t="s">
         <v>792</v>
       </c>
       <c r="C396" s="17" t="s">
         <v>793</v>
       </c>
       <c r="D396" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E396" s="15">
-        <v>721949.18032787</v>
+        <v>893022.13114754</v>
       </c>
       <c r="F396" s="15">
-        <v>880778</v>
+        <v>1089487</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="13">
         <v>391</v>
       </c>
       <c r="B397" s="16" t="s">
         <v>794</v>
       </c>
       <c r="C397" s="17" t="s">
         <v>795</v>
       </c>
       <c r="D397" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E397" s="15">
-        <v>686166.39344262</v>
+        <v>840216.39344262</v>
       </c>
       <c r="F397" s="15">
-        <v>837123</v>
+        <v>1025064</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="13">
         <v>392</v>
       </c>
       <c r="B398" s="16" t="s">
         <v>796</v>
       </c>
       <c r="C398" s="17" t="s">
         <v>797</v>
       </c>
       <c r="D398" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E398" s="15">
-        <v>750451.63934426</v>
+        <v>885677.04918033</v>
       </c>
       <c r="F398" s="15">
-        <v>915551</v>
+        <v>1080526</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="13">
         <v>393</v>
       </c>
       <c r="B399" s="16" t="s">
         <v>798</v>
       </c>
       <c r="C399" s="17" t="s">
         <v>799</v>
       </c>
       <c r="D399" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E399" s="15">
-        <v>1395933.6065574</v>
+        <v>1866644.2622951</v>
       </c>
       <c r="F399" s="15">
-        <v>1703039</v>
+        <v>2277306</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="13">
         <v>394</v>
       </c>
       <c r="B400" s="16" t="s">
         <v>800</v>
       </c>
       <c r="C400" s="17" t="s">
         <v>801</v>
       </c>
       <c r="D400" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E400" s="15">
-        <v>1473647.5409836</v>
+        <v>1929629.5081967</v>
       </c>
       <c r="F400" s="15">
-        <v>1797850</v>
+        <v>2354148</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="13">
         <v>395</v>
       </c>
       <c r="B401" s="16" t="s">
         <v>802</v>
       </c>
       <c r="C401" s="17" t="s">
         <v>803</v>
       </c>
       <c r="D401" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E401" s="15">
-        <v>1359748.3606557</v>
+        <v>1828775.4098361</v>
       </c>
       <c r="F401" s="15">
-        <v>1658893</v>
+        <v>2231106</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="13">
         <v>396</v>
       </c>
       <c r="B402" s="16" t="s">
         <v>804</v>
       </c>
       <c r="C402" s="17" t="s">
         <v>805</v>
       </c>
       <c r="D402" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E402" s="15">
-        <v>1437468.852459</v>
+        <v>1891760.6557377</v>
       </c>
       <c r="F402" s="15">
-        <v>1753712</v>
+        <v>2307948</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="13">
         <v>397</v>
       </c>
       <c r="B403" s="16" t="s">
         <v>806</v>
       </c>
       <c r="C403" s="17" t="s">
         <v>807</v>
       </c>
       <c r="D403" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E403" s="15">
-        <v>633425.40983607</v>
+        <v>751634.42622951</v>
       </c>
       <c r="F403" s="15">
-        <v>772779</v>
+        <v>916994</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="13">
         <v>398</v>
       </c>
       <c r="B404" s="16" t="s">
         <v>808</v>
       </c>
       <c r="C404" s="17" t="s">
         <v>809</v>
       </c>
       <c r="D404" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E404" s="15">
-        <v>711145.90163934</v>
+        <v>814619.67213115</v>
       </c>
       <c r="F404" s="15">
-        <v>867598</v>
+        <v>993836</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="13">
         <v>399</v>
       </c>
       <c r="B405" s="16" t="s">
         <v>810</v>
       </c>
       <c r="C405" s="17" t="s">
         <v>811</v>
       </c>
       <c r="D405" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E405" s="15">
-        <v>661927.86885246</v>
+        <v>744289.3442623</v>
       </c>
       <c r="F405" s="15">
-        <v>807552</v>
+        <v>908033</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="13">
         <v>400</v>
       </c>
       <c r="B406" s="16" t="s">
         <v>812</v>
       </c>
       <c r="C406" s="17" t="s">
         <v>813</v>
       </c>
       <c r="D406" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E406" s="15">
-        <v>739648.36065574</v>
+        <v>807274.59016393</v>
       </c>
       <c r="F406" s="15">
-        <v>902371</v>
+        <v>984875</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="13">
         <v>401</v>
       </c>
       <c r="B407" s="16" t="s">
         <v>814</v>
       </c>
       <c r="C407" s="17" t="s">
         <v>815</v>
       </c>
       <c r="D407" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E407" s="15">
-        <v>1129245.0819672</v>
+        <v>1570335.2459016</v>
       </c>
       <c r="F407" s="15">
-        <v>1377679</v>
+        <v>1915809</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="13">
         <v>402</v>
       </c>
       <c r="B408" s="16" t="s">
         <v>816</v>
       </c>
       <c r="C408" s="17" t="s">
         <v>817</v>
       </c>
       <c r="D408" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E408" s="15">
-        <v>1206965.5737705</v>
+        <v>1633320.4918033</v>
       </c>
       <c r="F408" s="15">
-        <v>1472498</v>
+        <v>1992651</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="13">
         <v>403</v>
       </c>
       <c r="B409" s="16" t="s">
         <v>818</v>
       </c>
       <c r="C409" s="17" t="s">
         <v>819</v>
       </c>
       <c r="D409" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E409" s="15">
-        <v>1093066.3934426</v>
+        <v>1532466.3934426</v>
       </c>
       <c r="F409" s="15">
-        <v>1333541</v>
+        <v>1869609</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="13">
         <v>404</v>
       </c>
       <c r="B410" s="16" t="s">
         <v>820</v>
       </c>
       <c r="C410" s="17" t="s">
         <v>821</v>
       </c>
       <c r="D410" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E410" s="15">
-        <v>1170780.3278689</v>
+        <v>1595451.6393443</v>
       </c>
       <c r="F410" s="15">
-        <v>1428352</v>
+        <v>1946451</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="13">
         <v>405</v>
       </c>
       <c r="B411" s="16" t="s">
         <v>822</v>
       </c>
       <c r="C411" s="17" t="s">
         <v>823</v>
       </c>
       <c r="D411" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E411" s="15">
-        <v>1581346.7213115</v>
+        <v>2085889.3442623</v>
       </c>
       <c r="F411" s="15">
-        <v>1929243</v>
+        <v>2544785</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="13">
         <v>406</v>
       </c>
       <c r="B412" s="16" t="s">
         <v>824</v>
       </c>
       <c r="C412" s="17" t="s">
         <v>825</v>
       </c>
       <c r="D412" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E412" s="15">
-        <v>1677611.4754098</v>
+        <v>2180490.1639344</v>
       </c>
       <c r="F412" s="15">
-        <v>2046686</v>
+        <v>2660198</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="13">
         <v>407</v>
       </c>
       <c r="B413" s="16" t="s">
         <v>826</v>
       </c>
       <c r="C413" s="17" t="s">
         <v>827</v>
       </c>
       <c r="D413" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E413" s="15">
-        <v>1545160.6557377</v>
+        <v>2048020.4918033</v>
       </c>
       <c r="F413" s="15">
-        <v>1885096</v>
+        <v>2498585</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="13">
         <v>408</v>
       </c>
       <c r="B414" s="16" t="s">
         <v>828</v>
       </c>
       <c r="C414" s="17" t="s">
         <v>829</v>
       </c>
       <c r="D414" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E414" s="15">
-        <v>1641438.5245902</v>
+        <v>2142621.3114754</v>
       </c>
       <c r="F414" s="15">
-        <v>2002555</v>
+        <v>2613998</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="13">
         <v>409</v>
       </c>
       <c r="B415" s="16" t="s">
         <v>830</v>
       </c>
       <c r="C415" s="17" t="s">
         <v>831</v>
       </c>
       <c r="D415" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E415" s="15">
-        <v>2155270.4918033</v>
+        <v>2821013.1147541</v>
       </c>
       <c r="F415" s="15">
-        <v>2629430</v>
+        <v>3441636</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="13">
         <v>410</v>
       </c>
       <c r="B416" s="16" t="s">
         <v>832</v>
       </c>
       <c r="C416" s="17" t="s">
         <v>833</v>
       </c>
       <c r="D416" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E416" s="15">
-        <v>2272920.4918033</v>
+        <v>2934724.5901639</v>
       </c>
       <c r="F416" s="15">
-        <v>2772963</v>
+        <v>3580364</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="13">
         <v>411</v>
       </c>
       <c r="B417" s="16" t="s">
         <v>834</v>
       </c>
       <c r="C417" s="17" t="s">
         <v>835</v>
       </c>
       <c r="D417" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E417" s="15">
-        <v>1019746.7213115</v>
+        <v>1251757.3770492</v>
       </c>
       <c r="F417" s="15">
-        <v>1244091</v>
+        <v>1527144</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="13">
         <v>412</v>
       </c>
       <c r="B418" s="16" t="s">
         <v>836</v>
       </c>
       <c r="C418" s="17" t="s">
         <v>837</v>
       </c>
       <c r="D418" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E418" s="15">
-        <v>1137396.7213115</v>
+        <v>1365468.0327869</v>
       </c>
       <c r="F418" s="15">
-        <v>1387624</v>
+        <v>1665871</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="13">
         <v>413</v>
       </c>
       <c r="B419" s="16" t="s">
         <v>838</v>
       </c>
       <c r="C419" s="17" t="s">
         <v>839</v>
       </c>
       <c r="D419" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E419" s="15">
-        <v>1048255.7377049</v>
+        <v>1244399.1803279</v>
       </c>
       <c r="F419" s="15">
-        <v>1278872</v>
+        <v>1518167</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="13">
         <v>414</v>
       </c>
       <c r="B420" s="16" t="s">
         <v>840</v>
       </c>
       <c r="C420" s="17" t="s">
         <v>841</v>
       </c>
       <c r="D420" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E420" s="15">
-        <v>1165899.1803279</v>
+        <v>1358123.7704918</v>
       </c>
       <c r="F420" s="15">
-        <v>1422397</v>
+        <v>1656911</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="13">
         <v>415</v>
       </c>
       <c r="B421" s="16" t="s">
         <v>842</v>
       </c>
       <c r="C421" s="17" t="s">
         <v>843</v>
       </c>
       <c r="D421" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E421" s="15">
-        <v>2288968.852459</v>
+        <v>2525146.7213115</v>
       </c>
       <c r="F421" s="15">
-        <v>2792542</v>
+        <v>3080679</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="13">
         <v>416</v>
       </c>
       <c r="B422" s="16" t="s">
         <v>844</v>
       </c>
       <c r="C422" s="17" t="s">
         <v>845</v>
       </c>
       <c r="D422" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E422" s="15">
-        <v>2721205.7377049</v>
+        <v>2969707.3770492</v>
       </c>
       <c r="F422" s="15">
-        <v>3319871</v>
+        <v>3623043</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="13">
         <v>417</v>
       </c>
       <c r="B423" s="16" t="s">
         <v>846</v>
       </c>
       <c r="C423" s="17" t="s">
         <v>847</v>
       </c>
       <c r="D423" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E423" s="15">
-        <v>2858921.3114754</v>
+        <v>3484520.4918033</v>
       </c>
       <c r="F423" s="15">
-        <v>3487884</v>
+        <v>4251115</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="13">
         <v>418</v>
       </c>
       <c r="B424" s="16" t="s">
         <v>848</v>
       </c>
       <c r="C424" s="17" t="s">
         <v>849</v>
       </c>
       <c r="D424" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E424" s="15">
-        <v>3048786.0655738</v>
+        <v>3693573.7704918</v>
       </c>
       <c r="F424" s="15">
-        <v>3719519</v>
+        <v>4506160</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="13">
         <v>419</v>
       </c>
       <c r="B425" s="16" t="s">
         <v>850</v>
       </c>
       <c r="C425" s="17" t="s">
         <v>851</v>
       </c>
       <c r="D425" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E425" s="15">
-        <v>1684891.8032787</v>
+        <v>1873352.4590164</v>
       </c>
       <c r="F425" s="15">
-        <v>2055568</v>
+        <v>2285490</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="13">
         <v>420</v>
       </c>
       <c r="B426" s="16" t="s">
         <v>852</v>
       </c>
       <c r="C426" s="17" t="s">
         <v>853</v>
       </c>
       <c r="D426" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E426" s="15">
-        <v>1857895.0819672</v>
+        <v>2062918.0327869</v>
       </c>
       <c r="F426" s="15">
-        <v>2266632</v>
+        <v>2516760</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="13">
         <v>421</v>
       </c>
       <c r="B427" s="16" t="s">
         <v>854</v>
       </c>
       <c r="C427" s="17" t="s">
         <v>855</v>
       </c>
       <c r="D427" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E427" s="15">
         <v>3528.6885245902</v>
       </c>
       <c r="F427" s="15">
         <v>4305</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="13">
         <v>422</v>
@@ -15453,10396 +15567,10756 @@
       </c>
       <c r="C457" s="17" t="s">
         <v>915</v>
       </c>
       <c r="D457" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E457" s="15">
         <v>2422.131147541</v>
       </c>
       <c r="F457" s="15">
         <v>2955</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="13">
         <v>452</v>
       </c>
       <c r="B458" s="16" t="s">
         <v>916</v>
       </c>
       <c r="C458" s="17" t="s">
         <v>917</v>
       </c>
       <c r="D458" s="14" t="s">
-        <v>13</v>
+        <v>918</v>
       </c>
       <c r="E458" s="15">
-        <v>3311.4754098361</v>
+        <v>292.62295081967</v>
       </c>
       <c r="F458" s="15">
-        <v>4040</v>
+        <v>357</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="13">
         <v>453</v>
       </c>
       <c r="B459" s="16" t="s">
+        <v>919</v>
+      </c>
+      <c r="C459" s="17" t="s">
+        <v>920</v>
+      </c>
+      <c r="D459" s="14" t="s">
         <v>918</v>
       </c>
-      <c r="C459" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E459" s="15">
-        <v>6604.0983606557</v>
+        <v>491.80327868852</v>
       </c>
       <c r="F459" s="15">
-        <v>8057</v>
+        <v>600</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="13">
         <v>454</v>
       </c>
       <c r="B460" s="16" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C460" s="17" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D460" s="14" t="s">
-        <v>13</v>
+        <v>918</v>
       </c>
       <c r="E460" s="15">
-        <v>1014.7540983607</v>
+        <v>399.18032786885</v>
       </c>
       <c r="F460" s="15">
-        <v>1238</v>
+        <v>487</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="13">
         <v>455</v>
       </c>
       <c r="B461" s="16" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C461" s="17" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D461" s="14" t="s">
-        <v>13</v>
+        <v>918</v>
       </c>
       <c r="E461" s="15">
-        <v>2600.0</v>
+        <v>256.55737704918</v>
       </c>
       <c r="F461" s="15">
-        <v>3172</v>
+        <v>313</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="13">
         <v>456</v>
       </c>
       <c r="B462" s="16" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C462" s="17" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D462" s="14" t="s">
-        <v>13</v>
+        <v>918</v>
       </c>
       <c r="E462" s="15">
-        <v>922.13114754098</v>
+        <v>399.18032786885</v>
       </c>
       <c r="F462" s="15">
-        <v>1125</v>
+        <v>487</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="13">
         <v>457</v>
       </c>
       <c r="B463" s="16" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C463" s="17" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D463" s="14" t="s">
-        <v>13</v>
+        <v>918</v>
       </c>
       <c r="E463" s="15">
-        <v>168.03278688525</v>
+        <v>256.55737704918</v>
       </c>
       <c r="F463" s="15">
-        <v>205</v>
+        <v>313</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="13">
         <v>458</v>
       </c>
       <c r="B464" s="16" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C464" s="17" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D464" s="14" t="s">
-        <v>13</v>
+        <v>918</v>
       </c>
       <c r="E464" s="15">
-        <v>120.49180327869</v>
+        <v>427.04918032787</v>
       </c>
       <c r="F464" s="15">
-        <v>147</v>
+        <v>521</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="13">
         <v>459</v>
       </c>
       <c r="B465" s="16" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C465" s="17" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D465" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E465" s="15">
-        <v>545.08196721311</v>
+        <v>3311.4754098361</v>
       </c>
       <c r="F465" s="15">
-        <v>665</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="13">
         <v>460</v>
       </c>
       <c r="B466" s="16" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C466" s="17" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D466" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E466" s="15">
-        <v>2422.9508196721</v>
+        <v>6604.0983606557</v>
       </c>
       <c r="F466" s="15">
-        <v>2956</v>
+        <v>8057</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="13">
         <v>461</v>
       </c>
       <c r="B467" s="16" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C467" s="17" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D467" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E467" s="15">
-        <v>55175.409836066</v>
+        <v>1014.7540983607</v>
       </c>
       <c r="F467" s="15">
-        <v>67314</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="13">
         <v>462</v>
       </c>
       <c r="B468" s="16" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C468" s="17" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D468" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E468" s="15">
-        <v>64372.131147541</v>
+        <v>2600.0</v>
       </c>
       <c r="F468" s="15">
-        <v>78534</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="13">
         <v>463</v>
       </c>
       <c r="B469" s="16" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C469" s="17" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D469" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E469" s="15">
-        <v>82767.213114754</v>
+        <v>922.13114754098</v>
       </c>
       <c r="F469" s="15">
-        <v>100976</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="13">
         <v>464</v>
       </c>
       <c r="B470" s="16" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C470" s="17" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D470" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E470" s="15">
-        <v>101162.29508197</v>
+        <v>168.03278688525</v>
       </c>
       <c r="F470" s="15">
-        <v>123418</v>
+        <v>205</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="13">
         <v>465</v>
       </c>
       <c r="B471" s="16" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C471" s="17" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D471" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E471" s="15">
-        <v>7175.4098360656</v>
+        <v>120.49180327869</v>
       </c>
       <c r="F471" s="15">
-        <v>8754</v>
+        <v>147</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="13">
         <v>466</v>
       </c>
       <c r="B472" s="16" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C472" s="17" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D472" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E472" s="15">
-        <v>505.73770491803</v>
+        <v>545.08196721311</v>
       </c>
       <c r="F472" s="15">
-        <v>617</v>
+        <v>665</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="13">
         <v>467</v>
       </c>
       <c r="B473" s="16" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C473" s="17" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D473" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E473" s="15">
-        <v>4589.3442622951</v>
+        <v>2422.9508196721</v>
       </c>
       <c r="F473" s="15">
-        <v>5599</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="13">
         <v>468</v>
       </c>
       <c r="B474" s="16" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C474" s="17" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D474" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E474" s="15">
-        <v>3506.5573770492</v>
+        <v>55175.409836066</v>
       </c>
       <c r="F474" s="15">
-        <v>4278</v>
+        <v>67314</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="13">
         <v>469</v>
       </c>
       <c r="B475" s="16" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C475" s="17" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D475" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E475" s="15">
-        <v>5046.7213114754</v>
+        <v>64372.131147541</v>
       </c>
       <c r="F475" s="15">
-        <v>6157</v>
+        <v>78534</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="13">
         <v>470</v>
       </c>
       <c r="B476" s="16" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C476" s="17" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D476" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E476" s="15">
-        <v>4185.2459016393</v>
+        <v>82767.213114754</v>
       </c>
       <c r="F476" s="15">
-        <v>5106</v>
+        <v>100976</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="13">
         <v>471</v>
       </c>
       <c r="B477" s="16" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C477" s="17" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D477" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E477" s="15">
-        <v>900.0</v>
+        <v>101162.29508197</v>
       </c>
       <c r="F477" s="15">
-        <v>1098</v>
+        <v>123418</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="13">
         <v>472</v>
       </c>
       <c r="B478" s="16" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C478" s="17" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D478" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E478" s="15">
-        <v>3250.0</v>
+        <v>7175.4098360656</v>
       </c>
       <c r="F478" s="15">
-        <v>3965</v>
+        <v>8754</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="13">
         <v>473</v>
       </c>
       <c r="B479" s="16" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C479" s="17" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D479" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E479" s="15">
-        <v>3300.0</v>
+        <v>505.73770491803</v>
       </c>
       <c r="F479" s="15">
-        <v>4026</v>
+        <v>617</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="13">
         <v>474</v>
       </c>
       <c r="B480" s="16" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C480" s="17" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D480" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E480" s="15">
-        <v>2420.4918032787</v>
+        <v>4589.3442622951</v>
       </c>
       <c r="F480" s="15">
-        <v>2953</v>
+        <v>5599</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="13">
         <v>475</v>
       </c>
       <c r="B481" s="16" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C481" s="17" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D481" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E481" s="15">
-        <v>1710.6557377049</v>
+        <v>3506.5573770492</v>
       </c>
       <c r="F481" s="15">
-        <v>2087</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="13">
         <v>476</v>
       </c>
       <c r="B482" s="16" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C482" s="17" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D482" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E482" s="15">
-        <v>1510.6557377049</v>
+        <v>5046.7213114754</v>
       </c>
       <c r="F482" s="15">
-        <v>1843</v>
+        <v>6157</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="13">
         <v>477</v>
       </c>
       <c r="B483" s="16" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C483" s="17" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D483" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E483" s="15">
-        <v>3000.0</v>
+        <v>4185.2459016393</v>
       </c>
       <c r="F483" s="15">
-        <v>3660</v>
+        <v>5106</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="13">
         <v>478</v>
       </c>
       <c r="B484" s="16" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C484" s="17" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D484" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E484" s="15">
-        <v>2420.4918032787</v>
+        <v>900.0</v>
       </c>
       <c r="F484" s="15">
-        <v>2953</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="13">
         <v>479</v>
       </c>
       <c r="B485" s="16" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C485" s="17" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D485" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E485" s="15">
-        <v>6000.0</v>
+        <v>3250.0</v>
       </c>
       <c r="F485" s="15">
-        <v>7320</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="13">
         <v>480</v>
       </c>
       <c r="B486" s="16" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C486" s="17" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D486" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E486" s="15">
-        <v>10182.786885246</v>
+        <v>3300.0</v>
       </c>
       <c r="F486" s="15">
-        <v>12423</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="13">
         <v>481</v>
       </c>
       <c r="B487" s="16" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C487" s="17" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D487" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E487" s="15">
-        <v>4050.0</v>
+        <v>2420.4918032787</v>
       </c>
       <c r="F487" s="15">
-        <v>4941</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="13">
         <v>482</v>
       </c>
       <c r="B488" s="16" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C488" s="17" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D488" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E488" s="15">
-        <v>109.83606557377</v>
+        <v>1710.6557377049</v>
       </c>
       <c r="F488" s="15">
-        <v>134</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="13">
         <v>483</v>
       </c>
       <c r="B489" s="16" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C489" s="17" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D489" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E489" s="15">
-        <v>3002.4590163934</v>
+        <v>1510.6557377049</v>
       </c>
       <c r="F489" s="15">
-        <v>3663</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="13">
         <v>484</v>
       </c>
       <c r="B490" s="16" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C490" s="17" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D490" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E490" s="15">
-        <v>5731.9672131148</v>
+        <v>3000.0</v>
       </c>
       <c r="F490" s="15">
-        <v>6993</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="13">
         <v>485</v>
       </c>
       <c r="B491" s="16" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C491" s="17" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D491" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E491" s="15">
-        <v>5602.4590163934</v>
+        <v>2420.4918032787</v>
       </c>
       <c r="F491" s="15">
-        <v>6835</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="13">
         <v>486</v>
       </c>
       <c r="B492" s="16" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C492" s="17" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D492" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E492" s="15">
-        <v>18200.0</v>
+        <v>6000.0</v>
       </c>
       <c r="F492" s="15">
-        <v>22204</v>
+        <v>7320</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="13">
         <v>487</v>
       </c>
       <c r="B493" s="16" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C493" s="17" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D493" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="E493" s="13" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="E493" s="15">
+        <v>10182.786885246</v>
+      </c>
+      <c r="F493" s="15">
+        <v>12423</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="13">
         <v>488</v>
       </c>
       <c r="B494" s="16" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C494" s="17" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D494" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E494" s="15">
-        <v>3272.131147541</v>
+        <v>4050.0</v>
       </c>
       <c r="F494" s="15">
-        <v>3992</v>
+        <v>4941</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="13">
         <v>489</v>
       </c>
       <c r="B495" s="16" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C495" s="17" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D495" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E495" s="15">
-        <v>24852.459016393</v>
+        <v>109.83606557377</v>
       </c>
       <c r="F495" s="15">
-        <v>30320</v>
+        <v>134</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="13">
         <v>490</v>
       </c>
       <c r="B496" s="16" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C496" s="17" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D496" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E496" s="15">
-        <v>55532.786885246</v>
+        <v>3002.4590163934</v>
       </c>
       <c r="F496" s="15">
-        <v>67750</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="13">
         <v>491</v>
       </c>
       <c r="B497" s="16" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C497" s="17" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D497" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E497" s="15">
-        <v>67450.0</v>
+        <v>5731.9672131148</v>
       </c>
       <c r="F497" s="15">
-        <v>82289</v>
+        <v>6993</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="13">
         <v>492</v>
       </c>
       <c r="B498" s="16" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C498" s="17" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D498" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E498" s="15">
-        <v>95334.426229508</v>
+        <v>5602.4590163934</v>
       </c>
       <c r="F498" s="15">
-        <v>116308</v>
+        <v>6835</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="13">
         <v>493</v>
       </c>
       <c r="B499" s="16" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C499" s="17" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D499" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E499" s="15">
-        <v>43615.573770492</v>
+        <v>18200.0</v>
       </c>
       <c r="F499" s="15">
-        <v>53211</v>
+        <v>22204</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="13">
         <v>494</v>
       </c>
       <c r="B500" s="16" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C500" s="17" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D500" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="E500" s="15">
-[...3 lines deleted...]
-        <v>1601</v>
+      <c r="E500" s="13" t="s">
+        <v>220</v>
+      </c>
+      <c r="F500" s="13" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="13">
         <v>495</v>
       </c>
       <c r="B501" s="16" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C501" s="17" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D501" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E501" s="15">
-        <v>1940.1639344262</v>
+        <v>3272.131147541</v>
       </c>
       <c r="F501" s="15">
-        <v>2367</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="13">
         <v>496</v>
       </c>
       <c r="B502" s="16" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C502" s="17" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D502" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E502" s="15">
-        <v>2145.0819672131</v>
+        <v>24852.459016393</v>
       </c>
       <c r="F502" s="15">
-        <v>2617</v>
+        <v>30320</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="13">
         <v>497</v>
       </c>
       <c r="B503" s="16" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C503" s="17" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D503" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E503" s="15">
-        <v>3825.4098360656</v>
+        <v>59341.803278689</v>
       </c>
       <c r="F503" s="15">
-        <v>4667</v>
+        <v>72397</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="13">
         <v>498</v>
       </c>
       <c r="B504" s="16" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C504" s="17" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D504" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E504" s="15">
-        <v>5460.6557377049</v>
+        <v>71259.836065574</v>
       </c>
       <c r="F504" s="15">
-        <v>6662</v>
+        <v>86937</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="13">
         <v>499</v>
       </c>
       <c r="B505" s="16" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C505" s="17" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D505" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E505" s="15">
-        <v>1052.4590163934</v>
+        <v>101050.81967213</v>
       </c>
       <c r="F505" s="15">
-        <v>1284</v>
+        <v>123282</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="13">
         <v>500</v>
       </c>
       <c r="B506" s="16" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C506" s="17" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D506" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E506" s="15">
-        <v>2483.606557377</v>
+        <v>47425.409836066</v>
       </c>
       <c r="F506" s="15">
-        <v>3030</v>
+        <v>57859</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="13">
         <v>501</v>
       </c>
       <c r="B507" s="16" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C507" s="17" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D507" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E507" s="15">
-        <v>3965.5737704918</v>
+        <v>1312.2950819672</v>
       </c>
       <c r="F507" s="15">
-        <v>4838</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="13">
         <v>502</v>
       </c>
       <c r="B508" s="16" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C508" s="17" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D508" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E508" s="15">
-        <v>5135.2459016393</v>
+        <v>1940.1639344262</v>
       </c>
       <c r="F508" s="15">
-        <v>6265</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="13">
         <v>503</v>
       </c>
       <c r="B509" s="16" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C509" s="17" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D509" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E509" s="15">
-        <v>5460.6557377049</v>
+        <v>2145.0819672131</v>
       </c>
       <c r="F509" s="15">
-        <v>6662</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="13">
         <v>504</v>
       </c>
       <c r="B510" s="16" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C510" s="17" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D510" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E510" s="15">
-        <v>4056.5573770492</v>
+        <v>3825.4098360656</v>
       </c>
       <c r="F510" s="15">
-        <v>4949</v>
+        <v>4667</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="13">
         <v>505</v>
       </c>
       <c r="B511" s="16" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C511" s="17" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D511" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E511" s="15">
-        <v>5297.5409836066</v>
+        <v>5460.6557377049</v>
       </c>
       <c r="F511" s="15">
-        <v>6463</v>
+        <v>6662</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="13">
         <v>506</v>
       </c>
       <c r="B512" s="16" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C512" s="17" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D512" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E512" s="15">
-        <v>973.77049180328</v>
+        <v>1052.4590163934</v>
       </c>
       <c r="F512" s="15">
-        <v>1188</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="13">
         <v>507</v>
       </c>
       <c r="B513" s="16" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C513" s="17" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D513" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E513" s="15">
-        <v>292.62295081967</v>
+        <v>2483.606557377</v>
       </c>
       <c r="F513" s="15">
-        <v>357</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="13">
         <v>508</v>
       </c>
       <c r="B514" s="16" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C514" s="17" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D514" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E514" s="15">
-        <v>87.704918032787</v>
+        <v>3965.5737704918</v>
       </c>
       <c r="F514" s="15">
-        <v>107</v>
+        <v>4838</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="13">
         <v>509</v>
       </c>
       <c r="B515" s="16" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C515" s="17" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D515" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E515" s="15">
-        <v>157.37704918033</v>
+        <v>5135.2459016393</v>
       </c>
       <c r="F515" s="15">
-        <v>192</v>
+        <v>6265</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="13">
         <v>510</v>
       </c>
       <c r="B516" s="16" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C516" s="17" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D516" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E516" s="15">
-        <v>136.88524590164</v>
+        <v>5460.6557377049</v>
       </c>
       <c r="F516" s="15">
-        <v>167</v>
+        <v>6662</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="13">
         <v>511</v>
       </c>
       <c r="B517" s="16" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C517" s="17" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D517" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E517" s="15">
-        <v>412.29508196721</v>
+        <v>4056.5573770492</v>
       </c>
       <c r="F517" s="15">
-        <v>503</v>
+        <v>4949</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="13">
         <v>512</v>
       </c>
       <c r="B518" s="16" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C518" s="17" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D518" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E518" s="15">
-        <v>412.29508196721</v>
+        <v>5297.5409836066</v>
       </c>
       <c r="F518" s="15">
-        <v>503</v>
+        <v>6463</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="13">
         <v>513</v>
       </c>
       <c r="B519" s="16" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C519" s="17" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D519" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E519" s="15">
-        <v>1312.2950819672</v>
+        <v>973.77049180328</v>
       </c>
       <c r="F519" s="15">
-        <v>1601</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="13">
         <v>514</v>
       </c>
       <c r="B520" s="16" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C520" s="17" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D520" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E520" s="15">
-        <v>1214.7540983607</v>
+        <v>292.62295081967</v>
       </c>
       <c r="F520" s="15">
-        <v>1482</v>
+        <v>357</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="13">
         <v>515</v>
       </c>
       <c r="B521" s="16" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C521" s="17" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D521" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E521" s="15">
-        <v>954.91803278689</v>
+        <v>87.704918032787</v>
       </c>
       <c r="F521" s="15">
-        <v>1165</v>
+        <v>107</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="13">
         <v>516</v>
       </c>
       <c r="B522" s="16" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C522" s="17" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D522" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E522" s="15">
-        <v>973.77049180328</v>
+        <v>157.37704918033</v>
       </c>
       <c r="F522" s="15">
-        <v>1188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="13">
         <v>517</v>
       </c>
       <c r="B523" s="16" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C523" s="17" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D523" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E523" s="15">
-        <v>973.77049180328</v>
+        <v>136.88524590164</v>
       </c>
       <c r="F523" s="15">
-        <v>1188</v>
+        <v>167</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="13">
         <v>518</v>
       </c>
       <c r="B524" s="16" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="C524" s="17" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="D524" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E524" s="15">
-        <v>624.59016393443</v>
+        <v>412.29508196721</v>
       </c>
       <c r="F524" s="15">
-        <v>762</v>
+        <v>503</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="13">
         <v>519</v>
       </c>
       <c r="B525" s="16" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C525" s="17" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D525" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E525" s="15">
-        <v>577.86885245902</v>
+        <v>412.29508196721</v>
       </c>
       <c r="F525" s="15">
-        <v>705</v>
+        <v>503</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="13">
         <v>520</v>
       </c>
       <c r="B526" s="16" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="C526" s="17" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D526" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E526" s="15">
-        <v>16420.491803279</v>
+        <v>1680.3278688525</v>
       </c>
       <c r="F526" s="15">
-        <v>20033</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="13">
         <v>521</v>
       </c>
       <c r="B527" s="16" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C527" s="17" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D527" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E527" s="15">
-        <v>32500.0</v>
+        <v>1652.4590163934</v>
       </c>
       <c r="F527" s="15">
-        <v>39650</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="13">
         <v>522</v>
       </c>
       <c r="B528" s="16" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C528" s="17" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D528" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E528" s="15">
-        <v>25000.0</v>
+        <v>1666.393442623</v>
       </c>
       <c r="F528" s="15">
-        <v>30500</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="13">
         <v>523</v>
       </c>
       <c r="B529" s="16" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C529" s="17" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D529" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E529" s="15">
-        <v>2275.4098360656</v>
+        <v>1312.2950819672</v>
       </c>
       <c r="F529" s="15">
-        <v>2776</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="13">
         <v>524</v>
       </c>
       <c r="B530" s="16" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C530" s="17" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D530" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E530" s="15">
-        <v>1210.6557377049</v>
+        <v>1214.7540983607</v>
       </c>
       <c r="F530" s="15">
-        <v>1477</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="13">
         <v>525</v>
       </c>
       <c r="B531" s="16" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C531" s="17" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D531" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E531" s="15">
-        <v>12218.852459016</v>
+        <v>954.91803278689</v>
       </c>
       <c r="F531" s="15">
-        <v>14907</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="13">
         <v>526</v>
       </c>
       <c r="B532" s="16" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C532" s="17" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D532" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E532" s="15">
-        <v>1820.4918032787</v>
+        <v>973.77049180328</v>
       </c>
       <c r="F532" s="15">
-        <v>2221</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="13">
         <v>527</v>
       </c>
       <c r="B533" s="16" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C533" s="17" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D533" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E533" s="15">
-        <v>1275.4098360656</v>
+        <v>973.77049180328</v>
       </c>
       <c r="F533" s="15">
-        <v>1556</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="13">
         <v>528</v>
       </c>
       <c r="B534" s="16" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C534" s="17" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D534" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E534" s="15">
-        <v>1885.2459016393</v>
+        <v>624.59016393443</v>
       </c>
       <c r="F534" s="15">
-        <v>2300</v>
+        <v>762</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="13">
         <v>529</v>
       </c>
       <c r="B535" s="16" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C535" s="17" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D535" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E535" s="15">
-        <v>1510.6557377049</v>
+        <v>577.86885245902</v>
       </c>
       <c r="F535" s="15">
-        <v>1843</v>
+        <v>705</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="13">
         <v>530</v>
       </c>
       <c r="B536" s="16" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C536" s="17" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D536" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E536" s="15">
-        <v>1510.6557377049</v>
+        <v>16420.491803279</v>
       </c>
       <c r="F536" s="15">
-        <v>1843</v>
+        <v>20033</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="13">
         <v>531</v>
       </c>
       <c r="B537" s="16" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C537" s="17" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D537" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E537" s="15">
-        <v>910.65573770492</v>
+        <v>32500.0</v>
       </c>
       <c r="F537" s="15">
-        <v>1111</v>
+        <v>39650</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="13">
         <v>532</v>
       </c>
       <c r="B538" s="16" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C538" s="17" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D538" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E538" s="15">
-        <v>1220.4918032787</v>
+        <v>25000.0</v>
       </c>
       <c r="F538" s="15">
-        <v>1489</v>
+        <v>30500</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="13">
         <v>533</v>
       </c>
       <c r="B539" s="16" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C539" s="17" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D539" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E539" s="15">
-        <v>1210.6557377049</v>
+        <v>2275.4098360656</v>
       </c>
       <c r="F539" s="15">
-        <v>1477</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="13">
         <v>534</v>
       </c>
       <c r="B540" s="16" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="C540" s="17" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D540" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E540" s="15">
-        <v>85.245901639344</v>
+        <v>1210.6557377049</v>
       </c>
       <c r="F540" s="15">
-        <v>104</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="13">
         <v>535</v>
       </c>
       <c r="B541" s="16" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C541" s="17" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D541" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E541" s="15">
-        <v>163.93442622951</v>
+        <v>12218.852459016</v>
       </c>
       <c r="F541" s="15">
-        <v>200</v>
+        <v>14907</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="13">
         <v>536</v>
       </c>
       <c r="B542" s="16" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="C542" s="17" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D542" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E542" s="15">
-        <v>7585.2459016393</v>
+        <v>1820.4918032787</v>
       </c>
       <c r="F542" s="15">
-        <v>9254</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="13">
         <v>537</v>
       </c>
       <c r="B543" s="16" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C543" s="17" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D543" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E543" s="15">
-        <v>12835.245901639</v>
+        <v>1275.4098360656</v>
       </c>
       <c r="F543" s="15">
-        <v>15659</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="13">
         <v>538</v>
       </c>
       <c r="B544" s="16" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C544" s="17" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D544" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E544" s="15">
-        <v>26250.0</v>
+        <v>1885.2459016393</v>
       </c>
       <c r="F544" s="15">
-        <v>32025</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="13">
         <v>539</v>
       </c>
       <c r="B545" s="16" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C545" s="17" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D545" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E545" s="15">
-        <v>34170.491803279</v>
+        <v>1510.6557377049</v>
       </c>
       <c r="F545" s="15">
-        <v>41688</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="13">
         <v>540</v>
       </c>
       <c r="B546" s="16" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="C546" s="17" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="D546" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E546" s="15">
-        <v>672.13114754098</v>
+        <v>1510.6557377049</v>
       </c>
       <c r="F546" s="15">
-        <v>820</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="13">
         <v>541</v>
       </c>
       <c r="B547" s="16" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C547" s="17" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D547" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E547" s="15">
-        <v>791.80327868852</v>
+        <v>910.65573770492</v>
       </c>
       <c r="F547" s="15">
-        <v>966</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="13">
         <v>542</v>
       </c>
       <c r="B548" s="16" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="C548" s="17" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D548" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E548" s="15">
-        <v>889.34426229508</v>
+        <v>1220.4918032787</v>
       </c>
       <c r="F548" s="15">
-        <v>1085</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="13">
         <v>543</v>
       </c>
       <c r="B549" s="16" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C549" s="17" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D549" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E549" s="15">
-        <v>585.24590163934</v>
+        <v>1210.6557377049</v>
       </c>
       <c r="F549" s="15">
-        <v>714</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="13">
         <v>544</v>
       </c>
       <c r="B550" s="16" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C550" s="17" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D550" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E550" s="15">
-        <v>1907.3770491803</v>
+        <v>85.245901639344</v>
       </c>
       <c r="F550" s="15">
-        <v>2327</v>
+        <v>104</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="13">
         <v>545</v>
       </c>
       <c r="B551" s="16" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C551" s="17" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D551" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E551" s="15">
-        <v>640.16393442623</v>
+        <v>163.93442622951</v>
       </c>
       <c r="F551" s="15">
-        <v>781</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="13">
         <v>546</v>
       </c>
       <c r="B552" s="16" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="C552" s="17" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D552" s="14" t="s">
-        <v>13</v>
+        <v>1107</v>
       </c>
       <c r="E552" s="15">
-        <v>2059.8360655738</v>
+        <v>1736.0655737705</v>
       </c>
       <c r="F552" s="15">
-        <v>2513</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="13">
         <v>547</v>
       </c>
       <c r="B553" s="16" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="C553" s="17" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D553" s="14" t="s">
         <v>1107</v>
       </c>
-      <c r="D553" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E553" s="15">
-        <v>1945.0819672131</v>
+        <v>1736.0655737705</v>
       </c>
       <c r="F553" s="15">
-        <v>2373</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="13">
         <v>548</v>
       </c>
       <c r="B554" s="16" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C554" s="17" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="D554" s="14" t="s">
-        <v>13</v>
+        <v>1107</v>
       </c>
       <c r="E554" s="15">
-        <v>5742.6229508197</v>
+        <v>291.80327868852</v>
       </c>
       <c r="F554" s="15">
-        <v>7006</v>
+        <v>356</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="13">
         <v>549</v>
       </c>
       <c r="B555" s="16" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C555" s="17" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D555" s="14" t="s">
-        <v>13</v>
+        <v>1107</v>
       </c>
       <c r="E555" s="15">
-        <v>5791.8032786885</v>
+        <v>291.80327868852</v>
       </c>
       <c r="F555" s="15">
-        <v>7066</v>
+        <v>356</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="13">
         <v>550</v>
       </c>
       <c r="B556" s="16" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C556" s="17" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="D556" s="14" t="s">
-        <v>13</v>
+        <v>1107</v>
       </c>
       <c r="E556" s="15">
-        <v>11432.786885246</v>
+        <v>727.04918032787</v>
       </c>
       <c r="F556" s="15">
-        <v>13948</v>
+        <v>887</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="13">
         <v>551</v>
       </c>
       <c r="B557" s="16" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="C557" s="17" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="D557" s="14" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>1181605</v>
+        <v>1107</v>
+      </c>
+      <c r="E557" s="13" t="s">
+        <v>220</v>
+      </c>
+      <c r="F557" s="13" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="13">
         <v>552</v>
       </c>
       <c r="B558" s="16" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C558" s="17" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="D558" s="14" t="s">
-        <v>13</v>
+        <v>1107</v>
       </c>
       <c r="E558" s="15">
-        <v>1119294.2622951</v>
+        <v>291.80327868852</v>
       </c>
       <c r="F558" s="15">
-        <v>1365539</v>
+        <v>356</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="13">
         <v>553</v>
       </c>
       <c r="B559" s="16" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="C559" s="17" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="D559" s="14" t="s">
-        <v>13</v>
+        <v>1107</v>
       </c>
       <c r="E559" s="15">
-        <v>1363470.4918033</v>
+        <v>291.80327868852</v>
       </c>
       <c r="F559" s="15">
-        <v>1663434</v>
+        <v>356</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="13">
         <v>554</v>
       </c>
       <c r="B560" s="16" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C560" s="17" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D560" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E560" s="15">
-        <v>1485198.3606557</v>
+        <v>7585.2459016393</v>
       </c>
       <c r="F560" s="15">
-        <v>1811942</v>
+        <v>9254</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="13">
         <v>555</v>
       </c>
       <c r="B561" s="16" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C561" s="17" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D561" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E561" s="15">
-        <v>1077990.1639344</v>
+        <v>12835.245901639</v>
       </c>
       <c r="F561" s="15">
-        <v>1315148</v>
+        <v>15659</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="13">
         <v>556</v>
       </c>
       <c r="B562" s="16" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C562" s="17" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="D562" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E562" s="15">
-        <v>1257798.3606557</v>
+        <v>26250.0</v>
       </c>
       <c r="F562" s="15">
-        <v>1534514</v>
+        <v>32025</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="13">
         <v>557</v>
       </c>
       <c r="B563" s="16" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C563" s="17" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D563" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E563" s="15">
-        <v>1622410.6557377</v>
+        <v>34170.491803279</v>
       </c>
       <c r="F563" s="15">
-        <v>1979341</v>
+        <v>41688</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="13">
         <v>558</v>
       </c>
       <c r="B564" s="16" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C564" s="17" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D564" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E564" s="15">
-        <v>1773178.6885246</v>
+        <v>672.13114754098</v>
       </c>
       <c r="F564" s="15">
-        <v>2163278</v>
+        <v>820</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="13">
         <v>559</v>
       </c>
       <c r="B565" s="16" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="C565" s="17" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D565" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E565" s="15">
-        <v>3900.0</v>
+        <v>791.80327868852</v>
       </c>
       <c r="F565" s="15">
-        <v>4758</v>
+        <v>966</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="13">
         <v>560</v>
       </c>
       <c r="B566" s="16" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="C566" s="17" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="D566" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E566" s="15">
-        <v>153334.42622951</v>
+        <v>889.34426229508</v>
       </c>
       <c r="F566" s="15">
-        <v>187068</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="13">
         <v>561</v>
       </c>
       <c r="B567" s="16" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="C567" s="17" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="D567" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E567" s="15">
-        <v>343334.42622951</v>
+        <v>585.24590163934</v>
       </c>
       <c r="F567" s="15">
-        <v>418868</v>
+        <v>714</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="13">
         <v>562</v>
       </c>
       <c r="B568" s="16" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C568" s="17" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D568" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E568" s="15">
-        <v>230000.0</v>
+        <v>1907.3770491803</v>
       </c>
       <c r="F568" s="15">
-        <v>280600</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="13">
         <v>563</v>
       </c>
       <c r="B569" s="16" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="C569" s="17" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="D569" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E569" s="15">
-        <v>533334.42622951</v>
+        <v>640.16393442623</v>
       </c>
       <c r="F569" s="15">
-        <v>650668</v>
+        <v>781</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="13">
         <v>564</v>
       </c>
       <c r="B570" s="16" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C570" s="17" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D570" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E570" s="15">
-        <v>7259.8360655738</v>
+        <v>2059.8360655738</v>
       </c>
       <c r="F570" s="15">
-        <v>8857</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="13">
         <v>565</v>
       </c>
       <c r="B571" s="16" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C571" s="17" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="D571" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E571" s="15">
-        <v>71500.0</v>
+        <v>1945.0819672131</v>
       </c>
       <c r="F571" s="15">
-        <v>87230</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="13">
         <v>566</v>
       </c>
       <c r="B572" s="16" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C572" s="17" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D572" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E572" s="15">
-        <v>29087.704918033</v>
+        <v>5742.6229508197</v>
       </c>
       <c r="F572" s="15">
-        <v>35487</v>
+        <v>7006</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="13">
         <v>567</v>
       </c>
       <c r="B573" s="16" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C573" s="17" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D573" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E573" s="15">
-        <v>327184.42622951</v>
+        <v>5791.8032786885</v>
       </c>
       <c r="F573" s="15">
-        <v>399165</v>
+        <v>7066</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="13">
         <v>568</v>
       </c>
       <c r="B574" s="16" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="C574" s="17" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D574" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E574" s="15">
-        <v>87317.213114754</v>
+        <v>11432.786885246</v>
       </c>
       <c r="F574" s="15">
-        <v>106527</v>
+        <v>13948</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="13">
         <v>569</v>
       </c>
       <c r="B575" s="16" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C575" s="17" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="D575" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E575" s="15">
-        <v>50917.213114754</v>
+        <v>968528.68852459</v>
       </c>
       <c r="F575" s="15">
-        <v>62119</v>
+        <v>1181605</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="13">
         <v>570</v>
       </c>
       <c r="B576" s="16" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C576" s="17" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D576" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E576" s="15">
-        <v>14485.245901639</v>
+        <v>1119294.2622951</v>
       </c>
       <c r="F576" s="15">
-        <v>17672</v>
+        <v>1365539</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="13">
         <v>571</v>
       </c>
       <c r="B577" s="16" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="C577" s="17" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="D577" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E577" s="15">
-        <v>218123.7704918</v>
+        <v>1363470.4918033</v>
       </c>
       <c r="F577" s="15">
-        <v>266111</v>
+        <v>1663434</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="13">
         <v>572</v>
       </c>
       <c r="B578" s="16" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C578" s="17" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="D578" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E578" s="15">
-        <v>18822.950819672</v>
+        <v>1485198.3606557</v>
       </c>
       <c r="F578" s="15">
-        <v>22964</v>
+        <v>1811942</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="13">
         <v>573</v>
       </c>
       <c r="B579" s="16" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C579" s="17" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="D579" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E579" s="15">
-        <v>7031.9672131148</v>
+        <v>1077990.1639344</v>
       </c>
       <c r="F579" s="15">
-        <v>8579</v>
+        <v>1315148</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="13">
         <v>574</v>
       </c>
       <c r="B580" s="16" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="C580" s="17" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D580" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E580" s="15">
-        <v>29639.344262295</v>
+        <v>1257798.3606557</v>
       </c>
       <c r="F580" s="15">
-        <v>36160</v>
+        <v>1534514</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="13">
         <v>575</v>
       </c>
       <c r="B581" s="16" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="C581" s="17" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="D581" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E581" s="15">
-        <v>419467.21311475</v>
+        <v>1622410.6557377</v>
       </c>
       <c r="F581" s="15">
-        <v>511750</v>
+        <v>1979341</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="13">
         <v>576</v>
       </c>
       <c r="B582" s="16" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="C582" s="17" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D582" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E582" s="15">
-        <v>1290.1639344262</v>
+        <v>1773178.6885246</v>
       </c>
       <c r="F582" s="15">
-        <v>1574</v>
+        <v>2163278</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="13">
         <v>577</v>
       </c>
       <c r="B583" s="16" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="C583" s="17" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="D583" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E583" s="15">
-        <v>2242.6229508197</v>
+        <v>3900.0</v>
       </c>
       <c r="F583" s="15">
-        <v>2736</v>
+        <v>4758</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="13">
         <v>578</v>
       </c>
       <c r="B584" s="16" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="C584" s="17" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D584" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E584" s="15">
-        <v>1441.8032786885</v>
+        <v>153334.42622951</v>
       </c>
       <c r="F584" s="15">
-        <v>1759</v>
+        <v>187068</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="13">
         <v>579</v>
       </c>
       <c r="B585" s="16" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C585" s="17" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D585" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E585" s="15">
-        <v>2177.868852459</v>
+        <v>343334.42622951</v>
       </c>
       <c r="F585" s="15">
-        <v>2657</v>
+        <v>418868</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="13">
         <v>580</v>
       </c>
       <c r="B586" s="16" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="C586" s="17" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="D586" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E586" s="15">
-        <v>4004.0983606557</v>
+        <v>230000.0</v>
       </c>
       <c r="F586" s="15">
-        <v>4885</v>
+        <v>280600</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="13">
         <v>581</v>
       </c>
       <c r="B587" s="16" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="C587" s="17" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="D587" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E587" s="15">
-        <v>6306.5573770492</v>
+        <v>533334.42622951</v>
       </c>
       <c r="F587" s="15">
-        <v>7694</v>
+        <v>650668</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="13">
         <v>582</v>
       </c>
       <c r="B588" s="16" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="C588" s="17" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="D588" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E588" s="15">
-        <v>10427.868852459</v>
+        <v>7259.8360655738</v>
       </c>
       <c r="F588" s="15">
-        <v>12722</v>
+        <v>8857</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="13">
         <v>583</v>
       </c>
       <c r="B589" s="16" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="C589" s="17" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="D589" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E589" s="15">
-        <v>4304.9180327869</v>
+        <v>71500.0</v>
       </c>
       <c r="F589" s="15">
-        <v>5252</v>
+        <v>87230</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="13">
         <v>584</v>
       </c>
       <c r="B590" s="16" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="C590" s="17" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="D590" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E590" s="15">
-        <v>28309.836065574</v>
+        <v>29087.704918033</v>
       </c>
       <c r="F590" s="15">
-        <v>34538</v>
+        <v>35487</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="13">
         <v>585</v>
       </c>
       <c r="B591" s="16" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="C591" s="17" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D591" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E591" s="15">
-        <v>863.93442622951</v>
+        <v>327184.42622951</v>
       </c>
       <c r="F591" s="15">
-        <v>1054</v>
+        <v>399165</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="13">
         <v>586</v>
       </c>
       <c r="B592" s="16" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="C592" s="17" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="D592" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E592" s="15">
-        <v>48562.295081967</v>
+        <v>87317.213114754</v>
       </c>
       <c r="F592" s="15">
-        <v>59246</v>
+        <v>106527</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="13">
         <v>587</v>
       </c>
       <c r="B593" s="16" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C593" s="17" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="D593" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E593" s="15">
-        <v>642.62295081967</v>
+        <v>50917.213114754</v>
       </c>
       <c r="F593" s="15">
-        <v>784</v>
+        <v>62119</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="13">
         <v>588</v>
       </c>
       <c r="B594" s="16" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C594" s="17" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D594" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E594" s="15">
-        <v>642.62295081967</v>
+        <v>14485.245901639</v>
       </c>
       <c r="F594" s="15">
-        <v>784</v>
+        <v>17672</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="13">
         <v>589</v>
       </c>
       <c r="B595" s="16" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="C595" s="17" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="D595" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E595" s="15">
-        <v>910.65573770492</v>
+        <v>218123.7704918</v>
       </c>
       <c r="F595" s="15">
-        <v>1111</v>
+        <v>266111</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="13">
         <v>590</v>
       </c>
       <c r="B596" s="16" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="C596" s="17" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="D596" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E596" s="15">
-        <v>531.96721311475</v>
+        <v>18822.950819672</v>
       </c>
       <c r="F596" s="15">
-        <v>649</v>
+        <v>22964</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="13">
         <v>591</v>
       </c>
       <c r="B597" s="16" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="C597" s="17" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="D597" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E597" s="15">
-        <v>917.2131147541</v>
+        <v>7031.9672131148</v>
       </c>
       <c r="F597" s="15">
-        <v>1119</v>
+        <v>8579</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="13">
         <v>592</v>
       </c>
       <c r="B598" s="16" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="C598" s="17" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="D598" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E598" s="15">
-        <v>769.67213114754</v>
+        <v>29640.163934426</v>
       </c>
       <c r="F598" s="15">
-        <v>939</v>
+        <v>36161</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="13">
         <v>593</v>
       </c>
       <c r="B599" s="16" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="C599" s="17" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="D599" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E599" s="15">
-        <v>2477.0491803279</v>
+        <v>419467.21311475</v>
       </c>
       <c r="F599" s="15">
-        <v>3022</v>
+        <v>511750</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="13">
         <v>594</v>
       </c>
       <c r="B600" s="16" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="C600" s="17" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="D600" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E600" s="15">
-        <v>4095.0819672131</v>
+        <v>1290.1639344262</v>
       </c>
       <c r="F600" s="15">
-        <v>4996</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="13">
         <v>595</v>
       </c>
       <c r="B601" s="16" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="C601" s="17" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="D601" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E601" s="15">
-        <v>8212.2950819672</v>
+        <v>2242.6229508197</v>
       </c>
       <c r="F601" s="15">
-        <v>10019</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="13">
         <v>596</v>
       </c>
       <c r="B602" s="16" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="C602" s="17" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="D602" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E602" s="15">
-        <v>5504.9180327869</v>
+        <v>1441.8032786885</v>
       </c>
       <c r="F602" s="15">
-        <v>6716</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="13">
         <v>597</v>
       </c>
       <c r="B603" s="16" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C603" s="17" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D603" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E603" s="15">
-        <v>4604.9180327869</v>
+        <v>2177.868852459</v>
       </c>
       <c r="F603" s="15">
-        <v>5618</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="13">
         <v>598</v>
       </c>
       <c r="B604" s="16" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="C604" s="17" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="D604" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E604" s="15">
-        <v>3077.868852459</v>
+        <v>4004.0983606557</v>
       </c>
       <c r="F604" s="15">
-        <v>3755</v>
+        <v>4885</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="13">
         <v>599</v>
       </c>
       <c r="B605" s="16" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="C605" s="17" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="D605" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E605" s="15">
-        <v>10639.344262295</v>
+        <v>6306.5573770492</v>
       </c>
       <c r="F605" s="15">
-        <v>12980</v>
+        <v>7694</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="13">
         <v>600</v>
       </c>
       <c r="B606" s="16" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="C606" s="17" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="D606" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E606" s="15">
-        <v>2548.3606557377</v>
+        <v>10427.868852459</v>
       </c>
       <c r="F606" s="15">
-        <v>3109</v>
+        <v>12722</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="13">
         <v>601</v>
       </c>
       <c r="B607" s="16" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="C607" s="17" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="D607" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E607" s="15">
-        <v>4004.0983606557</v>
+        <v>4304.9180327869</v>
       </c>
       <c r="F607" s="15">
-        <v>4885</v>
+        <v>5252</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="13">
         <v>602</v>
       </c>
       <c r="B608" s="16" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="C608" s="17" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="D608" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E608" s="15">
-        <v>3003.2786885246</v>
+        <v>28309.836065574</v>
       </c>
       <c r="F608" s="15">
-        <v>3664</v>
+        <v>34538</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="13">
         <v>603</v>
       </c>
       <c r="B609" s="16" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="C609" s="17" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="D609" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E609" s="15">
-        <v>4550.0</v>
+        <v>863.93442622951</v>
       </c>
       <c r="F609" s="15">
-        <v>5551</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="13">
         <v>604</v>
       </c>
       <c r="B610" s="16" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C610" s="17" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D610" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E610" s="15">
-        <v>2308.1967213115</v>
+        <v>48562.295081967</v>
       </c>
       <c r="F610" s="15">
-        <v>2816</v>
+        <v>59246</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="13">
         <v>605</v>
       </c>
       <c r="B611" s="16" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="C611" s="17" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="D611" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E611" s="15">
-        <v>7644.262295082</v>
+        <v>642.62295081967</v>
       </c>
       <c r="F611" s="15">
-        <v>9326</v>
+        <v>784</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="13">
         <v>606</v>
       </c>
       <c r="B612" s="16" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C612" s="17" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="D612" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E612" s="15">
-        <v>5352.4590163934</v>
+        <v>642.62295081967</v>
       </c>
       <c r="F612" s="15">
-        <v>6530</v>
+        <v>784</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="13">
         <v>607</v>
       </c>
       <c r="B613" s="16" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="C613" s="17" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="D613" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E613" s="15">
-        <v>3900.0</v>
+        <v>910.65573770492</v>
       </c>
       <c r="F613" s="15">
-        <v>4758</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="13">
         <v>608</v>
       </c>
       <c r="B614" s="16" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="C614" s="17" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="D614" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E614" s="15">
-        <v>6457.3770491803</v>
+        <v>531.96721311475</v>
       </c>
       <c r="F614" s="15">
-        <v>7878</v>
+        <v>649</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="13">
         <v>609</v>
       </c>
       <c r="B615" s="16" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="C615" s="17" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="D615" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E615" s="15">
-        <v>5450.0</v>
+        <v>917.2131147541</v>
       </c>
       <c r="F615" s="15">
-        <v>6649</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="13">
         <v>610</v>
       </c>
       <c r="B616" s="16" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C616" s="17" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="D616" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E616" s="15">
-        <v>9014.7540983607</v>
+        <v>769.67213114754</v>
       </c>
       <c r="F616" s="15">
-        <v>10998</v>
+        <v>939</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="13">
         <v>611</v>
       </c>
       <c r="B617" s="16" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="C617" s="17" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="D617" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E617" s="15">
-        <v>5027.868852459</v>
+        <v>2477.0491803279</v>
       </c>
       <c r="F617" s="15">
-        <v>6134</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="13">
         <v>612</v>
       </c>
       <c r="B618" s="16" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="C618" s="17" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="D618" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E618" s="15">
-        <v>3932.7868852459</v>
+        <v>4095.0819672131</v>
       </c>
       <c r="F618" s="15">
-        <v>4798</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="13">
         <v>613</v>
       </c>
       <c r="B619" s="16" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="C619" s="17" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="D619" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E619" s="15">
-        <v>7595.0819672131</v>
+        <v>8212.2950819672</v>
       </c>
       <c r="F619" s="15">
-        <v>9266</v>
+        <v>10019</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="13">
         <v>614</v>
       </c>
       <c r="B620" s="16" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C620" s="17" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D620" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E620" s="15">
-        <v>6902.4590163934</v>
+        <v>5504.9180327869</v>
       </c>
       <c r="F620" s="15">
-        <v>8421</v>
+        <v>6716</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="13">
         <v>615</v>
       </c>
       <c r="B621" s="16" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C621" s="17" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="D621" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E621" s="15">
-        <v>4225.4098360656</v>
+        <v>4604.9180327869</v>
       </c>
       <c r="F621" s="15">
-        <v>5155</v>
+        <v>5618</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="13">
         <v>616</v>
       </c>
       <c r="B622" s="16" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="C622" s="17" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="D622" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E622" s="15">
-        <v>11332.786885246</v>
+        <v>3077.868852459</v>
       </c>
       <c r="F622" s="15">
-        <v>13826</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="13">
         <v>617</v>
       </c>
       <c r="B623" s="16" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="C623" s="17" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="D623" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E623" s="15">
-        <v>6565.5737704918</v>
+        <v>10639.344262295</v>
       </c>
       <c r="F623" s="15">
-        <v>8010</v>
+        <v>12980</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="13">
         <v>618</v>
       </c>
       <c r="B624" s="16" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="C624" s="17" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="D624" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E624" s="15">
-        <v>5352.4590163934</v>
+        <v>2548.3606557377</v>
       </c>
       <c r="F624" s="15">
-        <v>6530</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="13">
         <v>619</v>
       </c>
       <c r="B625" s="16" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="C625" s="17" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="D625" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E625" s="15">
-        <v>4400.0</v>
+        <v>4004.0983606557</v>
       </c>
       <c r="F625" s="15">
-        <v>5368</v>
+        <v>4885</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="13">
         <v>620</v>
       </c>
       <c r="B626" s="16" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C626" s="17" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="D626" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E626" s="15">
-        <v>10639.344262295</v>
+        <v>3003.2786885246</v>
       </c>
       <c r="F626" s="15">
-        <v>12980</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="13">
         <v>621</v>
       </c>
       <c r="B627" s="16" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="C627" s="17" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="D627" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E627" s="15">
-        <v>7227.0491803279</v>
+        <v>4550.0</v>
       </c>
       <c r="F627" s="15">
-        <v>8817</v>
+        <v>5551</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="13">
         <v>622</v>
       </c>
       <c r="B628" s="16" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="C628" s="17" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="D628" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E628" s="15">
-        <v>6035.2459016393</v>
+        <v>2308.1967213115</v>
       </c>
       <c r="F628" s="15">
-        <v>7363</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="13">
         <v>623</v>
       </c>
       <c r="B629" s="16" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C629" s="17" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="D629" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E629" s="15">
-        <v>7930.3278688525</v>
+        <v>7644.262295082</v>
       </c>
       <c r="F629" s="15">
-        <v>9675</v>
+        <v>9326</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="13">
         <v>624</v>
       </c>
       <c r="B630" s="16" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C630" s="17" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="D630" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E630" s="15">
-        <v>8580.3278688525</v>
+        <v>5352.4590163934</v>
       </c>
       <c r="F630" s="15">
-        <v>10468</v>
+        <v>6530</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="13">
         <v>625</v>
       </c>
       <c r="B631" s="16" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="C631" s="17" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="D631" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E631" s="15">
-        <v>7269.6721311475</v>
+        <v>3900.0</v>
       </c>
       <c r="F631" s="15">
-        <v>8869</v>
+        <v>4758</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="13">
         <v>626</v>
       </c>
       <c r="B632" s="16" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="C632" s="17" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="D632" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E632" s="15">
-        <v>11332.786885246</v>
+        <v>6457.3770491803</v>
       </c>
       <c r="F632" s="15">
-        <v>13826</v>
+        <v>7878</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="13">
         <v>627</v>
       </c>
       <c r="B633" s="16" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="C633" s="17" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="D633" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E633" s="15">
-        <v>18114.754098361</v>
+        <v>5450.0</v>
       </c>
       <c r="F633" s="15">
-        <v>22100</v>
+        <v>6649</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="13">
         <v>628</v>
       </c>
       <c r="B634" s="16" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="C634" s="17" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="D634" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E634" s="15">
-        <v>2178.6885245902</v>
+        <v>9014.7540983607</v>
       </c>
       <c r="F634" s="15">
-        <v>2658</v>
+        <v>10998</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="13">
         <v>629</v>
       </c>
       <c r="B635" s="16" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="C635" s="17" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="D635" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E635" s="15">
-        <v>5309.8360655738</v>
+        <v>5027.868852459</v>
       </c>
       <c r="F635" s="15">
-        <v>6478</v>
+        <v>6134</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="13">
         <v>630</v>
       </c>
       <c r="B636" s="16" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="C636" s="17" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="D636" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E636" s="15">
-        <v>1397.5409836066</v>
+        <v>3932.7868852459</v>
       </c>
       <c r="F636" s="15">
-        <v>1705</v>
+        <v>4798</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="13">
         <v>631</v>
       </c>
       <c r="B637" s="16" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="C637" s="17" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="D637" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E637" s="15">
-        <v>8287.7049180328</v>
+        <v>7595.0819672131</v>
       </c>
       <c r="F637" s="15">
-        <v>10111</v>
+        <v>9266</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="13">
         <v>632</v>
       </c>
       <c r="B638" s="16" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="C638" s="17" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="D638" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E638" s="15">
-        <v>7703.2786885246</v>
+        <v>6902.4590163934</v>
       </c>
       <c r="F638" s="15">
-        <v>9398</v>
+        <v>8421</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="13">
         <v>633</v>
       </c>
       <c r="B639" s="16" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C639" s="17" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D639" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E639" s="15">
-        <v>14300.0</v>
+        <v>4225.4098360656</v>
       </c>
       <c r="F639" s="15">
-        <v>17446</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="13">
         <v>634</v>
       </c>
       <c r="B640" s="16" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C640" s="17" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="D640" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E640" s="15">
-        <v>3457.3770491803</v>
+        <v>11332.786885246</v>
       </c>
       <c r="F640" s="15">
-        <v>4218</v>
+        <v>13826</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="13">
         <v>635</v>
       </c>
       <c r="B641" s="16" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C641" s="17" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="D641" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E641" s="15">
-        <v>5889.3442622951</v>
+        <v>6565.5737704918</v>
       </c>
       <c r="F641" s="15">
-        <v>7185</v>
+        <v>8010</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="13">
         <v>636</v>
       </c>
       <c r="B642" s="16" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="C642" s="17" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="D642" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E642" s="15">
-        <v>40457.37704918</v>
+        <v>5352.4590163934</v>
       </c>
       <c r="F642" s="15">
-        <v>49358</v>
+        <v>6530</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="13">
         <v>637</v>
       </c>
       <c r="B643" s="16" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C643" s="17" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D643" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E643" s="15">
-        <v>1435.2459016393</v>
+        <v>4400.0</v>
       </c>
       <c r="F643" s="15">
-        <v>1751</v>
+        <v>5368</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="13">
         <v>638</v>
       </c>
       <c r="B644" s="16" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="C644" s="17" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="D644" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E644" s="15">
-        <v>876.22950819672</v>
+        <v>10639.344262295</v>
       </c>
       <c r="F644" s="15">
-        <v>1069</v>
+        <v>12980</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="13">
         <v>639</v>
       </c>
       <c r="B645" s="16" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="C645" s="17" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="D645" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E645" s="15">
-        <v>504.91803278689</v>
+        <v>7227.0491803279</v>
       </c>
       <c r="F645" s="15">
-        <v>616</v>
+        <v>8817</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="13">
         <v>640</v>
       </c>
       <c r="B646" s="16" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="C646" s="17" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="D646" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E646" s="15">
-        <v>5505.737704918</v>
+        <v>6035.2459016393</v>
       </c>
       <c r="F646" s="15">
-        <v>6717</v>
+        <v>7363</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="13">
         <v>641</v>
       </c>
       <c r="B647" s="16" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="C647" s="17" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="D647" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E647" s="15">
-        <v>2145.0819672131</v>
+        <v>7930.3278688525</v>
       </c>
       <c r="F647" s="15">
-        <v>2617</v>
+        <v>9675</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="13">
         <v>642</v>
       </c>
       <c r="B648" s="16" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C648" s="17" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D648" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E648" s="15">
-        <v>6197.5409836066</v>
+        <v>8580.3278688525</v>
       </c>
       <c r="F648" s="15">
-        <v>7561</v>
+        <v>10468</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="13">
         <v>643</v>
       </c>
       <c r="B649" s="16" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C649" s="17" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D649" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E649" s="15">
-        <v>2860.6557377049</v>
+        <v>7269.6721311475</v>
       </c>
       <c r="F649" s="15">
-        <v>3490</v>
+        <v>8869</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="13">
         <v>644</v>
       </c>
       <c r="B650" s="16" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="C650" s="17" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="D650" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="E650" s="13" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="E650" s="15">
+        <v>11332.786885246</v>
+      </c>
+      <c r="F650" s="15">
+        <v>13826</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="13">
         <v>645</v>
       </c>
       <c r="B651" s="16" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="C651" s="17" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D651" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E651" s="15">
-        <v>5475.4098360656</v>
+        <v>18114.754098361</v>
       </c>
       <c r="F651" s="15">
-        <v>6680</v>
+        <v>22100</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="13">
         <v>646</v>
       </c>
       <c r="B652" s="16" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="C652" s="17" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="D652" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E652" s="15">
-        <v>4581.1475409836</v>
+        <v>2178.6885245902</v>
       </c>
       <c r="F652" s="15">
-        <v>5589</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="13">
         <v>647</v>
       </c>
       <c r="B653" s="16" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="C653" s="17" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="D653" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E653" s="15">
-        <v>6187.7049180328</v>
+        <v>5309.8360655738</v>
       </c>
       <c r="F653" s="15">
-        <v>7549</v>
+        <v>6478</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="13">
         <v>648</v>
       </c>
       <c r="B654" s="16" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C654" s="17" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="D654" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E654" s="15">
-        <v>17334.426229508</v>
+        <v>1397.5409836066</v>
       </c>
       <c r="F654" s="15">
-        <v>21148</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="13">
         <v>649</v>
       </c>
       <c r="B655" s="16" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="C655" s="17" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="D655" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E655" s="15">
-        <v>12134.426229508</v>
+        <v>8287.7049180328</v>
       </c>
       <c r="F655" s="15">
-        <v>14804</v>
+        <v>10111</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="13">
         <v>650</v>
       </c>
       <c r="B656" s="16" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C656" s="17" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D656" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E656" s="15">
-        <v>99667.213114754</v>
+        <v>7703.2786885246</v>
       </c>
       <c r="F656" s="15">
-        <v>121594</v>
+        <v>9398</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="13">
         <v>651</v>
       </c>
       <c r="B657" s="16" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C657" s="17" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D657" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E657" s="15">
-        <v>56550.0</v>
+        <v>14300.0</v>
       </c>
       <c r="F657" s="15">
-        <v>68991</v>
+        <v>17446</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="13">
         <v>652</v>
       </c>
       <c r="B658" s="16" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="C658" s="17" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="D658" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E658" s="15">
-        <v>4659.8360655738</v>
+        <v>3457.3770491803</v>
       </c>
       <c r="F658" s="15">
-        <v>5685</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="13">
         <v>653</v>
       </c>
       <c r="B659" s="16" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="C659" s="17" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="D659" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E659" s="15">
-        <v>3229.5081967213</v>
+        <v>5889.3442622951</v>
       </c>
       <c r="F659" s="15">
-        <v>3940</v>
+        <v>7185</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="13">
         <v>654</v>
       </c>
       <c r="B660" s="16" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="C660" s="17" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D660" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E660" s="15">
-        <v>4442.6229508197</v>
+        <v>40457.37704918</v>
       </c>
       <c r="F660" s="15">
-        <v>5420</v>
+        <v>49358</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="13">
         <v>655</v>
       </c>
       <c r="B661" s="16" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="C661" s="17" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="D661" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E661" s="15">
-        <v>1394.262295082</v>
+        <v>1435.2459016393</v>
       </c>
       <c r="F661" s="15">
-        <v>1701</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="13">
         <v>656</v>
       </c>
       <c r="B662" s="16" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C662" s="17" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D662" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E662" s="15">
-        <v>8771.3114754098</v>
+        <v>876.22950819672</v>
       </c>
       <c r="F662" s="15">
-        <v>10701</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="13">
         <v>657</v>
       </c>
       <c r="B663" s="16" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="C663" s="17" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="D663" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E663" s="15">
-        <v>837.70491803279</v>
+        <v>504.91803278689</v>
       </c>
       <c r="F663" s="15">
-        <v>1022</v>
+        <v>616</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="13">
         <v>658</v>
       </c>
       <c r="B664" s="16" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="C664" s="17" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="D664" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E664" s="15">
-        <v>3900.0</v>
+        <v>5505.737704918</v>
       </c>
       <c r="F664" s="15">
-        <v>4758</v>
+        <v>6717</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="13">
         <v>659</v>
       </c>
       <c r="B665" s="16" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="C665" s="17" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="D665" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E665" s="15">
-        <v>2047.5409836066</v>
+        <v>2145.0819672131</v>
       </c>
       <c r="F665" s="15">
-        <v>2498</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="13">
         <v>660</v>
       </c>
       <c r="B666" s="16" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C666" s="17" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D666" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E666" s="15">
-        <v>19732.786885246</v>
+        <v>6197.5409836066</v>
       </c>
       <c r="F666" s="15">
-        <v>24074</v>
+        <v>7561</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="13">
         <v>661</v>
       </c>
       <c r="B667" s="16" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="C667" s="17" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="D667" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E667" s="15">
-        <v>2113.1147540984</v>
+        <v>2860.6557377049</v>
       </c>
       <c r="F667" s="15">
-        <v>2578</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="13">
         <v>662</v>
       </c>
       <c r="B668" s="16" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="C668" s="17" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="D668" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="E668" s="15">
-[...3 lines deleted...]
-        <v>5368</v>
+      <c r="E668" s="13" t="s">
+        <v>220</v>
+      </c>
+      <c r="F668" s="13" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="13">
         <v>663</v>
       </c>
       <c r="B669" s="16" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="C669" s="17" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D669" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E669" s="15">
-        <v>1300.0</v>
+        <v>5475.4098360656</v>
       </c>
       <c r="F669" s="15">
-        <v>1586</v>
+        <v>6680</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="13">
         <v>664</v>
       </c>
       <c r="B670" s="16" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="C670" s="17" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="D670" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E670" s="15">
-        <v>1192.6229508197</v>
+        <v>4581.1475409836</v>
       </c>
       <c r="F670" s="15">
-        <v>1455</v>
+        <v>5589</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="13">
         <v>665</v>
       </c>
       <c r="B671" s="16" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C671" s="17" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="D671" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E671" s="15">
-        <v>2170.4918032787</v>
+        <v>6187.7049180328</v>
       </c>
       <c r="F671" s="15">
-        <v>2648</v>
+        <v>7549</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="13">
         <v>666</v>
       </c>
       <c r="B672" s="16" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="C672" s="17" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="D672" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E672" s="15">
-        <v>1312.2950819672</v>
+        <v>17334.426229508</v>
       </c>
       <c r="F672" s="15">
-        <v>1601</v>
+        <v>21148</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="13">
         <v>667</v>
       </c>
       <c r="B673" s="16" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="C673" s="17" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="D673" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E673" s="15">
-        <v>3240.1639344262</v>
+        <v>12134.426229508</v>
       </c>
       <c r="F673" s="15">
-        <v>3953</v>
+        <v>14804</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="13">
         <v>668</v>
       </c>
       <c r="B674" s="16" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="C674" s="17" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="D674" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E674" s="15">
-        <v>20735.245901639</v>
+        <v>99667.213114754</v>
       </c>
       <c r="F674" s="15">
-        <v>25297</v>
+        <v>121594</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="13">
         <v>669</v>
       </c>
       <c r="B675" s="16" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="C675" s="17" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="D675" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E675" s="15">
-        <v>26374.590163934</v>
+        <v>56550.0</v>
       </c>
       <c r="F675" s="15">
-        <v>32177</v>
+        <v>68991</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="13">
         <v>670</v>
       </c>
       <c r="B676" s="16" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="C676" s="17" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D676" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E676" s="15">
-        <v>16267.213114754</v>
+        <v>4659.8360655738</v>
       </c>
       <c r="F676" s="15">
-        <v>19846</v>
+        <v>5685</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="13">
         <v>671</v>
       </c>
       <c r="B677" s="16" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C677" s="17" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D677" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E677" s="15">
-        <v>17875.409836066</v>
+        <v>3229.5081967213</v>
       </c>
       <c r="F677" s="15">
-        <v>21808</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="13">
         <v>672</v>
       </c>
       <c r="B678" s="16" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="C678" s="17" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="D678" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E678" s="15">
-        <v>17875.409836066</v>
+        <v>4442.6229508197</v>
       </c>
       <c r="F678" s="15">
-        <v>21808</v>
+        <v>5420</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="13">
         <v>673</v>
       </c>
       <c r="B679" s="16" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="C679" s="17" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="D679" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E679" s="15">
-        <v>6019.6721311475</v>
+        <v>1394.262295082</v>
       </c>
       <c r="F679" s="15">
-        <v>7344</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="13">
         <v>674</v>
       </c>
       <c r="B680" s="16" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="C680" s="17" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="D680" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E680" s="15">
-        <v>3153.2786885246</v>
+        <v>8771.3114754098</v>
       </c>
       <c r="F680" s="15">
-        <v>3847</v>
+        <v>10701</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="13">
         <v>675</v>
       </c>
       <c r="B681" s="16" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="C681" s="17" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="D681" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E681" s="15">
-        <v>4225.4098360656</v>
+        <v>837.70491803279</v>
       </c>
       <c r="F681" s="15">
-        <v>5155</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="13">
         <v>676</v>
       </c>
       <c r="B682" s="16" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="C682" s="17" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="D682" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E682" s="15">
-        <v>942.62295081967</v>
+        <v>3900.0</v>
       </c>
       <c r="F682" s="15">
-        <v>1150</v>
+        <v>4758</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="13">
         <v>677</v>
       </c>
       <c r="B683" s="16" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="C683" s="17" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="D683" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E683" s="15">
-        <v>949.18032786885</v>
+        <v>2047.5409836066</v>
       </c>
       <c r="F683" s="15">
-        <v>1158</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="13">
         <v>678</v>
       </c>
       <c r="B684" s="16" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="C684" s="17" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="D684" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E684" s="15">
-        <v>2553.2786885246</v>
+        <v>19732.786885246</v>
       </c>
       <c r="F684" s="15">
-        <v>3115</v>
+        <v>24074</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="13">
         <v>679</v>
       </c>
       <c r="B685" s="16" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="C685" s="17" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="D685" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E685" s="15">
-        <v>2553.2786885246</v>
+        <v>2113.1147540984</v>
       </c>
       <c r="F685" s="15">
-        <v>3115</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="13">
         <v>680</v>
       </c>
       <c r="B686" s="16" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C686" s="17" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D686" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E686" s="15">
-        <v>1230.3278688525</v>
+        <v>4400.0</v>
       </c>
       <c r="F686" s="15">
-        <v>1501</v>
+        <v>5368</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="13">
         <v>681</v>
       </c>
       <c r="B687" s="16" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="C687" s="17" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="D687" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E687" s="15">
-        <v>1230.3278688525</v>
+        <v>1300.0</v>
       </c>
       <c r="F687" s="15">
-        <v>1501</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="13">
         <v>682</v>
       </c>
       <c r="B688" s="16" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C688" s="17" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="D688" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E688" s="15">
-        <v>1230.3278688525</v>
+        <v>1192.6229508197</v>
       </c>
       <c r="F688" s="15">
-        <v>1501</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="13">
         <v>683</v>
       </c>
       <c r="B689" s="16" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="C689" s="17" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="D689" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E689" s="15">
-        <v>1230.3278688525</v>
+        <v>2170.4918032787</v>
       </c>
       <c r="F689" s="15">
-        <v>1501</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="13">
         <v>684</v>
       </c>
       <c r="B690" s="16" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="C690" s="17" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="D690" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E690" s="15">
-        <v>1230.3278688525</v>
+        <v>1312.2950819672</v>
       </c>
       <c r="F690" s="15">
-        <v>1501</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="13">
         <v>685</v>
       </c>
       <c r="B691" s="16" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="C691" s="17" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="D691" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E691" s="15">
-        <v>1230.3278688525</v>
+        <v>3240.1639344262</v>
       </c>
       <c r="F691" s="15">
-        <v>1501</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="13">
         <v>686</v>
       </c>
       <c r="B692" s="16" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C692" s="17" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="D692" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E692" s="15">
-        <v>1230.3278688525</v>
+        <v>20735.245901639</v>
       </c>
       <c r="F692" s="15">
-        <v>1501</v>
+        <v>25297</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="13">
         <v>687</v>
       </c>
       <c r="B693" s="16" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="C693" s="17" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="D693" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E693" s="15">
-        <v>1230.3278688525</v>
+        <v>26374.590163934</v>
       </c>
       <c r="F693" s="15">
-        <v>1501</v>
+        <v>32177</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="13">
         <v>688</v>
       </c>
       <c r="B694" s="16" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="C694" s="17" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="D694" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E694" s="15">
-        <v>1230.3278688525</v>
+        <v>16267.213114754</v>
       </c>
       <c r="F694" s="15">
-        <v>1501</v>
+        <v>19846</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="13">
         <v>689</v>
       </c>
       <c r="B695" s="16" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="C695" s="17" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D695" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E695" s="15">
-        <v>1230.3278688525</v>
+        <v>17875.409836066</v>
       </c>
       <c r="F695" s="15">
-        <v>1501</v>
+        <v>21808</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="13">
         <v>690</v>
       </c>
       <c r="B696" s="16" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="C696" s="17" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="D696" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E696" s="15">
-        <v>1230.3278688525</v>
+        <v>17875.409836066</v>
       </c>
       <c r="F696" s="15">
-        <v>1501</v>
+        <v>21808</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="13">
         <v>691</v>
       </c>
       <c r="B697" s="16" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="C697" s="17" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="D697" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E697" s="15">
-        <v>1230.3278688525</v>
+        <v>6019.6721311475</v>
       </c>
       <c r="F697" s="15">
-        <v>1501</v>
+        <v>7344</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="13">
         <v>692</v>
       </c>
       <c r="B698" s="16" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="C698" s="17" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="D698" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E698" s="15">
-        <v>1230.3278688525</v>
+        <v>3153.2786885246</v>
       </c>
       <c r="F698" s="15">
-        <v>1501</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="13">
         <v>693</v>
       </c>
       <c r="B699" s="16" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C699" s="17" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D699" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E699" s="15">
-        <v>1230.3278688525</v>
+        <v>4225.4098360656</v>
       </c>
       <c r="F699" s="15">
-        <v>1501</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="13">
         <v>694</v>
       </c>
       <c r="B700" s="16" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="C700" s="17" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="D700" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E700" s="15">
-        <v>1230.3278688525</v>
+        <v>942.62295081967</v>
       </c>
       <c r="F700" s="15">
-        <v>1501</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="13">
         <v>695</v>
       </c>
       <c r="B701" s="16" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="C701" s="17" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="D701" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E701" s="15">
-        <v>1230.3278688525</v>
+        <v>949.18032786885</v>
       </c>
       <c r="F701" s="15">
-        <v>1501</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="13">
         <v>696</v>
       </c>
       <c r="B702" s="16" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="C702" s="17" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="D702" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E702" s="15">
-        <v>1230.3278688525</v>
+        <v>2553.2786885246</v>
       </c>
       <c r="F702" s="15">
-        <v>1501</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="13">
         <v>697</v>
       </c>
       <c r="B703" s="16" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="C703" s="17" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D703" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E703" s="15">
-        <v>3814.7540983607</v>
+        <v>2553.2786885246</v>
       </c>
       <c r="F703" s="15">
-        <v>4654</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="13">
         <v>698</v>
       </c>
       <c r="B704" s="16" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C704" s="17" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="D704" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E704" s="15">
-        <v>4322.9508196721</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F704" s="15">
-        <v>5274</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="13">
         <v>699</v>
       </c>
       <c r="B705" s="16" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C705" s="17" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="D705" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E705" s="15">
-        <v>4407.3770491803</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F705" s="15">
-        <v>5377</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="13">
         <v>700</v>
       </c>
       <c r="B706" s="16" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="C706" s="17" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="D706" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E706" s="15">
-        <v>190875.40983607</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F706" s="15">
-        <v>232868</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="13">
         <v>701</v>
       </c>
       <c r="B707" s="16" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="C707" s="17" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="D707" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E707" s="15">
-        <v>7269.6721311475</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F707" s="15">
-        <v>8869</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="13">
         <v>702</v>
       </c>
       <c r="B708" s="16" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="C708" s="17" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="D708" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E708" s="15">
-        <v>5418.8524590164</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F708" s="15">
-        <v>6611</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="13">
         <v>703</v>
       </c>
       <c r="B709" s="16" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="C709" s="17" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="D709" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E709" s="15">
-        <v>5139.3442622951</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F709" s="15">
-        <v>6270</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="13">
         <v>704</v>
       </c>
       <c r="B710" s="16" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="C710" s="17" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="D710" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E710" s="15">
-        <v>491.80327868852</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F710" s="15">
-        <v>600</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="13">
         <v>705</v>
       </c>
       <c r="B711" s="16" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="C711" s="17" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="D711" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E711" s="15">
-        <v>525.40983606557</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F711" s="15">
-        <v>641</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="13">
         <v>706</v>
       </c>
       <c r="B712" s="16" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="C712" s="17" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D712" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E712" s="15">
-        <v>527.04918032787</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F712" s="15">
-        <v>643</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="13">
         <v>707</v>
       </c>
       <c r="B713" s="16" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="C713" s="17" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="D713" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E713" s="15">
-        <v>575.40983606557</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F713" s="15">
-        <v>702</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="13">
         <v>708</v>
       </c>
       <c r="B714" s="16" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="C714" s="17" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="D714" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E714" s="15">
-        <v>2550.8196721311</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F714" s="15">
-        <v>3112</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="13">
         <v>709</v>
       </c>
       <c r="B715" s="16" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="C715" s="17" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="D715" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E715" s="15">
-        <v>3272.131147541</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F715" s="15">
-        <v>3992</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="13">
         <v>710</v>
       </c>
       <c r="B716" s="16" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="C716" s="17" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="D716" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E716" s="15">
-        <v>3814.7540983607</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F716" s="15">
-        <v>4654</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="13">
         <v>711</v>
       </c>
       <c r="B717" s="16" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="C717" s="17" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="D717" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E717" s="15">
-        <v>2273.7704918033</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F717" s="15">
-        <v>2774</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="13">
         <v>712</v>
       </c>
       <c r="B718" s="16" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="C718" s="17" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="D718" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E718" s="15">
-        <v>2587.7049180328</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F718" s="15">
-        <v>3157</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="13">
         <v>713</v>
       </c>
       <c r="B719" s="16" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="C719" s="17" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="D719" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E719" s="15">
-        <v>3175.4098360656</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F719" s="15">
-        <v>3874</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="13">
         <v>714</v>
       </c>
       <c r="B720" s="16" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="C720" s="17" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="D720" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E720" s="15">
-        <v>11310.655737705</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F720" s="15">
-        <v>13799</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="13">
         <v>715</v>
       </c>
       <c r="B721" s="16" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="C721" s="17" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="D721" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E721" s="15">
-        <v>20540.163934426</v>
+        <v>3814.7540983607</v>
       </c>
       <c r="F721" s="15">
-        <v>25059</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="13">
         <v>716</v>
       </c>
       <c r="B722" s="16" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="C722" s="17" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="D722" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E722" s="15">
-        <v>9230.3278688525</v>
+        <v>4322.9508196721</v>
       </c>
       <c r="F722" s="15">
-        <v>11261</v>
+        <v>5274</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="13">
         <v>717</v>
       </c>
       <c r="B723" s="16" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="C723" s="17" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="D723" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E723" s="15">
-        <v>14040.163934426</v>
+        <v>4407.3770491803</v>
       </c>
       <c r="F723" s="15">
-        <v>17129</v>
+        <v>5377</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="13">
         <v>718</v>
       </c>
       <c r="B724" s="16" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="C724" s="17" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="D724" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E724" s="15">
-        <v>16477.868852459</v>
+        <v>190875.40983607</v>
       </c>
       <c r="F724" s="15">
-        <v>20103</v>
+        <v>232868</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="13">
         <v>719</v>
       </c>
       <c r="B725" s="16" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="C725" s="17" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="D725" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E725" s="15">
-        <v>14052.459016393</v>
+        <v>7269.6721311475</v>
       </c>
       <c r="F725" s="15">
-        <v>17144</v>
+        <v>8869</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="13">
         <v>720</v>
       </c>
       <c r="B726" s="16" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="C726" s="17" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D726" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E726" s="15">
-        <v>16477.868852459</v>
+        <v>5418.8524590164</v>
       </c>
       <c r="F726" s="15">
-        <v>20103</v>
+        <v>6611</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="13">
         <v>721</v>
       </c>
       <c r="B727" s="16" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="C727" s="17" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="D727" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E727" s="15">
-        <v>10357.37704918</v>
+        <v>5139.3442622951</v>
       </c>
       <c r="F727" s="15">
-        <v>12636</v>
+        <v>6270</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="13">
         <v>722</v>
       </c>
       <c r="B728" s="16" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="C728" s="17" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="D728" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E728" s="15">
-        <v>15990.163934426</v>
+        <v>491.80327868852</v>
       </c>
       <c r="F728" s="15">
-        <v>19508</v>
+        <v>600</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="13">
         <v>723</v>
       </c>
       <c r="B729" s="16" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="C729" s="17" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="D729" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E729" s="15">
-        <v>17030.327868852</v>
+        <v>525.40983606557</v>
       </c>
       <c r="F729" s="15">
-        <v>20777</v>
+        <v>641</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="13">
         <v>724</v>
       </c>
       <c r="B730" s="16" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="C730" s="17" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="D730" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E730" s="15">
-        <v>17030.327868852</v>
+        <v>527.04918032787</v>
       </c>
       <c r="F730" s="15">
-        <v>20777</v>
+        <v>643</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="13">
         <v>725</v>
       </c>
       <c r="B731" s="16" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="C731" s="17" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="D731" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E731" s="15">
-        <v>17030.327868852</v>
+        <v>575.40983606557</v>
       </c>
       <c r="F731" s="15">
-        <v>20777</v>
+        <v>702</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="13">
         <v>726</v>
       </c>
       <c r="B732" s="16" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="C732" s="17" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="D732" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E732" s="15">
-        <v>25220.491803279</v>
+        <v>2550.8196721311</v>
       </c>
       <c r="F732" s="15">
-        <v>30769</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="13">
         <v>727</v>
       </c>
       <c r="B733" s="16" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="C733" s="17" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="D733" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E733" s="15">
-        <v>25350.0</v>
+        <v>3272.131147541</v>
       </c>
       <c r="F733" s="15">
-        <v>30927</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="13">
         <v>728</v>
       </c>
       <c r="B734" s="16" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="C734" s="17" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="D734" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E734" s="15">
-        <v>25350.0</v>
+        <v>3814.7540983607</v>
       </c>
       <c r="F734" s="15">
-        <v>30927</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="13">
         <v>729</v>
       </c>
       <c r="B735" s="16" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="C735" s="17" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="D735" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E735" s="15">
-        <v>25350.0</v>
+        <v>2273.7704918033</v>
       </c>
       <c r="F735" s="15">
-        <v>30927</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="13">
         <v>730</v>
       </c>
       <c r="B736" s="16" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C736" s="17" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D736" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E736" s="15">
-        <v>29109.836065574</v>
+        <v>2587.7049180328</v>
       </c>
       <c r="F736" s="15">
-        <v>35514</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="13">
         <v>731</v>
       </c>
       <c r="B737" s="16" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="C737" s="17" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="D737" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E737" s="15">
-        <v>98280.327868852</v>
+        <v>3175.4098360656</v>
       </c>
       <c r="F737" s="15">
-        <v>119902</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="13">
         <v>732</v>
       </c>
       <c r="B738" s="16" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="C738" s="17" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="D738" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E738" s="15">
-        <v>114400.0</v>
+        <v>11310.655737705</v>
       </c>
       <c r="F738" s="15">
-        <v>139568</v>
+        <v>13799</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="13">
         <v>733</v>
       </c>
       <c r="B739" s="16" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="C739" s="17" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D739" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E739" s="15">
-        <v>38535.245901639</v>
+        <v>20540.163934426</v>
       </c>
       <c r="F739" s="15">
-        <v>47013</v>
+        <v>25059</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="13">
         <v>734</v>
       </c>
       <c r="B740" s="16" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="C740" s="17" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="D740" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E740" s="15">
-        <v>25740.163934426</v>
+        <v>9230.3278688525</v>
       </c>
       <c r="F740" s="15">
-        <v>31403</v>
+        <v>11261</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="13">
         <v>735</v>
       </c>
       <c r="B741" s="16" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="C741" s="17" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="D741" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E741" s="15">
-        <v>32013.114754098</v>
+        <v>14040.163934426</v>
       </c>
       <c r="F741" s="15">
-        <v>39056</v>
+        <v>17129</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="13">
         <v>736</v>
       </c>
       <c r="B742" s="16" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="C742" s="17" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="D742" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E742" s="15">
-        <v>29229.508196721</v>
+        <v>16477.868852459</v>
       </c>
       <c r="F742" s="15">
-        <v>35660</v>
+        <v>20103</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="13">
         <v>737</v>
       </c>
       <c r="B743" s="16" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="C743" s="17" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="D743" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E743" s="15">
-        <v>38545.081967213</v>
+        <v>14052.459016393</v>
       </c>
       <c r="F743" s="15">
-        <v>47025</v>
+        <v>17144</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="13">
         <v>738</v>
       </c>
       <c r="B744" s="16" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="C744" s="17" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="D744" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E744" s="15">
-        <v>42142.62295082</v>
+        <v>16477.868852459</v>
       </c>
       <c r="F744" s="15">
-        <v>51414</v>
+        <v>20103</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="13">
         <v>739</v>
       </c>
       <c r="B745" s="16" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="C745" s="17" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="D745" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E745" s="15">
-        <v>45045.081967213</v>
+        <v>10357.37704918</v>
       </c>
       <c r="F745" s="15">
-        <v>54955</v>
+        <v>12636</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="13">
         <v>740</v>
       </c>
       <c r="B746" s="16" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="C746" s="17" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D746" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E746" s="15">
-        <v>38545.081967213</v>
+        <v>15990.163934426</v>
       </c>
       <c r="F746" s="15">
-        <v>47025</v>
+        <v>19508</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="13">
         <v>741</v>
       </c>
       <c r="B747" s="16" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="C747" s="17" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="D747" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E747" s="15">
-        <v>42142.62295082</v>
+        <v>17030.327868852</v>
       </c>
       <c r="F747" s="15">
-        <v>51414</v>
+        <v>20777</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="13">
         <v>742</v>
       </c>
       <c r="B748" s="16" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="C748" s="17" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="D748" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E748" s="15">
-        <v>45045.081967213</v>
+        <v>17030.327868852</v>
       </c>
       <c r="F748" s="15">
-        <v>54955</v>
+        <v>20777</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="13">
         <v>743</v>
       </c>
       <c r="B749" s="16" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="C749" s="17" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="D749" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E749" s="15">
-        <v>33269.672131148</v>
+        <v>17030.327868852</v>
       </c>
       <c r="F749" s="15">
-        <v>40589</v>
+        <v>20777</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="13">
         <v>744</v>
       </c>
       <c r="B750" s="16" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="C750" s="17" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="D750" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E750" s="15">
-        <v>36650.0</v>
+        <v>25220.491803279</v>
       </c>
       <c r="F750" s="15">
-        <v>44713</v>
+        <v>30769</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="13">
         <v>745</v>
       </c>
       <c r="B751" s="16" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="C751" s="17" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="D751" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E751" s="15">
-        <v>6164.7540983607</v>
+        <v>25350.0</v>
       </c>
       <c r="F751" s="15">
-        <v>7521</v>
+        <v>30927</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="13">
         <v>746</v>
       </c>
       <c r="B752" s="16" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="C752" s="17" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="D752" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E752" s="15">
-        <v>1300.0</v>
+        <v>25350.0</v>
       </c>
       <c r="F752" s="15">
-        <v>1586</v>
+        <v>30927</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="13">
         <v>747</v>
       </c>
       <c r="B753" s="16" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="C753" s="17" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="D753" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E753" s="15">
-        <v>1335.2459016393</v>
+        <v>25350.0</v>
       </c>
       <c r="F753" s="15">
-        <v>1629</v>
+        <v>30927</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="13">
         <v>748</v>
       </c>
       <c r="B754" s="16" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="C754" s="17" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="D754" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E754" s="15">
-        <v>69880.327868852</v>
+        <v>29109.836065574</v>
       </c>
       <c r="F754" s="15">
-        <v>85254</v>
+        <v>35514</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="13">
         <v>749</v>
       </c>
       <c r="B755" s="16" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="C755" s="17" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="D755" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E755" s="15">
-        <v>75838.524590164</v>
+        <v>98280.327868852</v>
       </c>
       <c r="F755" s="15">
-        <v>92523</v>
+        <v>119902</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="13">
         <v>750</v>
       </c>
       <c r="B756" s="16" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="C756" s="17" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="D756" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E756" s="15">
-        <v>73455.737704918</v>
+        <v>114400.0</v>
       </c>
       <c r="F756" s="15">
-        <v>89616</v>
+        <v>139568</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="13">
         <v>751</v>
       </c>
       <c r="B757" s="16" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="C757" s="17" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="D757" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E757" s="15">
-        <v>79413.114754098</v>
+        <v>38535.245901639</v>
       </c>
       <c r="F757" s="15">
-        <v>96884</v>
+        <v>47013</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="13">
         <v>752</v>
       </c>
       <c r="B758" s="16" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C758" s="17" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="D758" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E758" s="15">
-        <v>71071.31147541</v>
+        <v>25740.163934426</v>
       </c>
       <c r="F758" s="15">
-        <v>86707</v>
+        <v>31403</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="13">
         <v>753</v>
       </c>
       <c r="B759" s="16" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="C759" s="17" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="D759" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E759" s="15">
-        <v>77030.327868852</v>
+        <v>32013.114754098</v>
       </c>
       <c r="F759" s="15">
-        <v>93977</v>
+        <v>39056</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="13">
         <v>754</v>
       </c>
       <c r="B760" s="16" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="C760" s="17" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="D760" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E760" s="15">
-        <v>74646.721311475</v>
+        <v>29229.508196721</v>
       </c>
       <c r="F760" s="15">
-        <v>91069</v>
+        <v>35660</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="13">
         <v>755</v>
       </c>
       <c r="B761" s="16" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="C761" s="17" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="D761" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E761" s="15">
-        <v>80605.737704918</v>
+        <v>38545.081967213</v>
       </c>
       <c r="F761" s="15">
-        <v>98339</v>
+        <v>47025</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="13">
         <v>756</v>
       </c>
       <c r="B762" s="16" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="C762" s="17" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="D762" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E762" s="15">
-        <v>1268.0327868852</v>
+        <v>42142.62295082</v>
       </c>
       <c r="F762" s="15">
-        <v>1547</v>
+        <v>51414</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="13">
         <v>757</v>
       </c>
       <c r="B763" s="16" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="C763" s="17" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="D763" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E763" s="15">
-        <v>10427.868852459</v>
+        <v>45045.081967213</v>
       </c>
       <c r="F763" s="15">
-        <v>12722</v>
+        <v>54955</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="13">
         <v>758</v>
       </c>
       <c r="B764" s="16" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="C764" s="17" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="D764" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E764" s="15">
-        <v>3457.3770491803</v>
+        <v>38545.081967213</v>
       </c>
       <c r="F764" s="15">
-        <v>4218</v>
+        <v>47025</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="13">
         <v>759</v>
       </c>
       <c r="B765" s="16" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="C765" s="17" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="D765" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E765" s="15">
-        <v>2963.1147540984</v>
+        <v>42142.62295082</v>
       </c>
       <c r="F765" s="15">
-        <v>3615</v>
+        <v>51414</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="13">
         <v>760</v>
       </c>
       <c r="B766" s="16" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="C766" s="17" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="D766" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E766" s="15">
-        <v>1680.3278688525</v>
+        <v>45045.081967213</v>
       </c>
       <c r="F766" s="15">
-        <v>2050</v>
+        <v>54955</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="13">
         <v>761</v>
       </c>
       <c r="B767" s="16" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="C767" s="17" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="D767" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E767" s="15">
-        <v>2697.5409836066</v>
+        <v>33269.672131148</v>
       </c>
       <c r="F767" s="15">
-        <v>3291</v>
+        <v>40589</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="13">
         <v>762</v>
       </c>
       <c r="B768" s="16" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="C768" s="17" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="D768" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E768" s="15">
-        <v>4810.6557377049</v>
+        <v>36650.0</v>
       </c>
       <c r="F768" s="15">
-        <v>5869</v>
+        <v>44713</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="13">
         <v>763</v>
       </c>
       <c r="B769" s="16" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="C769" s="17" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="D769" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E769" s="15">
-        <v>2124.5901639344</v>
+        <v>6164.7540983607</v>
       </c>
       <c r="F769" s="15">
-        <v>2592</v>
+        <v>7521</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="13">
         <v>764</v>
       </c>
       <c r="B770" s="16" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="C770" s="17" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D770" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E770" s="15">
-        <v>2135.2459016393</v>
+        <v>1300.0</v>
       </c>
       <c r="F770" s="15">
-        <v>2605</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="13">
         <v>765</v>
       </c>
       <c r="B771" s="16" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="C771" s="17" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="D771" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E771" s="15">
-        <v>2422.131147541</v>
+        <v>1335.2459016393</v>
       </c>
       <c r="F771" s="15">
-        <v>2955</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="13">
         <v>766</v>
       </c>
       <c r="B772" s="16" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="C772" s="17" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="D772" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E772" s="15">
-        <v>3432.7868852459</v>
+        <v>69880.327868852</v>
       </c>
       <c r="F772" s="15">
-        <v>4188</v>
+        <v>85254</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="13">
         <v>767</v>
       </c>
       <c r="B773" s="16" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="C773" s="17" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="D773" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E773" s="15">
-        <v>3432.7868852459</v>
+        <v>75838.524590164</v>
       </c>
       <c r="F773" s="15">
-        <v>4188</v>
+        <v>92523</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="13">
         <v>768</v>
       </c>
       <c r="B774" s="16" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="C774" s="17" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="D774" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E774" s="15">
-        <v>1755.737704918</v>
+        <v>73455.737704918</v>
       </c>
       <c r="F774" s="15">
-        <v>2142</v>
+        <v>89616</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="13">
         <v>769</v>
       </c>
       <c r="B775" s="16" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="C775" s="17" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="D775" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E775" s="15">
-        <v>1430.3278688525</v>
+        <v>79413.114754098</v>
       </c>
       <c r="F775" s="15">
-        <v>1745</v>
+        <v>96884</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="13">
         <v>770</v>
       </c>
       <c r="B776" s="16" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="C776" s="17" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D776" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E776" s="15">
-        <v>2495.0819672131</v>
+        <v>71071.31147541</v>
       </c>
       <c r="F776" s="15">
-        <v>3044</v>
+        <v>86707</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="13">
         <v>771</v>
       </c>
       <c r="B777" s="16" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="C777" s="17" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="D777" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E777" s="15">
-        <v>2495.0819672131</v>
+        <v>77030.327868852</v>
       </c>
       <c r="F777" s="15">
-        <v>3044</v>
+        <v>93977</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="13">
         <v>772</v>
       </c>
       <c r="B778" s="16" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="C778" s="17" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="D778" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E778" s="15">
-        <v>2495.0819672131</v>
+        <v>74646.721311475</v>
       </c>
       <c r="F778" s="15">
-        <v>3044</v>
+        <v>91069</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="13">
         <v>773</v>
       </c>
       <c r="B779" s="16" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="C779" s="17" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D779" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E779" s="15">
-        <v>2495.0819672131</v>
+        <v>80605.737704918</v>
       </c>
       <c r="F779" s="15">
-        <v>3044</v>
+        <v>98339</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="13">
         <v>774</v>
       </c>
       <c r="B780" s="16" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="C780" s="17" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="D780" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E780" s="15">
-        <v>2495.0819672131</v>
+        <v>1268.0327868852</v>
       </c>
       <c r="F780" s="15">
-        <v>3044</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="13">
         <v>775</v>
       </c>
       <c r="B781" s="16" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="C781" s="17" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="D781" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E781" s="15">
-        <v>2495.0819672131</v>
+        <v>10427.868852459</v>
       </c>
       <c r="F781" s="15">
-        <v>3044</v>
+        <v>12722</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="13">
         <v>776</v>
       </c>
       <c r="B782" s="16" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="C782" s="17" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="D782" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E782" s="15">
-        <v>2495.0819672131</v>
+        <v>3457.3770491803</v>
       </c>
       <c r="F782" s="15">
-        <v>3044</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="13">
         <v>777</v>
       </c>
       <c r="B783" s="16" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="C783" s="17" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="D783" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E783" s="15">
-        <v>2495.0819672131</v>
+        <v>2963.1147540984</v>
       </c>
       <c r="F783" s="15">
-        <v>3044</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="13">
         <v>778</v>
       </c>
       <c r="B784" s="16" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="C784" s="17" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="D784" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E784" s="15">
-        <v>1972.131147541</v>
+        <v>1680.3278688525</v>
       </c>
       <c r="F784" s="15">
-        <v>2406</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="13">
         <v>779</v>
       </c>
       <c r="B785" s="16" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="C785" s="17" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="D785" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E785" s="15">
-        <v>1972.131147541</v>
+        <v>2697.5409836066</v>
       </c>
       <c r="F785" s="15">
-        <v>2406</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="13">
         <v>780</v>
       </c>
       <c r="B786" s="16" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="C786" s="17" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="D786" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E786" s="15">
-        <v>1972.131147541</v>
+        <v>4810.6557377049</v>
       </c>
       <c r="F786" s="15">
-        <v>2406</v>
+        <v>5869</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="13">
         <v>781</v>
       </c>
       <c r="B787" s="16" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="C787" s="17" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="D787" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E787" s="15">
-        <v>1972.131147541</v>
+        <v>2124.5901639344</v>
       </c>
       <c r="F787" s="15">
-        <v>2406</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="13">
         <v>782</v>
       </c>
       <c r="B788" s="16" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="C788" s="17" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="D788" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E788" s="15">
-        <v>1972.131147541</v>
+        <v>2135.2459016393</v>
       </c>
       <c r="F788" s="15">
-        <v>2406</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="13">
         <v>783</v>
       </c>
       <c r="B789" s="16" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="C789" s="17" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="D789" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E789" s="15">
-        <v>1972.131147541</v>
+        <v>2422.131147541</v>
       </c>
       <c r="F789" s="15">
-        <v>2406</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="13">
         <v>784</v>
       </c>
       <c r="B790" s="16" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="C790" s="17" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="D790" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E790" s="15">
-        <v>1972.131147541</v>
+        <v>3432.7868852459</v>
       </c>
       <c r="F790" s="15">
-        <v>2406</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="13">
         <v>785</v>
       </c>
       <c r="B791" s="16" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="C791" s="17" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="D791" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E791" s="15">
-        <v>1972.131147541</v>
+        <v>3432.7868852459</v>
       </c>
       <c r="F791" s="15">
-        <v>2406</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="13">
         <v>786</v>
       </c>
       <c r="B792" s="16" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="C792" s="17" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="D792" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E792" s="15">
-        <v>1972.131147541</v>
+        <v>1755.737704918</v>
       </c>
       <c r="F792" s="15">
-        <v>2406</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="13">
         <v>787</v>
       </c>
       <c r="B793" s="16" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="C793" s="17" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="D793" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E793" s="15">
-        <v>1972.131147541</v>
+        <v>1430.3278688525</v>
       </c>
       <c r="F793" s="15">
-        <v>2406</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="13">
         <v>788</v>
       </c>
       <c r="B794" s="16" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="C794" s="17" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="D794" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E794" s="15">
-        <v>7517.2131147541</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F794" s="15">
-        <v>9171</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="13">
         <v>789</v>
       </c>
       <c r="B795" s="16" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="C795" s="17" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="D795" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E795" s="15">
-        <v>7517.2131147541</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F795" s="15">
-        <v>9171</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="13">
         <v>790</v>
       </c>
       <c r="B796" s="16" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="C796" s="17" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="D796" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E796" s="15">
-        <v>3029.5081967213</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F796" s="15">
-        <v>3696</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="13">
         <v>791</v>
       </c>
       <c r="B797" s="16" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="C797" s="17" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="D797" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E797" s="15">
-        <v>2436.8852459016</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F797" s="15">
-        <v>2973</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="13">
         <v>792</v>
       </c>
       <c r="B798" s="16" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="C798" s="17" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="D798" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E798" s="15">
-        <v>2687.7049180328</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F798" s="15">
-        <v>3279</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="13">
         <v>793</v>
       </c>
       <c r="B799" s="16" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="C799" s="17" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="D799" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E799" s="15">
-        <v>2503.2786885246</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F799" s="15">
-        <v>3054</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="13">
         <v>794</v>
       </c>
       <c r="B800" s="16" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="C800" s="17" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="D800" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E800" s="15">
-        <v>1716.393442623</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F800" s="15">
-        <v>2094</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="13">
         <v>795</v>
       </c>
       <c r="B801" s="16" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="C801" s="17" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="D801" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E801" s="15">
-        <v>1633.606557377</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F801" s="15">
-        <v>1993</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="13">
         <v>796</v>
       </c>
       <c r="B802" s="16" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="C802" s="17" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="D802" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E802" s="15">
-        <v>1559.0163934426</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F802" s="15">
-        <v>1902</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="13">
         <v>797</v>
       </c>
       <c r="B803" s="16" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="C803" s="17" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="D803" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E803" s="15">
-        <v>9984.4262295082</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F803" s="15">
-        <v>12181</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="13">
         <v>798</v>
       </c>
       <c r="B804" s="16" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="C804" s="17" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="D804" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E804" s="15">
-        <v>2872.131147541</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F804" s="15">
-        <v>3504</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="13">
         <v>799</v>
       </c>
       <c r="B805" s="16" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="C805" s="17" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="D805" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E805" s="15">
-        <v>93015.573770492</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F805" s="15">
-        <v>113479</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="13">
         <v>800</v>
       </c>
       <c r="B806" s="16" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="C806" s="17" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="D806" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E806" s="15">
-        <v>125959.83606557</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F806" s="15">
-        <v>153671</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="13">
         <v>801</v>
       </c>
       <c r="B807" s="16" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="C807" s="17" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="D807" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E807" s="15">
-        <v>145595.08196721</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F807" s="15">
-        <v>177626</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="13">
         <v>802</v>
       </c>
       <c r="B808" s="16" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="C808" s="17" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="D808" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E808" s="15">
-        <v>3968.0327868852</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F808" s="15">
-        <v>4841</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="13">
         <v>803</v>
       </c>
       <c r="B809" s="16" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="C809" s="17" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="D809" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E809" s="15">
-        <v>2399.1803278689</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F809" s="15">
-        <v>2927</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="13">
         <v>804</v>
       </c>
       <c r="B810" s="16" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="C810" s="17" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="D810" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E810" s="15">
-        <v>2688.5245901639</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F810" s="15">
-        <v>3280</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="13">
         <v>805</v>
       </c>
       <c r="B811" s="16" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="C811" s="17" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="D811" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E811" s="15">
-        <v>3000.0</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F811" s="15">
-        <v>3660</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="13">
         <v>806</v>
       </c>
       <c r="B812" s="16" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="C812" s="17" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="D812" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E812" s="15">
-        <v>737534.42622951</v>
+        <v>7517.2131147541</v>
       </c>
       <c r="F812" s="15">
-        <v>899792</v>
+        <v>9171</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="13">
         <v>807</v>
       </c>
       <c r="B813" s="16" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="C813" s="17" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="D813" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E813" s="15">
-        <v>833084.42622951</v>
+        <v>7517.2131147541</v>
       </c>
       <c r="F813" s="15">
-        <v>1016363</v>
+        <v>9171</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="13">
         <v>808</v>
       </c>
       <c r="B814" s="16" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="C814" s="17" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="D814" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E814" s="15">
-        <v>897325.40983607</v>
+        <v>3029.5081967213</v>
       </c>
       <c r="F814" s="15">
-        <v>1094737</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="13">
         <v>809</v>
       </c>
       <c r="B815" s="16" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="C815" s="17" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="D815" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E815" s="15">
-        <v>992875.40983607</v>
+        <v>2436.8852459016</v>
       </c>
       <c r="F815" s="15">
-        <v>1211308</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="13">
         <v>810</v>
       </c>
       <c r="B816" s="16" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="C816" s="17" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="D816" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E816" s="15">
-        <v>897383.60655738</v>
+        <v>2687.7049180328</v>
       </c>
       <c r="F816" s="15">
-        <v>1094808</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="13">
         <v>811</v>
       </c>
       <c r="B817" s="16" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="C817" s="17" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="D817" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E817" s="15">
-        <v>877609.83606557</v>
+        <v>2503.2786885246</v>
       </c>
       <c r="F817" s="15">
-        <v>1070684</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="13">
         <v>812</v>
       </c>
       <c r="B818" s="16" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="C818" s="17" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="D818" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E818" s="15">
-        <v>459334.42622951</v>
+        <v>1716.393442623</v>
       </c>
       <c r="F818" s="15">
-        <v>560388</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="13">
         <v>813</v>
       </c>
       <c r="B819" s="16" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="C819" s="17" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="D819" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E819" s="15">
-        <v>624511.47540984</v>
+        <v>1633.606557377</v>
       </c>
       <c r="F819" s="15">
-        <v>761904</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="13">
         <v>814</v>
       </c>
       <c r="B820" s="16" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="C820" s="17" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D820" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E820" s="15">
-        <v>672967.21311475</v>
+        <v>1559.0163934426</v>
       </c>
       <c r="F820" s="15">
-        <v>821020</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="13">
         <v>815</v>
       </c>
       <c r="B821" s="16" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="C821" s="17" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="D821" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E821" s="15">
-        <v>768517.21311475</v>
+        <v>9984.4262295082</v>
       </c>
       <c r="F821" s="15">
-        <v>937591</v>
+        <v>12181</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="13">
         <v>816</v>
       </c>
       <c r="B822" s="16" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="C822" s="17" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="D822" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E822" s="15">
-        <v>610133.60655738</v>
+        <v>2872.131147541</v>
       </c>
       <c r="F822" s="15">
-        <v>744363</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="13">
         <v>817</v>
       </c>
       <c r="B823" s="16" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C823" s="17" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="D823" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E823" s="15">
-        <v>715434.42622951</v>
+        <v>93015.573770492</v>
       </c>
       <c r="F823" s="15">
-        <v>872830</v>
+        <v>113479</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="13">
         <v>818</v>
       </c>
       <c r="B824" s="16" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="C824" s="17" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="D824" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E824" s="15">
-        <v>782059.83606557</v>
+        <v>125959.83606557</v>
       </c>
       <c r="F824" s="15">
-        <v>954113</v>
+        <v>153671</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="13">
         <v>819</v>
       </c>
       <c r="B825" s="16" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="C825" s="17" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="D825" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E825" s="15">
-        <v>877609.83606557</v>
+        <v>145595.08196721</v>
       </c>
       <c r="F825" s="15">
-        <v>1070684</v>
+        <v>177626</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="13">
         <v>820</v>
       </c>
       <c r="B826" s="16" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="C826" s="17" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="D826" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E826" s="15">
-        <v>18049.180327869</v>
+        <v>3968.0327868852</v>
       </c>
       <c r="F826" s="15">
-        <v>22020</v>
+        <v>4841</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="13">
         <v>821</v>
       </c>
       <c r="B827" s="16" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="C827" s="17" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="D827" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E827" s="15">
-        <v>16727.868852459</v>
+        <v>2399.1803278689</v>
       </c>
       <c r="F827" s="15">
-        <v>20408</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="13">
         <v>822</v>
       </c>
       <c r="B828" s="16" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="C828" s="17" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="D828" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E828" s="15">
-        <v>11670.491803279</v>
+        <v>2700.0</v>
       </c>
       <c r="F828" s="15">
-        <v>14238</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="13">
         <v>823</v>
       </c>
       <c r="B829" s="16" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="C829" s="17" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="D829" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E829" s="15">
-        <v>14085.245901639</v>
+        <v>3000.0</v>
       </c>
       <c r="F829" s="15">
-        <v>17184</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="13">
         <v>824</v>
       </c>
       <c r="B830" s="16" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="C830" s="17" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="D830" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E830" s="15">
-        <v>18835.245901639</v>
+        <v>737534.42622951</v>
       </c>
       <c r="F830" s="15">
-        <v>22979</v>
+        <v>899792</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="13">
         <v>825</v>
       </c>
       <c r="B831" s="16" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="C831" s="17" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="D831" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E831" s="15">
-        <v>35170.491803279</v>
+        <v>833084.42622951</v>
       </c>
       <c r="F831" s="15">
-        <v>42908</v>
+        <v>1016363</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="13">
         <v>826</v>
       </c>
       <c r="B832" s="16" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="C832" s="17" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="D832" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E832" s="15">
-        <v>45085.245901639</v>
+        <v>897325.40983607</v>
       </c>
       <c r="F832" s="15">
-        <v>55004</v>
+        <v>1094737</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="13">
         <v>827</v>
       </c>
       <c r="B833" s="16" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="C833" s="17" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="D833" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E833" s="15">
-        <v>91000.0</v>
+        <v>992875.40983607</v>
       </c>
       <c r="F833" s="15">
-        <v>111020</v>
+        <v>1211308</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="13">
         <v>828</v>
       </c>
       <c r="B834" s="16" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="C834" s="17" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="D834" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E834" s="15">
-        <v>8667.2131147541</v>
+        <v>897383.60655738</v>
       </c>
       <c r="F834" s="15">
-        <v>10574</v>
+        <v>1094808</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="13">
         <v>829</v>
       </c>
       <c r="B835" s="16" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="C835" s="17" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="D835" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E835" s="15">
-        <v>3155.737704918</v>
+        <v>877609.83606557</v>
       </c>
       <c r="F835" s="15">
-        <v>3850</v>
+        <v>1070684</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="13">
         <v>830</v>
       </c>
       <c r="B836" s="16" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="C836" s="17" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="D836" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E836" s="15">
-        <v>9482.7868852459</v>
+        <v>459334.42622951</v>
       </c>
       <c r="F836" s="15">
-        <v>11569</v>
+        <v>560388</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="13">
         <v>831</v>
       </c>
       <c r="B837" s="16" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="C837" s="17" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="D837" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E837" s="15">
-        <v>15795.081967213</v>
+        <v>624511.47540984</v>
       </c>
       <c r="F837" s="15">
-        <v>19270</v>
+        <v>761904</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="13">
         <v>832</v>
       </c>
       <c r="B838" s="16" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="C838" s="17" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="D838" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E838" s="15">
-        <v>205265.57377049</v>
+        <v>672967.21311475</v>
       </c>
       <c r="F838" s="15">
-        <v>250424</v>
+        <v>821020</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="13">
         <v>833</v>
       </c>
       <c r="B839" s="16" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="C839" s="17" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="D839" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E839" s="15">
-        <v>28401.639344262</v>
+        <v>768517.21311475</v>
       </c>
       <c r="F839" s="15">
-        <v>34650</v>
+        <v>937591</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="13">
         <v>834</v>
       </c>
       <c r="B840" s="16" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="C840" s="17" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="D840" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E840" s="15">
-        <v>53685.245901639</v>
+        <v>610133.60655738</v>
       </c>
       <c r="F840" s="15">
-        <v>65496</v>
+        <v>744363</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="13">
         <v>835</v>
       </c>
       <c r="B841" s="16" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="C841" s="17" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="D841" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E841" s="15">
-        <v>104201.63934426</v>
+        <v>715434.42622951</v>
       </c>
       <c r="F841" s="15">
-        <v>127126</v>
+        <v>872830</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="13">
         <v>836</v>
       </c>
       <c r="B842" s="16" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="C842" s="17" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="D842" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E842" s="15">
-        <v>4735.2459016393</v>
+        <v>782059.83606557</v>
       </c>
       <c r="F842" s="15">
-        <v>5777</v>
+        <v>954113</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="13">
         <v>837</v>
       </c>
       <c r="B843" s="16" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="C843" s="17" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="D843" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E843" s="15">
-        <v>3077.868852459</v>
+        <v>877609.83606557</v>
       </c>
       <c r="F843" s="15">
-        <v>3755</v>
+        <v>1070684</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="13">
         <v>838</v>
       </c>
       <c r="B844" s="16" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="C844" s="17" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="D844" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E844" s="15">
-        <v>3359.8360655738</v>
+        <v>18049.180327869</v>
       </c>
       <c r="F844" s="15">
-        <v>4099</v>
+        <v>22020</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="13">
         <v>839</v>
       </c>
       <c r="B845" s="16" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="C845" s="17" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="D845" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E845" s="15">
-        <v>2376.2295081967</v>
+        <v>16727.868852459</v>
       </c>
       <c r="F845" s="15">
-        <v>2899</v>
+        <v>20408</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="13">
         <v>840</v>
       </c>
       <c r="B846" s="16" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="C846" s="17" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="D846" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E846" s="15">
-        <v>2822.9508196721</v>
+        <v>11670.491803279</v>
       </c>
       <c r="F846" s="15">
-        <v>3444</v>
+        <v>14238</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="13">
         <v>841</v>
       </c>
       <c r="B847" s="16" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="C847" s="17" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="D847" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E847" s="15">
-        <v>4572.131147541</v>
+        <v>14085.245901639</v>
       </c>
       <c r="F847" s="15">
-        <v>5578</v>
+        <v>17184</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="13">
         <v>842</v>
       </c>
       <c r="B848" s="16" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="C848" s="17" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="D848" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E848" s="15">
-        <v>30334.426229508</v>
+        <v>18835.245901639</v>
       </c>
       <c r="F848" s="15">
-        <v>37008</v>
+        <v>22979</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="13">
         <v>843</v>
       </c>
       <c r="B849" s="16" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="C849" s="17" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="D849" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E849" s="15">
-        <v>808335.24590164</v>
+        <v>35170.491803279</v>
       </c>
       <c r="F849" s="15">
-        <v>986169</v>
+        <v>42908</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="13">
         <v>844</v>
       </c>
       <c r="B850" s="16" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="C850" s="17" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="D850" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E850" s="15">
-        <v>21170.491803279</v>
+        <v>45085.245901639</v>
       </c>
       <c r="F850" s="15">
-        <v>25828</v>
+        <v>55004</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="13">
         <v>845</v>
       </c>
       <c r="B851" s="16" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="C851" s="17" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="D851" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E851" s="15">
-        <v>27000.0</v>
+        <v>91000.0</v>
       </c>
       <c r="F851" s="15">
-        <v>32940</v>
+        <v>111020</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="13">
         <v>846</v>
       </c>
       <c r="B852" s="16" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="C852" s="17" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="D852" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E852" s="15">
-        <v>74382.786885246</v>
+        <v>8667.2131147541</v>
       </c>
       <c r="F852" s="15">
-        <v>90747</v>
+        <v>10574</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="13">
         <v>847</v>
       </c>
       <c r="B853" s="16" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="C853" s="17" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="D853" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E853" s="15">
-        <v>76450.0</v>
+        <v>3155.737704918</v>
       </c>
       <c r="F853" s="15">
-        <v>93269</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="13">
         <v>848</v>
       </c>
       <c r="B854" s="16" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="C854" s="17" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="D854" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E854" s="15">
-        <v>76450.0</v>
+        <v>9482.7868852459</v>
       </c>
       <c r="F854" s="15">
-        <v>93269</v>
+        <v>11569</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="13">
         <v>849</v>
       </c>
       <c r="B855" s="16" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="C855" s="17" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="D855" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E855" s="15">
-        <v>79430.327868852</v>
+        <v>15795.081967213</v>
       </c>
       <c r="F855" s="15">
-        <v>96905</v>
+        <v>19270</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="13">
         <v>850</v>
       </c>
       <c r="B856" s="16" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="C856" s="17" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="D856" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E856" s="15">
-        <v>79430.327868852</v>
+        <v>205265.57377049</v>
       </c>
       <c r="F856" s="15">
-        <v>96905</v>
+        <v>250424</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="13">
         <v>851</v>
       </c>
       <c r="B857" s="16" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="C857" s="17" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="D857" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E857" s="15">
-        <v>79430.327868852</v>
+        <v>28401.639344262</v>
       </c>
       <c r="F857" s="15">
-        <v>96905</v>
+        <v>34650</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="13">
         <v>852</v>
       </c>
       <c r="B858" s="16" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="C858" s="17" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="D858" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E858" s="15">
-        <v>81575.409836066</v>
+        <v>53685.245901639</v>
       </c>
       <c r="F858" s="15">
-        <v>99522</v>
+        <v>65496</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="13">
         <v>853</v>
       </c>
       <c r="B859" s="16" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="C859" s="17" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="D859" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E859" s="15">
-        <v>81575.409836066</v>
+        <v>104201.63934426</v>
       </c>
       <c r="F859" s="15">
-        <v>99522</v>
+        <v>127126</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="13">
         <v>854</v>
       </c>
       <c r="B860" s="16" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="C860" s="17" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="D860" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E860" s="15">
-        <v>81575.409836066</v>
+        <v>4735.2459016393</v>
       </c>
       <c r="F860" s="15">
-        <v>99522</v>
+        <v>5777</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="13">
         <v>855</v>
       </c>
       <c r="B861" s="16" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="C861" s="17" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="D861" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E861" s="15">
-        <v>81575.409836066</v>
+        <v>3077.868852459</v>
       </c>
       <c r="F861" s="15">
-        <v>99522</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="13">
         <v>856</v>
       </c>
       <c r="B862" s="16" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="C862" s="17" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="D862" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E862" s="15">
-        <v>81575.409836066</v>
+        <v>3359.8360655738</v>
       </c>
       <c r="F862" s="15">
-        <v>99522</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="13">
         <v>857</v>
       </c>
       <c r="B863" s="16" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="C863" s="17" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="D863" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E863" s="15">
-        <v>81575.409836066</v>
+        <v>2400.0</v>
       </c>
       <c r="F863" s="15">
-        <v>99522</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="13">
         <v>858</v>
       </c>
       <c r="B864" s="16" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="C864" s="17" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="D864" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E864" s="15">
-        <v>53200.0</v>
+        <v>2822.9508196721</v>
       </c>
       <c r="F864" s="15">
-        <v>64904</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="13">
         <v>859</v>
       </c>
       <c r="B865" s="16" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="C865" s="17" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="D865" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E865" s="15">
-        <v>53200.0</v>
+        <v>4572.131147541</v>
       </c>
       <c r="F865" s="15">
-        <v>64904</v>
+        <v>5578</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="13">
         <v>860</v>
       </c>
       <c r="B866" s="16" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="C866" s="17" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="D866" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E866" s="15">
-        <v>53200.0</v>
+        <v>30334.426229508</v>
       </c>
       <c r="F866" s="15">
-        <v>64904</v>
+        <v>37008</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="13">
         <v>861</v>
       </c>
       <c r="B867" s="16" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="C867" s="17" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="D867" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E867" s="15">
-        <v>54205.737704918</v>
+        <v>808335.24590164</v>
       </c>
       <c r="F867" s="15">
-        <v>66131</v>
+        <v>986169</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="13">
         <v>862</v>
       </c>
       <c r="B868" s="16" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="C868" s="17" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="D868" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E868" s="15">
-        <v>54205.737704918</v>
+        <v>21170.491803279</v>
       </c>
       <c r="F868" s="15">
-        <v>66131</v>
+        <v>25828</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="13">
         <v>863</v>
       </c>
       <c r="B869" s="16" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="C869" s="17" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="D869" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E869" s="15">
-        <v>54205.737704918</v>
+        <v>27000.0</v>
       </c>
       <c r="F869" s="15">
-        <v>66131</v>
+        <v>32940</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="13">
         <v>864</v>
       </c>
       <c r="B870" s="16" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="C870" s="17" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="D870" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E870" s="15">
-        <v>54205.737704918</v>
+        <v>69236.06557377</v>
       </c>
       <c r="F870" s="15">
-        <v>66131</v>
+        <v>84468</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="13">
         <v>865</v>
       </c>
       <c r="B871" s="16" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="C871" s="17" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="D871" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E871" s="15">
-        <v>54205.737704918</v>
+        <v>71195.901639344</v>
       </c>
       <c r="F871" s="15">
-        <v>66131</v>
+        <v>86859</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="13">
         <v>866</v>
       </c>
       <c r="B872" s="16" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="C872" s="17" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="D872" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E872" s="15">
-        <v>54205.737704918</v>
+        <v>71195.901639344</v>
       </c>
       <c r="F872" s="15">
-        <v>66131</v>
+        <v>86859</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="13">
         <v>867</v>
       </c>
       <c r="B873" s="16" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="C873" s="17" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="D873" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E873" s="15">
-        <v>1300.0</v>
+        <v>73892.62295082</v>
       </c>
       <c r="F873" s="15">
-        <v>1586</v>
+        <v>90149</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="13">
         <v>868</v>
       </c>
       <c r="B874" s="16" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="C874" s="17" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="D874" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E874" s="15">
-        <v>936.06557377049</v>
+        <v>73892.62295082</v>
       </c>
       <c r="F874" s="15">
-        <v>1142</v>
+        <v>90149</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="13">
         <v>869</v>
       </c>
       <c r="B875" s="16" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="C875" s="17" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="D875" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E875" s="15">
-        <v>936.06557377049</v>
+        <v>73892.62295082</v>
       </c>
       <c r="F875" s="15">
-        <v>1142</v>
+        <v>90149</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="13">
         <v>870</v>
       </c>
       <c r="B876" s="16" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="C876" s="17" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="D876" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E876" s="15">
-        <v>936.06557377049</v>
+        <v>75976.229508197</v>
       </c>
       <c r="F876" s="15">
-        <v>1142</v>
+        <v>92691</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="13">
         <v>871</v>
       </c>
       <c r="B877" s="16" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="C877" s="17" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="D877" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E877" s="15">
-        <v>1075.4098360656</v>
+        <v>75976.229508197</v>
       </c>
       <c r="F877" s="15">
-        <v>1312</v>
+        <v>92691</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="13">
         <v>872</v>
       </c>
       <c r="B878" s="16" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="C878" s="17" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="D878" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E878" s="15">
-        <v>672.13114754098</v>
+        <v>75976.229508197</v>
       </c>
       <c r="F878" s="15">
-        <v>820</v>
+        <v>92691</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="13">
         <v>873</v>
       </c>
       <c r="B879" s="16" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="C879" s="17" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="D879" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E879" s="15">
-        <v>715.5737704918</v>
+        <v>75976.229508197</v>
       </c>
       <c r="F879" s="15">
-        <v>873</v>
+        <v>92691</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="13">
         <v>874</v>
       </c>
       <c r="B880" s="16" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="C880" s="17" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="D880" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E880" s="15">
-        <v>672.13114754098</v>
+        <v>75976.229508197</v>
       </c>
       <c r="F880" s="15">
-        <v>820</v>
+        <v>92691</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="13">
         <v>875</v>
       </c>
       <c r="B881" s="16" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="C881" s="17" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="D881" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E881" s="15">
-        <v>1019.6721311475</v>
+        <v>75976.229508197</v>
       </c>
       <c r="F881" s="15">
-        <v>1244</v>
+        <v>92691</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="13">
         <v>876</v>
       </c>
       <c r="B882" s="16" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="C882" s="17" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="D882" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E882" s="15">
-        <v>809.01639344262</v>
+        <v>49507.37704918</v>
       </c>
       <c r="F882" s="15">
-        <v>987</v>
+        <v>60399</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="13">
         <v>877</v>
       </c>
       <c r="B883" s="16" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="C883" s="17" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="D883" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E883" s="15">
-        <v>1019.6721311475</v>
+        <v>49507.37704918</v>
       </c>
       <c r="F883" s="15">
-        <v>1244</v>
+        <v>60399</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="13">
         <v>878</v>
       </c>
       <c r="B884" s="16" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="C884" s="17" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="D884" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E884" s="15">
-        <v>809.01639344262</v>
+        <v>49507.37704918</v>
       </c>
       <c r="F884" s="15">
-        <v>987</v>
+        <v>60399</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="13">
         <v>879</v>
       </c>
       <c r="B885" s="16" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="C885" s="17" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="D885" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E885" s="15">
-        <v>1019.6721311475</v>
+        <v>50486.885245902</v>
       </c>
       <c r="F885" s="15">
-        <v>1244</v>
+        <v>61594</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="13">
         <v>880</v>
       </c>
       <c r="B886" s="16" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="C886" s="17" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="D886" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E886" s="15">
-        <v>809.01639344262</v>
+        <v>50486.885245902</v>
       </c>
       <c r="F886" s="15">
-        <v>987</v>
+        <v>61594</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="13">
         <v>881</v>
       </c>
       <c r="B887" s="16" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="C887" s="17" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="D887" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E887" s="15">
-        <v>1786.8852459016</v>
+        <v>50486.885245902</v>
       </c>
       <c r="F887" s="15">
-        <v>2180</v>
+        <v>61594</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="13">
         <v>882</v>
       </c>
       <c r="B888" s="16" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="C888" s="17" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="D888" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E888" s="15">
-        <v>970.49180327869</v>
+        <v>50486.885245902</v>
       </c>
       <c r="F888" s="15">
-        <v>1184</v>
+        <v>61594</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="13">
         <v>883</v>
       </c>
       <c r="B889" s="16" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="C889" s="17" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="D889" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E889" s="15">
-        <v>1155.737704918</v>
+        <v>50486.885245902</v>
       </c>
       <c r="F889" s="15">
-        <v>1410</v>
+        <v>61594</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="13">
         <v>884</v>
       </c>
       <c r="B890" s="16" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="C890" s="17" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="D890" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E890" s="15">
-        <v>487981.14754098</v>
+        <v>50486.885245902</v>
       </c>
       <c r="F890" s="15">
-        <v>595337</v>
+        <v>61594</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="13">
         <v>885</v>
       </c>
       <c r="B891" s="16" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="C891" s="17" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="D891" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E891" s="15">
-        <v>103746.72131148</v>
+        <v>1300.0</v>
       </c>
       <c r="F891" s="15">
-        <v>126571</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="13">
         <v>886</v>
       </c>
       <c r="B892" s="16" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="C892" s="17" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="D892" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E892" s="15">
-        <v>158244.26229508</v>
+        <v>936.06557377049</v>
       </c>
       <c r="F892" s="15">
-        <v>193058</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="13">
         <v>887</v>
       </c>
       <c r="B893" s="16" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="C893" s="17" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="D893" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E893" s="15">
-        <v>212741.80327869</v>
+        <v>936.06557377049</v>
       </c>
       <c r="F893" s="15">
-        <v>259545</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="13">
         <v>888</v>
       </c>
       <c r="B894" s="16" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="C894" s="17" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="D894" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E894" s="15">
-        <v>211282.78688525</v>
+        <v>936.06557377049</v>
       </c>
       <c r="F894" s="15">
-        <v>257765</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="13">
         <v>889</v>
       </c>
       <c r="B895" s="16" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="C895" s="17" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D895" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E895" s="15">
-        <v>210281.96721311</v>
+        <v>1075.4098360656</v>
       </c>
       <c r="F895" s="15">
-        <v>256544</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="13">
         <v>890</v>
       </c>
       <c r="B896" s="16" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="C896" s="17" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="D896" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E896" s="15">
-        <v>271357.37704918</v>
+        <v>672.13114754098</v>
       </c>
       <c r="F896" s="15">
-        <v>331056</v>
+        <v>820</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="13">
         <v>891</v>
       </c>
       <c r="B897" s="16" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="C897" s="17" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="D897" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E897" s="15">
-        <v>332832.78688525</v>
+        <v>715.5737704918</v>
       </c>
       <c r="F897" s="15">
-        <v>406056</v>
+        <v>873</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="13">
         <v>892</v>
       </c>
       <c r="B898" s="16" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="C898" s="17" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="D898" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E898" s="15">
-        <v>495023.7704918</v>
+        <v>672.13114754098</v>
       </c>
       <c r="F898" s="15">
-        <v>603929</v>
+        <v>820</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="13">
         <v>893</v>
       </c>
       <c r="B899" s="16" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="C899" s="17" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="D899" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E899" s="15">
-        <v>113308.19672131</v>
+        <v>1019.6721311475</v>
       </c>
       <c r="F899" s="15">
-        <v>138236</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="13">
         <v>894</v>
       </c>
       <c r="B900" s="16" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="C900" s="17" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="D900" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E900" s="15">
-        <v>167804.09836066</v>
+        <v>809.01639344262</v>
       </c>
       <c r="F900" s="15">
-        <v>204721</v>
+        <v>987</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="13">
         <v>895</v>
       </c>
       <c r="B901" s="16" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="C901" s="17" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="D901" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E901" s="15">
-        <v>222306.55737705</v>
+        <v>1019.6721311475</v>
       </c>
       <c r="F901" s="15">
-        <v>271214</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="13">
         <v>896</v>
       </c>
       <c r="B902" s="16" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="C902" s="17" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="D902" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E902" s="15">
-        <v>123452.45901639</v>
+        <v>809.01639344262</v>
       </c>
       <c r="F902" s="15">
-        <v>150612</v>
+        <v>987</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="13">
         <v>897</v>
       </c>
       <c r="B903" s="16" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="C903" s="17" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="D903" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E903" s="15">
-        <v>118447.54098361</v>
+        <v>1019.6721311475</v>
       </c>
       <c r="F903" s="15">
-        <v>144506</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="13">
         <v>898</v>
       </c>
       <c r="B904" s="16" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="C904" s="17" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="D904" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E904" s="15">
-        <v>160918.03278689</v>
+        <v>809.01639344262</v>
       </c>
       <c r="F904" s="15">
-        <v>196320</v>
+        <v>987</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="13">
         <v>899</v>
       </c>
       <c r="B905" s="16" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="C905" s="17" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="D905" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E905" s="15">
-        <v>240998.36065574</v>
+        <v>1786.8852459016</v>
       </c>
       <c r="F905" s="15">
-        <v>294018</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="13">
         <v>900</v>
       </c>
       <c r="B906" s="16" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="C906" s="17" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="D906" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E906" s="15">
-        <v>502171.31147541</v>
+        <v>970.49180327869</v>
       </c>
       <c r="F906" s="15">
-        <v>612649</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="13">
         <v>901</v>
       </c>
       <c r="B907" s="16" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="C907" s="17" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="D907" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E907" s="15">
-        <v>138684.42622951</v>
+        <v>1155.737704918</v>
       </c>
       <c r="F907" s="15">
-        <v>169195</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="13">
         <v>902</v>
       </c>
       <c r="B908" s="16" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="C908" s="17" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="D908" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E908" s="15">
-        <v>193179.50819672</v>
+        <v>391522.95081967</v>
       </c>
       <c r="F908" s="15">
-        <v>235679</v>
+        <v>477658</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="13">
         <v>903</v>
       </c>
       <c r="B909" s="16" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="C909" s="17" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="D909" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E909" s="15">
-        <v>247676.2295082</v>
+        <v>118994.26229508</v>
       </c>
       <c r="F909" s="15">
-        <v>302165</v>
+        <v>145173</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="13">
         <v>904</v>
       </c>
       <c r="B910" s="16" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="C910" s="17" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="D910" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E910" s="15">
-        <v>133104.91803279</v>
+        <v>158319.67213115</v>
       </c>
       <c r="F910" s="15">
-        <v>162388</v>
+        <v>193150</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="13">
         <v>905</v>
       </c>
       <c r="B911" s="16" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="C911" s="17" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="D911" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E911" s="15">
-        <v>130345.08196721</v>
+        <v>197644.26229508</v>
       </c>
       <c r="F911" s="15">
-        <v>159021</v>
+        <v>241126</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="13">
         <v>906</v>
       </c>
       <c r="B912" s="16" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="C912" s="17" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="D912" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E912" s="15">
-        <v>172815.57377049</v>
+        <v>211282.78688525</v>
       </c>
       <c r="F912" s="15">
-        <v>210835</v>
+        <v>257765</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="13">
         <v>907</v>
       </c>
       <c r="B913" s="16" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="C913" s="17" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="D913" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E913" s="15">
-        <v>252895.90163934</v>
+        <v>210281.96721311</v>
       </c>
       <c r="F913" s="15">
-        <v>308533</v>
+        <v>256544</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="13">
         <v>908</v>
       </c>
       <c r="B914" s="16" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="C914" s="17" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="D914" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E914" s="15">
-        <v>514410.6557377</v>
+        <v>271357.37704918</v>
       </c>
       <c r="F914" s="15">
-        <v>627581</v>
+        <v>331056</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="13">
         <v>909</v>
       </c>
       <c r="B915" s="16" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="C915" s="17" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="D915" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E915" s="15">
-        <v>162883.60655738</v>
+        <v>332832.78688525</v>
       </c>
       <c r="F915" s="15">
-        <v>198718</v>
+        <v>406056</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="13">
         <v>910</v>
       </c>
       <c r="B916" s="16" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="C916" s="17" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="D916" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E916" s="15">
-        <v>217386.06557377</v>
+        <v>400522.95081967</v>
       </c>
       <c r="F916" s="15">
-        <v>265211</v>
+        <v>488638</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="13">
         <v>911</v>
       </c>
       <c r="B917" s="16" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="C917" s="17" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="D917" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E917" s="15">
-        <v>271882.78688525</v>
+        <v>126445.90163934</v>
       </c>
       <c r="F917" s="15">
-        <v>331697</v>
+        <v>154264</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="13">
         <v>912</v>
       </c>
       <c r="B918" s="16" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="C918" s="17" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D918" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E918" s="15">
-        <v>140111.47540984</v>
+        <v>165771.31147541</v>
       </c>
       <c r="F918" s="15">
-        <v>170936</v>
+        <v>202241</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="13">
         <v>913</v>
       </c>
       <c r="B919" s="16" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="C919" s="17" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="D919" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E919" s="15">
-        <v>139825.40983607</v>
+        <v>205095.90163934</v>
       </c>
       <c r="F919" s="15">
-        <v>170587</v>
+        <v>250217</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="13">
         <v>914</v>
       </c>
       <c r="B920" s="16" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="C920" s="17" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="D920" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E920" s="15">
-        <v>182296.72131148</v>
+        <v>123452.45901639</v>
       </c>
       <c r="F920" s="15">
-        <v>222402</v>
+        <v>150612</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="13">
         <v>915</v>
       </c>
       <c r="B921" s="16" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="C921" s="17" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="D921" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E921" s="15">
-        <v>262377.04918033</v>
+        <v>118447.54098361</v>
       </c>
       <c r="F921" s="15">
-        <v>320100</v>
+        <v>144506</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="13">
         <v>916</v>
       </c>
       <c r="B922" s="16" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="C922" s="17" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="D922" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E922" s="15">
-        <v>528697.54098361</v>
+        <v>160918.03278689</v>
       </c>
       <c r="F922" s="15">
-        <v>645011</v>
+        <v>196320</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="13">
         <v>917</v>
       </c>
       <c r="B923" s="16" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="C923" s="17" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="D923" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E923" s="15">
-        <v>164918.03278689</v>
+        <v>240998.36065574</v>
       </c>
       <c r="F923" s="15">
-        <v>201200</v>
+        <v>294018</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="13">
         <v>918</v>
       </c>
       <c r="B924" s="16" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="C924" s="17" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="D924" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E924" s="15">
-        <v>219414.75409836</v>
+        <v>422570.49180328</v>
       </c>
       <c r="F924" s="15">
-        <v>267686</v>
+        <v>515536</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="13">
         <v>919</v>
       </c>
       <c r="B925" s="16" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="C925" s="17" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="D925" s="14" t="s">
         <v>607</v>
       </c>
       <c r="E925" s="15">
-        <v>273910.6557377</v>
+        <v>141392.62295082</v>
       </c>
       <c r="F925" s="15">
-        <v>334171</v>
+        <v>172499</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="13">
         <v>920</v>
       </c>
       <c r="B926" s="16" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="C926" s="17" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="D926" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E926" s="15">
-        <v>148906.55737705</v>
+        <v>180717.21311475</v>
       </c>
       <c r="F926" s="15">
-        <v>181666</v>
+        <v>220475</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="13">
         <v>921</v>
       </c>
       <c r="B927" s="16" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C927" s="17" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="D927" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E927" s="15">
-        <v>144130.32786885</v>
+        <v>220042.62295082</v>
       </c>
       <c r="F927" s="15">
-        <v>175839</v>
+        <v>268452</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" s="13">
         <v>922</v>
       </c>
       <c r="B928" s="16" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="C928" s="17" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="D928" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E928" s="15">
-        <v>186600.81967213</v>
+        <v>133104.91803279</v>
       </c>
       <c r="F928" s="15">
-        <v>227653</v>
+        <v>162388</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="A929" s="13">
         <v>923</v>
       </c>
       <c r="B929" s="16" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="C929" s="17" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="D929" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E929" s="15">
-        <v>266681.14754098</v>
+        <v>130345.08196721</v>
       </c>
       <c r="F929" s="15">
-        <v>325351</v>
+        <v>159021</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930" s="13">
         <v>924</v>
       </c>
       <c r="B930" s="16" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C930" s="17" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="D930" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E930" s="15">
-        <v>182668.85245902</v>
+        <v>172815.57377049</v>
       </c>
       <c r="F930" s="15">
-        <v>222856</v>
+        <v>210835</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931" s="13">
         <v>925</v>
       </c>
       <c r="B931" s="16" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="C931" s="17" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="D931" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E931" s="15">
-        <v>182254.09836066</v>
+        <v>252895.90163934</v>
       </c>
       <c r="F931" s="15">
-        <v>222350</v>
+        <v>308533</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932" s="13">
         <v>926</v>
       </c>
       <c r="B932" s="16" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="C932" s="17" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="D932" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E932" s="15">
-        <v>243329.50819672</v>
+        <v>431091.80327869</v>
       </c>
       <c r="F932" s="15">
-        <v>296862</v>
+        <v>525932</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" s="13">
         <v>927</v>
       </c>
       <c r="B933" s="16" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="C933" s="17" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="D933" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E933" s="15">
-        <v>304804.91803279</v>
+        <v>173198.36065574</v>
       </c>
       <c r="F933" s="15">
-        <v>371862</v>
+        <v>211302</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" s="13">
         <v>928</v>
       </c>
       <c r="B934" s="16" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="C934" s="17" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="D934" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E934" s="15">
-        <v>186400.81967213</v>
+        <v>212522.95081967</v>
       </c>
       <c r="F934" s="15">
-        <v>227409</v>
+        <v>259278</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" s="13">
         <v>929</v>
       </c>
       <c r="B935" s="16" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="C935" s="17" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="D935" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E935" s="15">
-        <v>183683.60655738</v>
+        <v>251848.36065574</v>
       </c>
       <c r="F935" s="15">
-        <v>224094</v>
+        <v>307255</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" s="13">
         <v>930</v>
       </c>
       <c r="B936" s="16" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="C936" s="17" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="D936" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E936" s="15">
-        <v>244759.01639344</v>
+        <v>140111.47540984</v>
       </c>
       <c r="F936" s="15">
-        <v>298606</v>
+        <v>170936</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" s="13">
         <v>931</v>
       </c>
       <c r="B937" s="16" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="C937" s="17" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="D937" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E937" s="15">
-        <v>306235.24590164</v>
+        <v>139825.40983607</v>
       </c>
       <c r="F937" s="15">
-        <v>373607</v>
+        <v>170587</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" s="13">
         <v>932</v>
       </c>
       <c r="B938" s="16" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="C938" s="17" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="D938" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E938" s="15">
-        <v>127508.19672131</v>
+        <v>182296.72131148</v>
       </c>
       <c r="F938" s="15">
-        <v>155560</v>
+        <v>222402</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" s="13">
         <v>933</v>
       </c>
       <c r="B939" s="16" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="C939" s="17" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="D939" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E939" s="15">
-        <v>163258.19672131</v>
+        <v>262377.04918033</v>
       </c>
       <c r="F939" s="15">
-        <v>199175</v>
+        <v>320100</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" s="13">
         <v>934</v>
       </c>
       <c r="B940" s="16" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="C940" s="17" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D940" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E940" s="15">
-        <v>183755.73770492</v>
+        <v>475187.70491803</v>
       </c>
       <c r="F940" s="15">
-        <v>224182</v>
+        <v>579729</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" s="13">
         <v>935</v>
       </c>
       <c r="B941" s="16" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="C941" s="17" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="D941" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E941" s="15">
-        <v>168740.16393443</v>
+        <v>177065.57377049</v>
       </c>
       <c r="F941" s="15">
-        <v>205863</v>
+        <v>216020</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" s="13">
         <v>936</v>
       </c>
       <c r="B942" s="16" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="C942" s="17" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="D942" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E942" s="15">
-        <v>807.37704918033</v>
+        <v>216390.98360656</v>
       </c>
       <c r="F942" s="15">
-        <v>985</v>
+        <v>263997</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" s="13">
         <v>937</v>
       </c>
       <c r="B943" s="16" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="C943" s="17" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="D943" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E943" s="15">
-        <v>23184.426229508</v>
+        <v>255715.57377049</v>
       </c>
       <c r="F943" s="15">
-        <v>28285</v>
+        <v>311973</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" s="13">
         <v>938</v>
       </c>
       <c r="B944" s="16" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="C944" s="17" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="D944" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E944" s="15">
-        <v>8039.3442622951</v>
+        <v>148906.55737705</v>
       </c>
       <c r="F944" s="15">
-        <v>9808</v>
+        <v>181666</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" s="13">
         <v>939</v>
       </c>
       <c r="B945" s="16" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="C945" s="17" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="D945" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E945" s="15">
-        <v>81331.967213115</v>
+        <v>144130.32786885</v>
       </c>
       <c r="F945" s="15">
-        <v>99225</v>
+        <v>175839</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" s="13">
         <v>940</v>
       </c>
       <c r="B946" s="16" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="C946" s="17" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="D946" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E946" s="15">
-        <v>189832.78688525</v>
+        <v>186600.81967213</v>
       </c>
       <c r="F946" s="15">
-        <v>231596</v>
+        <v>227653</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" s="13">
         <v>941</v>
       </c>
       <c r="B947" s="16" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="C947" s="17" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="D947" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E947" s="15">
-        <v>55413.114754098</v>
+        <v>266681.14754098</v>
       </c>
       <c r="F947" s="15">
-        <v>67604</v>
+        <v>325351</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" s="13">
         <v>942</v>
       </c>
       <c r="B948" s="16" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="C948" s="17" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="D948" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E948" s="15">
-        <v>28709.836065574</v>
+        <v>182668.85245902</v>
       </c>
       <c r="F948" s="15">
-        <v>35026</v>
+        <v>222856</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" s="13">
         <v>943</v>
       </c>
       <c r="B949" s="16" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="C949" s="17" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="D949" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E949" s="15">
-        <v>29913.114754098</v>
+        <v>182254.09836066</v>
       </c>
       <c r="F949" s="15">
-        <v>36494</v>
+        <v>222350</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" s="13">
         <v>944</v>
       </c>
       <c r="B950" s="16" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="C950" s="17" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="D950" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E950" s="15">
-        <v>33350.819672131</v>
+        <v>243329.50819672</v>
       </c>
       <c r="F950" s="15">
-        <v>40688</v>
+        <v>296862</v>
       </c>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" s="13">
         <v>945</v>
       </c>
       <c r="B951" s="16" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="C951" s="17" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="D951" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E951" s="15">
-        <v>131812.29508197</v>
+        <v>304804.91803279</v>
       </c>
       <c r="F951" s="15">
-        <v>160811</v>
+        <v>371862</v>
       </c>
     </row>
     <row r="952" spans="1:6">
       <c r="A952" s="13">
         <v>946</v>
       </c>
       <c r="B952" s="16" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="C952" s="17" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="D952" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E952" s="15">
-        <v>54390.983606557</v>
+        <v>186400.81967213</v>
       </c>
       <c r="F952" s="15">
-        <v>66357</v>
+        <v>227409</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="A953" s="13">
         <v>947</v>
       </c>
       <c r="B953" s="16" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="C953" s="17" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="D953" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E953" s="15">
-        <v>27695.901639344</v>
+        <v>183683.60655738</v>
       </c>
       <c r="F953" s="15">
-        <v>33789</v>
+        <v>224094</v>
       </c>
     </row>
     <row r="954" spans="1:6">
       <c r="A954" s="13">
         <v>948</v>
       </c>
       <c r="B954" s="16" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="C954" s="17" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="D954" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E954" s="15">
-        <v>74880.327868852</v>
+        <v>244759.01639344</v>
       </c>
       <c r="F954" s="15">
-        <v>91354</v>
+        <v>298606</v>
       </c>
     </row>
     <row r="955" spans="1:6">
       <c r="A955" s="13">
         <v>949</v>
       </c>
       <c r="B955" s="16" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="C955" s="17" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="D955" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E955" s="15">
-        <v>67901.639344262</v>
+        <v>306235.24590164</v>
       </c>
       <c r="F955" s="15">
-        <v>82840</v>
+        <v>373607</v>
       </c>
     </row>
     <row r="956" spans="1:6">
       <c r="A956" s="13">
         <v>950</v>
       </c>
       <c r="B956" s="16" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="C956" s="17" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="D956" s="14" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="E956" s="15">
-        <v>44092.62295082</v>
+        <v>127508.19672131</v>
       </c>
       <c r="F956" s="15">
-        <v>53793</v>
+        <v>155560</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957" s="13">
         <v>951</v>
       </c>
       <c r="B957" s="16" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="C957" s="17" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="D957" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E957" s="15">
-        <v>23075.409836066</v>
+        <v>163258.19672131</v>
       </c>
       <c r="F957" s="15">
-        <v>28152</v>
+        <v>199175</v>
       </c>
     </row>
     <row r="958" spans="1:6">
       <c r="A958" s="13">
         <v>952</v>
       </c>
       <c r="B958" s="16" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="C958" s="17" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="D958" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E958" s="15">
-        <v>24722.131147541</v>
+        <v>183755.73770492</v>
       </c>
       <c r="F958" s="15">
-        <v>30161</v>
+        <v>224182</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="A959" s="13">
         <v>953</v>
       </c>
       <c r="B959" s="16" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="C959" s="17" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="D959" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E959" s="15">
-        <v>25827.868852459</v>
+        <v>168740.16393443</v>
       </c>
       <c r="F959" s="15">
-        <v>31510</v>
+        <v>205863</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="A960" s="13">
         <v>954</v>
       </c>
       <c r="B960" s="16" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="C960" s="17" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="D960" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E960" s="15">
-        <v>26314.754098361</v>
+        <v>807.37704918033</v>
       </c>
       <c r="F960" s="15">
-        <v>32104</v>
+        <v>985</v>
       </c>
     </row>
     <row r="961" spans="1:6">
       <c r="A961" s="13">
         <v>955</v>
       </c>
       <c r="B961" s="16" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="C961" s="17" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="D961" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E961" s="15">
-        <v>28437.704918033</v>
+        <v>23184.426229508</v>
       </c>
       <c r="F961" s="15">
-        <v>34694</v>
+        <v>28285</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="A962" s="13">
         <v>956</v>
       </c>
       <c r="B962" s="16" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="C962" s="17" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="D962" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E962" s="15">
-        <v>29705.737704918</v>
+        <v>8039.3442622951</v>
       </c>
       <c r="F962" s="15">
-        <v>36241</v>
+        <v>9808</v>
       </c>
     </row>
     <row r="963" spans="1:6">
       <c r="A963" s="13">
         <v>957</v>
       </c>
       <c r="B963" s="16" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="C963" s="17" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="D963" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E963" s="15">
-        <v>23064.754098361</v>
+        <v>81331.967213115</v>
       </c>
       <c r="F963" s="15">
-        <v>28139</v>
+        <v>99225</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964" s="13">
         <v>958</v>
       </c>
       <c r="B964" s="16" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="C964" s="17" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="D964" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E964" s="15">
-        <v>23172.950819672</v>
+        <v>189832.78688525</v>
       </c>
       <c r="F964" s="15">
-        <v>28271</v>
+        <v>231596</v>
       </c>
     </row>
     <row r="965" spans="1:6">
       <c r="A965" s="13">
         <v>959</v>
       </c>
       <c r="B965" s="16" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="C965" s="17" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="D965" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E965" s="15">
-        <v>24722.131147541</v>
+        <v>55413.114754098</v>
       </c>
       <c r="F965" s="15">
-        <v>30161</v>
+        <v>67604</v>
       </c>
     </row>
     <row r="966" spans="1:6">
       <c r="A966" s="13">
         <v>960</v>
       </c>
       <c r="B966" s="16" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="C966" s="17" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="D966" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E966" s="15">
-        <v>24830.327868852</v>
+        <v>28709.836065574</v>
       </c>
       <c r="F966" s="15">
-        <v>30293</v>
+        <v>35026</v>
       </c>
     </row>
     <row r="967" spans="1:6">
       <c r="A967" s="13">
         <v>961</v>
       </c>
       <c r="B967" s="16" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="C967" s="17" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="D967" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E967" s="15">
-        <v>25827.868852459</v>
+        <v>29913.114754098</v>
       </c>
       <c r="F967" s="15">
-        <v>31510</v>
+        <v>36494</v>
       </c>
     </row>
     <row r="968" spans="1:6">
       <c r="A968" s="13">
         <v>962</v>
       </c>
       <c r="B968" s="16" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="C968" s="17" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="D968" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E968" s="15">
-        <v>25935.245901639</v>
+        <v>33350.819672131</v>
       </c>
       <c r="F968" s="15">
-        <v>31641</v>
+        <v>40688</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969" s="13">
         <v>963</v>
       </c>
       <c r="B969" s="16" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="C969" s="17" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="D969" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E969" s="15">
-        <v>26531.967213115</v>
+        <v>131812.29508197</v>
       </c>
       <c r="F969" s="15">
-        <v>32369</v>
+        <v>160811</v>
       </c>
     </row>
     <row r="970" spans="1:6">
       <c r="A970" s="13">
         <v>964</v>
       </c>
       <c r="B970" s="16" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="C970" s="17" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="D970" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E970" s="15">
-        <v>26314.754098361</v>
+        <v>54390.983606557</v>
       </c>
       <c r="F970" s="15">
-        <v>32104</v>
+        <v>66357</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971" s="13">
         <v>965</v>
       </c>
       <c r="B971" s="16" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="C971" s="17" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="D971" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E971" s="15">
-        <v>28654.918032787</v>
+        <v>27695.901639344</v>
       </c>
       <c r="F971" s="15">
-        <v>34959</v>
+        <v>33789</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="A972" s="13">
         <v>966</v>
       </c>
       <c r="B972" s="16" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="C972" s="17" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="D972" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E972" s="15">
-        <v>28437.704918033</v>
+        <v>74880.327868852</v>
       </c>
       <c r="F972" s="15">
-        <v>34694</v>
+        <v>91354</v>
       </c>
     </row>
     <row r="973" spans="1:6">
       <c r="A973" s="13">
         <v>967</v>
       </c>
       <c r="B973" s="16" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="C973" s="17" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="D973" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E973" s="15">
-        <v>29705.737704918</v>
+        <v>67901.639344262</v>
       </c>
       <c r="F973" s="15">
-        <v>36241</v>
+        <v>82840</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974" s="13">
         <v>968</v>
       </c>
       <c r="B974" s="16" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="C974" s="17" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="D974" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E974" s="15">
-        <v>29922.131147541</v>
+        <v>44092.62295082</v>
       </c>
       <c r="F974" s="15">
-        <v>36505</v>
+        <v>53793</v>
       </c>
     </row>
     <row r="975" spans="1:6">
       <c r="A975" s="13">
         <v>969</v>
       </c>
       <c r="B975" s="16" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="C975" s="17" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="D975" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E975" s="15">
+        <v>23075.409836066</v>
+      </c>
+      <c r="F975" s="15">
+        <v>28152</v>
+      </c>
+    </row>
+    <row r="976" spans="1:6">
+      <c r="A976" s="13">
+        <v>970</v>
+      </c>
+      <c r="B976" s="16" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C976" s="17" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D976" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E976" s="15">
+        <v>24722.131147541</v>
+      </c>
+      <c r="F976" s="15">
+        <v>30161</v>
+      </c>
+    </row>
+    <row r="977" spans="1:6">
+      <c r="A977" s="13">
+        <v>971</v>
+      </c>
+      <c r="B977" s="16" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C977" s="17" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D977" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E977" s="15">
+        <v>25827.868852459</v>
+      </c>
+      <c r="F977" s="15">
+        <v>31510</v>
+      </c>
+    </row>
+    <row r="978" spans="1:6">
+      <c r="A978" s="13">
+        <v>972</v>
+      </c>
+      <c r="B978" s="16" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C978" s="17" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D978" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E978" s="15">
+        <v>26314.754098361</v>
+      </c>
+      <c r="F978" s="15">
+        <v>32104</v>
+      </c>
+    </row>
+    <row r="979" spans="1:6">
+      <c r="A979" s="13">
+        <v>973</v>
+      </c>
+      <c r="B979" s="16" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C979" s="17" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D979" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E979" s="15">
+        <v>28437.704918033</v>
+      </c>
+      <c r="F979" s="15">
+        <v>34694</v>
+      </c>
+    </row>
+    <row r="980" spans="1:6">
+      <c r="A980" s="13">
+        <v>974</v>
+      </c>
+      <c r="B980" s="16" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C980" s="17" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D980" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E980" s="15">
+        <v>29705.737704918</v>
+      </c>
+      <c r="F980" s="15">
+        <v>36241</v>
+      </c>
+    </row>
+    <row r="981" spans="1:6">
+      <c r="A981" s="13">
+        <v>975</v>
+      </c>
+      <c r="B981" s="16" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C981" s="17" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D981" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E981" s="15">
+        <v>23064.754098361</v>
+      </c>
+      <c r="F981" s="15">
+        <v>28139</v>
+      </c>
+    </row>
+    <row r="982" spans="1:6">
+      <c r="A982" s="13">
+        <v>976</v>
+      </c>
+      <c r="B982" s="16" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C982" s="17" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D982" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E982" s="15">
+        <v>23172.950819672</v>
+      </c>
+      <c r="F982" s="15">
+        <v>28271</v>
+      </c>
+    </row>
+    <row r="983" spans="1:6">
+      <c r="A983" s="13">
+        <v>977</v>
+      </c>
+      <c r="B983" s="16" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C983" s="17" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D983" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E983" s="15">
+        <v>24722.131147541</v>
+      </c>
+      <c r="F983" s="15">
+        <v>30161</v>
+      </c>
+    </row>
+    <row r="984" spans="1:6">
+      <c r="A984" s="13">
+        <v>978</v>
+      </c>
+      <c r="B984" s="16" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C984" s="17" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D984" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E984" s="15">
+        <v>24830.327868852</v>
+      </c>
+      <c r="F984" s="15">
+        <v>30293</v>
+      </c>
+    </row>
+    <row r="985" spans="1:6">
+      <c r="A985" s="13">
+        <v>979</v>
+      </c>
+      <c r="B985" s="16" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C985" s="17" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D985" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E985" s="15">
+        <v>25827.868852459</v>
+      </c>
+      <c r="F985" s="15">
+        <v>31510</v>
+      </c>
+    </row>
+    <row r="986" spans="1:6">
+      <c r="A986" s="13">
+        <v>980</v>
+      </c>
+      <c r="B986" s="16" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C986" s="17" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D986" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E986" s="15">
+        <v>25935.245901639</v>
+      </c>
+      <c r="F986" s="15">
+        <v>31641</v>
+      </c>
+    </row>
+    <row r="987" spans="1:6">
+      <c r="A987" s="13">
+        <v>981</v>
+      </c>
+      <c r="B987" s="16" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C987" s="17" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D987" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E987" s="15">
+        <v>26531.967213115</v>
+      </c>
+      <c r="F987" s="15">
+        <v>32369</v>
+      </c>
+    </row>
+    <row r="988" spans="1:6">
+      <c r="A988" s="13">
+        <v>982</v>
+      </c>
+      <c r="B988" s="16" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C988" s="17" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D988" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E988" s="15">
+        <v>26314.754098361</v>
+      </c>
+      <c r="F988" s="15">
+        <v>32104</v>
+      </c>
+    </row>
+    <row r="989" spans="1:6">
+      <c r="A989" s="13">
+        <v>983</v>
+      </c>
+      <c r="B989" s="16" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C989" s="17" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D989" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E989" s="15">
+        <v>28654.918032787</v>
+      </c>
+      <c r="F989" s="15">
+        <v>34959</v>
+      </c>
+    </row>
+    <row r="990" spans="1:6">
+      <c r="A990" s="13">
+        <v>984</v>
+      </c>
+      <c r="B990" s="16" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C990" s="17" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D990" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E990" s="15">
+        <v>28437.704918033</v>
+      </c>
+      <c r="F990" s="15">
+        <v>34694</v>
+      </c>
+    </row>
+    <row r="991" spans="1:6">
+      <c r="A991" s="13">
+        <v>985</v>
+      </c>
+      <c r="B991" s="16" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C991" s="17" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D991" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E991" s="15">
+        <v>29705.737704918</v>
+      </c>
+      <c r="F991" s="15">
+        <v>36241</v>
+      </c>
+    </row>
+    <row r="992" spans="1:6">
+      <c r="A992" s="13">
+        <v>986</v>
+      </c>
+      <c r="B992" s="16" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C992" s="17" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D992" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E992" s="15">
+        <v>29922.131147541</v>
+      </c>
+      <c r="F992" s="15">
+        <v>36505</v>
+      </c>
+    </row>
+    <row r="993" spans="1:6">
+      <c r="A993" s="13">
+        <v>987</v>
+      </c>
+      <c r="B993" s="16" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C993" s="17" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D993" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E993" s="15">
         <v>27517.213114754</v>
       </c>
-      <c r="F975" s="15">
+      <c r="F993" s="15">
         <v>33571</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="A4:F4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E2" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.4" right="0.4" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>