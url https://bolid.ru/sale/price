--- v5 (2026-02-04)
+++ v6 (2026-03-05)
@@ -14,65 +14,65 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1990">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1986">
   <si>
     <t>Московская обл.,                                                                        +7 495 775-71-55</t>
   </si>
   <si>
     <t>https://bolid.ru</t>
   </si>
   <si>
     <t>г. Королёв, ул. Пионерская, 4                                               +7 495 902-62-80</t>
   </si>
   <si>
     <t>sales@bolid.ru</t>
   </si>
   <si>
-    <t>Прайс-лист от 04.02.2026</t>
+    <t>Прайс-лист от 06.03.2026</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Ед. изм.</t>
   </si>
   <si>
     <t>Цена
 без НДС</t>
   </si>
   <si>
     <t>Цена
 с НДС</t>
   </si>
   <si>
     <t>99-879-422</t>
   </si>
   <si>
@@ -342,50 +342,56 @@
   <si>
     <t>2-027-626-265</t>
   </si>
   <si>
     <t>Proxy-6EHM-W Считыватель бесконтактный накладной (белый)</t>
   </si>
   <si>
     <t>1-980-483-231</t>
   </si>
   <si>
     <t>Proxy-6EHU-B Считыватель бесконтактный накладной (чёрный)</t>
   </si>
   <si>
     <t>1-979-259-313</t>
   </si>
   <si>
     <t>Proxy-6EHU-G Считыватель бесконтактный накладной (серый)</t>
   </si>
   <si>
     <t>2-025-860-608</t>
   </si>
   <si>
     <t>Proxy-6EHU-W Считыватель бесконтактный накладной (белый)</t>
   </si>
   <si>
+    <t>2-337-017-623</t>
+  </si>
+  <si>
+    <t>Proxy-7E Считыватель бесконтактный</t>
+  </si>
+  <si>
     <t>789-241-989</t>
   </si>
   <si>
     <t>Proxy-KeyAH Считыватель клавиатурный и проксимити карт  EM-Marin. Вандалозащищенный.</t>
   </si>
   <si>
     <t>789-239-288</t>
   </si>
   <si>
     <t>Proxy-KeyAV Считыватель клавиатурный и проксимити карт  EM-Marin. Вандалозащищенный.</t>
   </si>
   <si>
     <t>789-242-203</t>
   </si>
   <si>
     <t>Proxy-KeyMH Считыватель клавиатурный и проксимити карт MIFARE. Вандалозащищенный.</t>
   </si>
   <si>
     <t>789-239-753</t>
   </si>
   <si>
     <t>Proxy-KeyMV Считыватель клавиатурный и проксимити карт MIFARE. Вандалозащищенный.</t>
   </si>
   <si>
     <t>2-168-697-516</t>
@@ -1269,50 +1275,56 @@
   <si>
     <t>2-242-054-896</t>
   </si>
   <si>
     <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-140-01.TK-Ex-4H1 Исп.5</t>
   </si>
   <si>
     <t>1-102-670-022</t>
   </si>
   <si>
     <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-140-01.TK-Ex-4M1 Исп.1</t>
   </si>
   <si>
     <t>1-102-670-320</t>
   </si>
   <si>
     <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-140-01.TK-Ex-4M1 Исп.2</t>
   </si>
   <si>
     <t>1-102-670-511</t>
   </si>
   <si>
     <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-140-01.TK-Ex-4M1 Исп.3</t>
   </si>
   <si>
+    <t>2-242-047-264</t>
+  </si>
+  <si>
+    <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-140-01.TK-Ex-4M1 Исп.4</t>
+  </si>
+  <si>
     <t>2-242-049-835</t>
   </si>
   <si>
     <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-140-01.TK-Ex-4M1 Исп.5</t>
   </si>
   <si>
     <t>1-512-211-668</t>
   </si>
   <si>
     <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-143.TK-Ex-1H2</t>
   </si>
   <si>
     <t>1-512-212-020</t>
   </si>
   <si>
     <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-143.TK-Ex-2A2</t>
   </si>
   <si>
     <t>1-512-212-327</t>
   </si>
   <si>
     <t>Взрывозащищенная  сетевая видеокамера BOLID VCI-143.TK-Ex-2H2</t>
   </si>
   <si>
     <t>2-242-321-303</t>
@@ -2580,56 +2592,50 @@
   <si>
     <t>2-111-927-321</t>
   </si>
   <si>
     <t>Видеосервер ВСЛ-96-208-1</t>
   </si>
   <si>
     <t>2-112-047-495</t>
   </si>
   <si>
     <t>Видеосервер ВСЛ-96-208-1М</t>
   </si>
   <si>
     <t>2-111-630-719</t>
   </si>
   <si>
     <t>Видеосервер ВСЛ-96-60-1</t>
   </si>
   <si>
     <t>2-112-047-474</t>
   </si>
   <si>
     <t>Видеосервер ВСЛ-96-60-1М</t>
   </si>
   <si>
-    <t>430-141-872</t>
-[...4 lines deleted...]
-  <si>
     <t>1-083-970-212</t>
   </si>
   <si>
     <t>ВУОС-31 Выносное устройство оптической сигнализации для ДИП-31</t>
   </si>
   <si>
     <t>1-083-969-623</t>
   </si>
   <si>
     <t>ДИП-31 - Извещатель дымовой пороговый пожарный</t>
   </si>
   <si>
     <t>1-822-803-301</t>
   </si>
   <si>
     <t>ДИП-34А-03-Exi Извещатель пожарный дымовой оптико-электронный адресно-аналоговый взрывозащищенный ИП 212-34А «ДИП-34А-03-Exi»</t>
   </si>
   <si>
     <t>1-796-814-123</t>
   </si>
   <si>
     <t>ДИП-34А-05 Извещатель пожарный дымовой оптико-электронный адресно-аналоговый</t>
   </si>
   <si>
     <t>288-746-905</t>
@@ -3384,56 +3390,50 @@
   <si>
     <t>2-357-282-215</t>
   </si>
   <si>
     <t>МЭТ-02-01 - Клипса для крепления термокабеля стяжкой, цена за 10 шт.</t>
   </si>
   <si>
     <t>2-357-282-237</t>
   </si>
   <si>
     <t>МЭТ-03-01 -  Кабельные стяжки 4.8*300, не поддерживающие горения, цена за 10 шт.</t>
   </si>
   <si>
     <t>2-357-282-244</t>
   </si>
   <si>
     <t>МЭТ-04-01 - Пластиковый хомут для крепления термокабеля, цена за 10 шт.</t>
   </si>
   <si>
     <t>2-357-282-265</t>
   </si>
   <si>
     <t>МЭТ-04-02 - Металлический обрезиненный хомут для крепления термокабеля, цена за 10 шт.</t>
   </si>
   <si>
-    <t>1-348-123-260</t>
-[...4 lines deleted...]
-  <si>
     <t>1-348-123-313</t>
   </si>
   <si>
     <t>Объектив BOLID LV-02</t>
   </si>
   <si>
     <t>2-114-929-179</t>
   </si>
   <si>
     <t>Объектив BOLID LV-03</t>
   </si>
   <si>
     <t>2-114-930-223</t>
   </si>
   <si>
     <t>Объектив BOLID LV-04</t>
   </si>
   <si>
     <t>1-161-124-799</t>
   </si>
   <si>
     <t>ОПР-П003.1 Оповещатель пожарный речевой потолочный, 3 Вт, 8 Ом, 90...16000Гц</t>
   </si>
   <si>
     <t>1-150-027-867</t>
@@ -4206,56 +4206,50 @@
   <si>
     <t>989-754-935</t>
   </si>
   <si>
     <t>С2000-ИПДЛ исп.120 - Извещатель пожарный линейный однопозиционный адресно-аналоговый, питается по двухпроводной линии от "С2000-КДЛ". Дальность 30-120 м.</t>
   </si>
   <si>
     <t>989-754-303</t>
   </si>
   <si>
     <t>С2000-ИПДЛ исп.60 - Извещатель пожарный линейный однопозиционный адресно-аналоговый, питается по двухпроводной линии от "С2000-КДЛ". Дальность 5-60 м.</t>
   </si>
   <si>
     <t>989-754-479</t>
   </si>
   <si>
     <t>С2000-ИПДЛ исп.80 - Извещатель пожарный линейный однопозиционный адресно-аналоговый, питается по двухпроводной линии от "С2000-КДЛ". Дальность 20-80 м.</t>
   </si>
   <si>
     <t>1-540-341-846</t>
   </si>
   <si>
     <t>С2000-ИПДЛ-Д  Извещатель пожарный дымовой оптико-электронный линейный "С2000-ИПДЛ-Д"</t>
   </si>
   <si>
-    <t>937-852-675</t>
-[...4 lines deleted...]
-  <si>
     <t>1-520-905-251</t>
   </si>
   <si>
     <t>С2000-КДЛ-С - Контроллер двухпроводной линии связи</t>
   </si>
   <si>
     <t>2-119-697-898</t>
   </si>
   <si>
     <t>С2000-КПБ 2RS485 Блок контрольно-пусковой</t>
   </si>
   <si>
     <t>2-012-752-714</t>
   </si>
   <si>
     <t>С2000-КТ исп.01  Кнопка тревожная адресная</t>
   </si>
   <si>
     <t>2-121-164-747</t>
   </si>
   <si>
     <t>С2000-КТ исп.02  Кнопка тревожная адресная</t>
   </si>
   <si>
     <t>1-277-599-766</t>
@@ -5224,56 +5218,50 @@
     <t>СОнет-2  Извещатель угарного газа пороговый</t>
   </si>
   <si>
     <t>977-582-851</t>
   </si>
   <si>
     <t>Счетчик воды "СВК-15-3-2-Б"</t>
   </si>
   <si>
     <t>10-456-001</t>
   </si>
   <si>
     <t>Считыватель бесконтактный С2000-Proxy</t>
   </si>
   <si>
     <t>111-417-344</t>
   </si>
   <si>
     <t>Считыватель бесконтактный С2000-Proxy Н</t>
   </si>
   <si>
     <t>2-181-930-977</t>
   </si>
   <si>
     <t>Съемник ДИП  Съемник для установки и снятия пожарных извещателей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Тепловизор сетевой BOLID TCI-111</t>
   </si>
   <si>
     <t>856-142-049</t>
   </si>
   <si>
     <t>Термокожух BOLID TK-01</t>
   </si>
   <si>
     <t>987-747-369</t>
   </si>
   <si>
     <t>Термокожух BOLID TK-02</t>
   </si>
   <si>
     <t>1-102-399-833</t>
   </si>
   <si>
     <t>Термокожух BOLID TK-Ex-5H1 Исп.1</t>
   </si>
   <si>
     <t>1-102-400-068</t>
   </si>
   <si>
     <t>Термокожух BOLID TK-Ex-5H1 Исп.2</t>
   </si>
@@ -6471,54 +6459,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bolid.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@bolid.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F993"/>
+  <dimension ref="A1:F991"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B993" sqref="B993:C993"/>
+      <selection activeCell="B991" sqref="B991:C991"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.14" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="59.57" customWidth="true" style="0"/>
     <col min="4" max="4" width="7.57" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.57" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.57" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="18">
       <c r="A1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="4"/>
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="30">
@@ -7510,334 +7498,334 @@
       </c>
       <c r="D54" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="15">
         <v>1950.0</v>
       </c>
       <c r="F54" s="15">
         <v>2379</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="13">
         <v>49</v>
       </c>
       <c r="B55" s="16" t="s">
         <v>108</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D55" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="15">
-        <v>5824.5901639344</v>
+        <v>1950.0</v>
       </c>
       <c r="F55" s="15">
-        <v>7106</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="13">
         <v>50</v>
       </c>
       <c r="B56" s="16" t="s">
         <v>110</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>111</v>
       </c>
       <c r="D56" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="15">
         <v>5824.5901639344</v>
       </c>
       <c r="F56" s="15">
         <v>7106</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="13">
         <v>51</v>
       </c>
       <c r="B57" s="16" t="s">
         <v>112</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D57" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="15">
-        <v>6734.4262295082</v>
+        <v>5824.5901639344</v>
       </c>
       <c r="F57" s="15">
-        <v>8216</v>
+        <v>7106</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="13">
         <v>52</v>
       </c>
       <c r="B58" s="16" t="s">
         <v>114</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D58" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="15">
         <v>6734.4262295082</v>
       </c>
       <c r="F58" s="15">
         <v>8216</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="13">
         <v>53</v>
       </c>
       <c r="B59" s="16" t="s">
         <v>116</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>117</v>
       </c>
       <c r="D59" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="15">
-        <v>9967.2131147541</v>
+        <v>6734.4262295082</v>
       </c>
       <c r="F59" s="15">
-        <v>12160</v>
+        <v>8216</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="13">
         <v>54</v>
       </c>
       <c r="B60" s="16" t="s">
         <v>118</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>119</v>
       </c>
       <c r="D60" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="15">
-        <v>10292.62295082</v>
+        <v>9967.2131147541</v>
       </c>
       <c r="F60" s="15">
-        <v>12557</v>
+        <v>12160</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="13">
         <v>55</v>
       </c>
       <c r="B61" s="16" t="s">
         <v>120</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>121</v>
       </c>
       <c r="D61" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="15">
-        <v>9782.7868852459</v>
+        <v>10292.62295082</v>
       </c>
       <c r="F61" s="15">
-        <v>11935</v>
+        <v>12557</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="13">
         <v>56</v>
       </c>
       <c r="B62" s="16" t="s">
         <v>122</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>123</v>
       </c>
       <c r="D62" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="15">
-        <v>10184.426229508</v>
+        <v>9782.7868852459</v>
       </c>
       <c r="F62" s="15">
-        <v>12425</v>
+        <v>11935</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="13">
         <v>57</v>
       </c>
       <c r="B63" s="16" t="s">
         <v>124</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>125</v>
       </c>
       <c r="D63" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="15">
-        <v>2496.7213114754</v>
+        <v>10184.426229508</v>
       </c>
       <c r="F63" s="15">
-        <v>3046</v>
+        <v>12425</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="13">
         <v>58</v>
       </c>
       <c r="B64" s="16" t="s">
         <v>126</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>127</v>
       </c>
       <c r="D64" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="15">
-        <v>2878.6885245902</v>
+        <v>2496.7213114754</v>
       </c>
       <c r="F64" s="15">
-        <v>3512</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="13">
         <v>59</v>
       </c>
       <c r="B65" s="16" t="s">
         <v>128</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>129</v>
       </c>
       <c r="D65" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="15">
-        <v>6435.2459016393</v>
+        <v>2878.6885245902</v>
       </c>
       <c r="F65" s="15">
-        <v>7851</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="13">
         <v>60</v>
       </c>
       <c r="B66" s="16" t="s">
         <v>130</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>131</v>
       </c>
       <c r="D66" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="15">
-        <v>8554.0983606557</v>
+        <v>6435.2459016393</v>
       </c>
       <c r="F66" s="15">
-        <v>10436</v>
+        <v>7851</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="13">
         <v>61</v>
       </c>
       <c r="B67" s="16" t="s">
         <v>132</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>133</v>
       </c>
       <c r="D67" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="15">
-        <v>9646.7213114754</v>
+        <v>8554.0983606557</v>
       </c>
       <c r="F67" s="15">
-        <v>11769</v>
+        <v>10436</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="13">
         <v>62</v>
       </c>
       <c r="B68" s="16" t="s">
         <v>134</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>135</v>
       </c>
       <c r="D68" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="15">
-        <v>4335.2459016393</v>
+        <v>9646.7213114754</v>
       </c>
       <c r="F68" s="15">
-        <v>5289</v>
+        <v>11769</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="13">
         <v>63</v>
       </c>
       <c r="B69" s="16" t="s">
         <v>136</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>137</v>
       </c>
       <c r="D69" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="15">
-        <v>5420.4918032787</v>
+        <v>4335.2459016393</v>
       </c>
       <c r="F69" s="15">
-        <v>6613</v>
+        <v>5289</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="13">
         <v>64</v>
       </c>
       <c r="B70" s="16" t="s">
         <v>138</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>139</v>
       </c>
       <c r="D70" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="15">
         <v>5420.4918032787</v>
       </c>
       <c r="F70" s="15">
         <v>6613</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="13">
         <v>65</v>
@@ -7850,2534 +7838,2534 @@
       </c>
       <c r="D71" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="15">
         <v>5420.4918032787</v>
       </c>
       <c r="F71" s="15">
         <v>6613</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="13">
         <v>66</v>
       </c>
       <c r="B72" s="16" t="s">
         <v>142</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>143</v>
       </c>
       <c r="D72" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="15">
-        <v>12250.0</v>
+        <v>5420.4918032787</v>
       </c>
       <c r="F72" s="15">
-        <v>14945</v>
+        <v>6613</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="13">
         <v>67</v>
       </c>
       <c r="B73" s="16" t="s">
         <v>144</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>145</v>
       </c>
       <c r="D73" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="15">
-        <v>9425.4098360656</v>
+        <v>12250.0</v>
       </c>
       <c r="F73" s="15">
-        <v>11499</v>
+        <v>14945</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="13">
         <v>68</v>
       </c>
       <c r="B74" s="16" t="s">
         <v>146</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>147</v>
       </c>
       <c r="D74" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="15">
-        <v>37334.426229508</v>
+        <v>9425.4098360656</v>
       </c>
       <c r="F74" s="15">
-        <v>45548</v>
+        <v>11499</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="13">
         <v>69</v>
       </c>
       <c r="B75" s="16" t="s">
         <v>148</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>149</v>
       </c>
       <c r="D75" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="15">
-        <v>28000.0</v>
+        <v>37334.426229508</v>
       </c>
       <c r="F75" s="15">
-        <v>34160</v>
+        <v>45548</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="13">
         <v>70</v>
       </c>
       <c r="B76" s="16" t="s">
         <v>150</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>151</v>
       </c>
       <c r="D76" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="15">
-        <v>45968.032786885</v>
+        <v>28000.0</v>
       </c>
       <c r="F76" s="15">
-        <v>56081</v>
+        <v>34160</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="13">
         <v>71</v>
       </c>
       <c r="B77" s="16" t="s">
         <v>152</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>153</v>
       </c>
       <c r="D77" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="15">
-        <v>3504.0983606557</v>
+        <v>45968.032786885</v>
       </c>
       <c r="F77" s="15">
-        <v>4275</v>
+        <v>56081</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="13">
         <v>72</v>
       </c>
       <c r="B78" s="16" t="s">
         <v>154</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>155</v>
       </c>
       <c r="D78" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="15">
-        <v>23237.704918033</v>
+        <v>3504.0983606557</v>
       </c>
       <c r="F78" s="15">
-        <v>28350</v>
+        <v>4275</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="13">
         <v>73</v>
       </c>
       <c r="B79" s="16" t="s">
         <v>156</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>157</v>
       </c>
       <c r="D79" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="15">
-        <v>30673.770491803</v>
+        <v>23237.704918033</v>
       </c>
       <c r="F79" s="15">
-        <v>37422</v>
+        <v>28350</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="13">
         <v>74</v>
       </c>
       <c r="B80" s="16" t="s">
         <v>158</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>159</v>
       </c>
       <c r="D80" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="15">
-        <v>1820.4918032787</v>
+        <v>30673.770491803</v>
       </c>
       <c r="F80" s="15">
-        <v>2221</v>
+        <v>37422</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="13">
         <v>75</v>
       </c>
       <c r="B81" s="16" t="s">
         <v>160</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>161</v>
       </c>
       <c r="D81" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="15">
-        <v>3635.2459016393</v>
+        <v>1820.4918032787</v>
       </c>
       <c r="F81" s="15">
-        <v>4435</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="13">
         <v>76</v>
       </c>
       <c r="B82" s="16" t="s">
         <v>162</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>163</v>
       </c>
       <c r="D82" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="15">
-        <v>880.32786885246</v>
+        <v>3635.2459016393</v>
       </c>
       <c r="F82" s="15">
-        <v>1074</v>
+        <v>4435</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="13">
         <v>77</v>
       </c>
       <c r="B83" s="16" t="s">
         <v>164</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>165</v>
       </c>
       <c r="D83" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="15">
-        <v>984.4262295082</v>
+        <v>880.32786885246</v>
       </c>
       <c r="F83" s="15">
-        <v>1201</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="13">
         <v>78</v>
       </c>
       <c r="B84" s="16" t="s">
         <v>166</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>167</v>
       </c>
       <c r="D84" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="15">
-        <v>1235.2459016393</v>
+        <v>984.4262295082</v>
       </c>
       <c r="F84" s="15">
-        <v>1507</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="13">
         <v>79</v>
       </c>
       <c r="B85" s="16" t="s">
         <v>168</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>169</v>
       </c>
       <c r="D85" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="15">
-        <v>981.14754098361</v>
+        <v>1235.2459016393</v>
       </c>
       <c r="F85" s="15">
-        <v>1197</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="13">
         <v>80</v>
       </c>
       <c r="B86" s="16" t="s">
         <v>170</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>171</v>
       </c>
       <c r="D86" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="15">
-        <v>2200.8196721311</v>
+        <v>981.14754098361</v>
       </c>
       <c r="F86" s="15">
-        <v>2685</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="13">
         <v>81</v>
       </c>
       <c r="B87" s="16" t="s">
         <v>172</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D87" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="15">
-        <v>2644.262295082</v>
+        <v>2200.8196721311</v>
       </c>
       <c r="F87" s="15">
-        <v>3226</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="13">
         <v>82</v>
       </c>
       <c r="B88" s="16" t="s">
         <v>174</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>175</v>
       </c>
       <c r="D88" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="15">
-        <v>3879.5081967213</v>
+        <v>2644.262295082</v>
       </c>
       <c r="F88" s="15">
-        <v>4733</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="13">
         <v>83</v>
       </c>
       <c r="B89" s="16" t="s">
         <v>176</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>177</v>
       </c>
       <c r="D89" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="15">
-        <v>7194.262295082</v>
+        <v>3879.5081967213</v>
       </c>
       <c r="F89" s="15">
-        <v>8777</v>
+        <v>4733</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="13">
         <v>84</v>
       </c>
       <c r="B90" s="16" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>179</v>
       </c>
       <c r="D90" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="15">
-        <v>54839.344262295</v>
+        <v>7194.262295082</v>
       </c>
       <c r="F90" s="15">
-        <v>66904</v>
+        <v>8777</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="13">
         <v>85</v>
       </c>
       <c r="B91" s="16" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>181</v>
       </c>
       <c r="D91" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="15">
-        <v>83634.426229508</v>
+        <v>54839.344262295</v>
       </c>
       <c r="F91" s="15">
-        <v>102034</v>
+        <v>66904</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="13">
         <v>86</v>
       </c>
       <c r="B92" s="16" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>183</v>
       </c>
       <c r="D92" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="15">
-        <v>6175.4098360656</v>
+        <v>83634.426229508</v>
       </c>
       <c r="F92" s="15">
-        <v>7534</v>
+        <v>102034</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="13">
         <v>87</v>
       </c>
       <c r="B93" s="16" t="s">
         <v>184</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>185</v>
       </c>
       <c r="D93" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="15">
-        <v>9718.0327868852</v>
+        <v>6175.4098360656</v>
       </c>
       <c r="F93" s="15">
-        <v>11856</v>
+        <v>7534</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="13">
         <v>88</v>
       </c>
       <c r="B94" s="16" t="s">
         <v>186</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>187</v>
       </c>
       <c r="D94" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="15">
-        <v>8786.8852459016</v>
+        <v>9718.0327868852</v>
       </c>
       <c r="F94" s="15">
-        <v>10720</v>
+        <v>11856</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="13">
         <v>89</v>
       </c>
       <c r="B95" s="16" t="s">
         <v>188</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>189</v>
       </c>
       <c r="D95" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="15">
-        <v>8657.3770491803</v>
+        <v>8786.8852459016</v>
       </c>
       <c r="F95" s="15">
-        <v>10562</v>
+        <v>10720</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="13">
         <v>90</v>
       </c>
       <c r="B96" s="16" t="s">
         <v>190</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>191</v>
       </c>
       <c r="D96" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="15">
-        <v>13791.803278689</v>
+        <v>8657.3770491803</v>
       </c>
       <c r="F96" s="15">
-        <v>16826</v>
+        <v>10562</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="13">
         <v>91</v>
       </c>
       <c r="B97" s="16" t="s">
         <v>192</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>193</v>
       </c>
       <c r="D97" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="15">
-        <v>13207.37704918</v>
+        <v>13791.803278689</v>
       </c>
       <c r="F97" s="15">
-        <v>16113</v>
+        <v>16826</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="13">
         <v>92</v>
       </c>
       <c r="B98" s="16" t="s">
         <v>194</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>195</v>
       </c>
       <c r="D98" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="15">
-        <v>21072.131147541</v>
+        <v>13207.37704918</v>
       </c>
       <c r="F98" s="15">
-        <v>25708</v>
+        <v>16113</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="13">
         <v>93</v>
       </c>
       <c r="B99" s="16" t="s">
         <v>196</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>197</v>
       </c>
       <c r="D99" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="15">
-        <v>16575.409836066</v>
+        <v>21072.131147541</v>
       </c>
       <c r="F99" s="15">
-        <v>20222</v>
+        <v>25708</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="13">
         <v>94</v>
       </c>
       <c r="B100" s="16" t="s">
         <v>198</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>199</v>
       </c>
       <c r="D100" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="15">
-        <v>2004.9180327869</v>
+        <v>16575.409836066</v>
       </c>
       <c r="F100" s="15">
-        <v>2446</v>
+        <v>20222</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="13">
         <v>95</v>
       </c>
       <c r="B101" s="16" t="s">
         <v>200</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>201</v>
       </c>
       <c r="D101" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="15">
-        <v>3391.8032786885</v>
+        <v>2004.9180327869</v>
       </c>
       <c r="F101" s="15">
-        <v>4138</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="13">
         <v>96</v>
       </c>
       <c r="B102" s="16" t="s">
         <v>202</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>203</v>
       </c>
       <c r="D102" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="15">
-        <v>3240.1639344262</v>
+        <v>3391.8032786885</v>
       </c>
       <c r="F102" s="15">
-        <v>3953</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="13">
         <v>97</v>
       </c>
       <c r="B103" s="16" t="s">
         <v>204</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>205</v>
       </c>
       <c r="D103" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="15">
-        <v>37657.37704918</v>
+        <v>3240.1639344262</v>
       </c>
       <c r="F103" s="15">
-        <v>45942</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="13">
         <v>98</v>
       </c>
       <c r="B104" s="16" t="s">
         <v>206</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>207</v>
       </c>
       <c r="D104" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="15">
-        <v>2059.8360655738</v>
+        <v>37657.37704918</v>
       </c>
       <c r="F104" s="15">
-        <v>2513</v>
+        <v>45942</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="13">
         <v>99</v>
       </c>
       <c r="B105" s="16" t="s">
         <v>208</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>209</v>
       </c>
       <c r="D105" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="15">
-        <v>3944.262295082</v>
+        <v>2059.8360655738</v>
       </c>
       <c r="F105" s="15">
-        <v>4812</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="13">
         <v>100</v>
       </c>
       <c r="B106" s="16" t="s">
         <v>210</v>
       </c>
       <c r="C106" s="17" t="s">
         <v>211</v>
       </c>
       <c r="D106" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="15">
-        <v>3705.737704918</v>
+        <v>3944.262295082</v>
       </c>
       <c r="F106" s="15">
-        <v>4521</v>
+        <v>4812</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="13">
         <v>101</v>
       </c>
       <c r="B107" s="16" t="s">
         <v>212</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>213</v>
       </c>
       <c r="D107" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="15">
-        <v>2492.6229508197</v>
+        <v>3705.737704918</v>
       </c>
       <c r="F107" s="15">
-        <v>3041</v>
+        <v>4521</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="13">
         <v>102</v>
       </c>
       <c r="B108" s="16" t="s">
         <v>214</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>215</v>
       </c>
       <c r="D108" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="15">
-        <v>4940.1639344262</v>
+        <v>2492.6229508197</v>
       </c>
       <c r="F108" s="15">
-        <v>6027</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="13">
         <v>103</v>
       </c>
       <c r="B109" s="16" t="s">
         <v>216</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>217</v>
       </c>
       <c r="D109" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="15">
-        <v>4745.0819672131</v>
+        <v>4940.1639344262</v>
       </c>
       <c r="F109" s="15">
-        <v>5789</v>
+        <v>6027</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="13">
         <v>104</v>
       </c>
       <c r="B110" s="16" t="s">
         <v>218</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>219</v>
       </c>
       <c r="D110" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="E110" s="13" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="E110" s="15">
+        <v>4745.0819672131</v>
+      </c>
+      <c r="F110" s="15">
+        <v>5789</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="13">
         <v>105</v>
       </c>
       <c r="B111" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="C111" s="17" t="s">
         <v>221</v>
       </c>
-      <c r="C111" s="17" t="s">
+      <c r="D111" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="13" t="s">
         <v>222</v>
       </c>
-      <c r="D111" s="14" t="s">
-[...6 lines deleted...]
-        <v>10777</v>
+      <c r="F111" s="13" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="13">
         <v>106</v>
       </c>
       <c r="B112" s="16" t="s">
         <v>223</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>224</v>
       </c>
       <c r="D112" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="15">
-        <v>4971.3114754098</v>
+        <v>8833.6065573771</v>
       </c>
       <c r="F112" s="15">
-        <v>6065</v>
+        <v>10777</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="13">
         <v>107</v>
       </c>
       <c r="B113" s="16" t="s">
         <v>225</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>226</v>
       </c>
       <c r="D113" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="15">
-        <v>115632.78688525</v>
+        <v>4971.3114754098</v>
       </c>
       <c r="F113" s="15">
-        <v>141072</v>
+        <v>6065</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="13">
         <v>108</v>
       </c>
       <c r="B114" s="16" t="s">
         <v>227</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>228</v>
       </c>
       <c r="D114" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="15">
-        <v>44330.327868852</v>
+        <v>115632.78688525</v>
       </c>
       <c r="F114" s="15">
-        <v>54083</v>
+        <v>141072</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="13">
         <v>109</v>
       </c>
       <c r="B115" s="16" t="s">
         <v>229</v>
       </c>
       <c r="C115" s="17" t="s">
         <v>230</v>
       </c>
       <c r="D115" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="15">
-        <v>132990.16393443</v>
+        <v>44330.327868852</v>
       </c>
       <c r="F115" s="15">
-        <v>162248</v>
+        <v>54083</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="13">
         <v>110</v>
       </c>
       <c r="B116" s="16" t="s">
         <v>231</v>
       </c>
       <c r="C116" s="17" t="s">
         <v>232</v>
       </c>
       <c r="D116" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="15">
-        <v>193289.3442623</v>
+        <v>132990.16393443</v>
       </c>
       <c r="F116" s="15">
-        <v>235813</v>
+        <v>162248</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="13">
         <v>111</v>
       </c>
       <c r="B117" s="16" t="s">
         <v>233</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>234</v>
       </c>
       <c r="D117" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="15">
-        <v>88660.655737705</v>
+        <v>193289.3442623</v>
       </c>
       <c r="F117" s="15">
-        <v>108166</v>
+        <v>235813</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="13">
         <v>112</v>
       </c>
       <c r="B118" s="16" t="s">
         <v>235</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>236</v>
       </c>
       <c r="D118" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="15">
-        <v>22888.524590164</v>
+        <v>88660.655737705</v>
       </c>
       <c r="F118" s="15">
-        <v>27924</v>
+        <v>108166</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="13">
         <v>113</v>
       </c>
       <c r="B119" s="16" t="s">
         <v>237</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>238</v>
       </c>
       <c r="D119" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="15">
-        <v>20800.819672131</v>
+        <v>22888.524590164</v>
       </c>
       <c r="F119" s="15">
-        <v>25377</v>
+        <v>27924</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="13">
         <v>114</v>
       </c>
       <c r="B120" s="16" t="s">
         <v>239</v>
       </c>
       <c r="C120" s="17" t="s">
         <v>240</v>
       </c>
       <c r="D120" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="15">
-        <v>208113.1147541</v>
+        <v>20800.819672131</v>
       </c>
       <c r="F120" s="15">
-        <v>253898</v>
+        <v>25377</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="13">
         <v>115</v>
       </c>
       <c r="B121" s="16" t="s">
         <v>241</v>
       </c>
       <c r="C121" s="17" t="s">
         <v>242</v>
       </c>
       <c r="D121" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="15">
-        <v>29792.62295082</v>
+        <v>208113.1147541</v>
       </c>
       <c r="F121" s="15">
-        <v>36347</v>
+        <v>253898</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="13">
         <v>116</v>
       </c>
       <c r="B122" s="16" t="s">
         <v>243</v>
       </c>
       <c r="C122" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D122" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="15">
-        <v>41709.836065574</v>
+        <v>29792.62295082</v>
       </c>
       <c r="F122" s="15">
-        <v>50886</v>
+        <v>36347</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="13">
         <v>117</v>
       </c>
       <c r="B123" s="16" t="s">
         <v>245</v>
       </c>
       <c r="C123" s="17" t="s">
         <v>246</v>
       </c>
       <c r="D123" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="15">
-        <v>71500.0</v>
+        <v>41709.836065574</v>
       </c>
       <c r="F123" s="15">
-        <v>87230</v>
+        <v>50886</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="13">
         <v>118</v>
       </c>
       <c r="B124" s="16" t="s">
         <v>247</v>
       </c>
       <c r="C124" s="17" t="s">
         <v>248</v>
       </c>
       <c r="D124" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="15">
-        <v>17875.409836066</v>
+        <v>71500.0</v>
       </c>
       <c r="F124" s="15">
-        <v>21808</v>
+        <v>87230</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="13">
         <v>119</v>
       </c>
       <c r="B125" s="16" t="s">
         <v>249</v>
       </c>
       <c r="C125" s="17" t="s">
         <v>250</v>
       </c>
       <c r="D125" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="15">
-        <v>3730.3278688525</v>
+        <v>17875.409836066</v>
       </c>
       <c r="F125" s="15">
-        <v>4551</v>
+        <v>21808</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="13">
         <v>120</v>
       </c>
       <c r="B126" s="16" t="s">
         <v>251</v>
       </c>
       <c r="C126" s="17" t="s">
         <v>252</v>
       </c>
       <c r="D126" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="15">
-        <v>1669.6721311475</v>
+        <v>3730.3278688525</v>
       </c>
       <c r="F126" s="15">
-        <v>2037</v>
+        <v>4551</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="13">
         <v>121</v>
       </c>
       <c r="B127" s="16" t="s">
         <v>253</v>
       </c>
       <c r="C127" s="17" t="s">
         <v>254</v>
       </c>
       <c r="D127" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="15">
-        <v>56225.409836066</v>
+        <v>1669.6721311475</v>
       </c>
       <c r="F127" s="15">
-        <v>68595</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="13">
         <v>122</v>
       </c>
       <c r="B128" s="16" t="s">
         <v>255</v>
       </c>
       <c r="C128" s="17" t="s">
         <v>256</v>
       </c>
       <c r="D128" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="15">
-        <v>47017.213114754</v>
+        <v>56225.409836066</v>
       </c>
       <c r="F128" s="15">
-        <v>57361</v>
+        <v>68595</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="13">
         <v>123</v>
       </c>
       <c r="B129" s="16" t="s">
         <v>257</v>
       </c>
       <c r="C129" s="17" t="s">
         <v>258</v>
       </c>
       <c r="D129" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="15">
-        <v>8580.3278688525</v>
+        <v>47017.213114754</v>
       </c>
       <c r="F129" s="15">
-        <v>10468</v>
+        <v>57361</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="13">
         <v>124</v>
       </c>
       <c r="B130" s="16" t="s">
         <v>259</v>
       </c>
       <c r="C130" s="17" t="s">
         <v>260</v>
       </c>
       <c r="D130" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="15">
         <v>8580.3278688525</v>
       </c>
       <c r="F130" s="15">
         <v>10468</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="13">
         <v>125</v>
       </c>
       <c r="B131" s="16" t="s">
         <v>261</v>
       </c>
       <c r="C131" s="17" t="s">
         <v>262</v>
       </c>
       <c r="D131" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="15">
-        <v>1322.131147541</v>
+        <v>8580.3278688525</v>
       </c>
       <c r="F131" s="15">
-        <v>1613</v>
+        <v>10468</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="13">
         <v>126</v>
       </c>
       <c r="B132" s="16" t="s">
         <v>263</v>
       </c>
       <c r="C132" s="17" t="s">
         <v>264</v>
       </c>
       <c r="D132" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="15">
-        <v>1419.6721311475</v>
+        <v>1322.131147541</v>
       </c>
       <c r="F132" s="15">
-        <v>1732</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="13">
         <v>127</v>
       </c>
       <c r="B133" s="16" t="s">
         <v>265</v>
       </c>
       <c r="C133" s="17" t="s">
         <v>266</v>
       </c>
       <c r="D133" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="15">
-        <v>1105.737704918</v>
+        <v>1419.6721311475</v>
       </c>
       <c r="F133" s="15">
-        <v>1349</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="13">
         <v>128</v>
       </c>
       <c r="B134" s="16" t="s">
         <v>267</v>
       </c>
       <c r="C134" s="17" t="s">
         <v>268</v>
       </c>
       <c r="D134" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="15">
-        <v>2427.868852459</v>
+        <v>1105.737704918</v>
       </c>
       <c r="F134" s="15">
-        <v>2962</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="13">
         <v>129</v>
       </c>
       <c r="B135" s="16" t="s">
         <v>269</v>
       </c>
       <c r="C135" s="17" t="s">
         <v>270</v>
       </c>
       <c r="D135" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="15">
-        <v>800.0</v>
+        <v>2427.868852459</v>
       </c>
       <c r="F135" s="15">
-        <v>976</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="13">
         <v>130</v>
       </c>
       <c r="B136" s="16" t="s">
         <v>271</v>
       </c>
       <c r="C136" s="17" t="s">
         <v>272</v>
       </c>
       <c r="D136" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="15">
-        <v>616.39344262295</v>
+        <v>800.0</v>
       </c>
       <c r="F136" s="15">
-        <v>752</v>
+        <v>976</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="13">
         <v>131</v>
       </c>
       <c r="B137" s="16" t="s">
         <v>273</v>
       </c>
       <c r="C137" s="17" t="s">
         <v>274</v>
       </c>
       <c r="D137" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="15">
-        <v>7031.9672131148</v>
+        <v>616.39344262295</v>
       </c>
       <c r="F137" s="15">
-        <v>8579</v>
+        <v>752</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="13">
         <v>132</v>
       </c>
       <c r="B138" s="16" t="s">
         <v>275</v>
       </c>
       <c r="C138" s="17" t="s">
         <v>276</v>
       </c>
       <c r="D138" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="15">
-        <v>6619.6721311475</v>
+        <v>7031.9672131148</v>
       </c>
       <c r="F138" s="15">
-        <v>8076</v>
+        <v>8579</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="13">
         <v>133</v>
       </c>
       <c r="B139" s="16" t="s">
         <v>277</v>
       </c>
       <c r="C139" s="17" t="s">
         <v>278</v>
       </c>
       <c r="D139" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="15">
-        <v>7031.9672131148</v>
+        <v>6619.6721311475</v>
       </c>
       <c r="F139" s="15">
-        <v>8579</v>
+        <v>8076</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="13">
         <v>134</v>
       </c>
       <c r="B140" s="16" t="s">
         <v>279</v>
       </c>
       <c r="C140" s="17" t="s">
         <v>280</v>
       </c>
       <c r="D140" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="15">
-        <v>6622.9508196721</v>
+        <v>7031.9672131148</v>
       </c>
       <c r="F140" s="15">
-        <v>8080</v>
+        <v>8579</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="13">
         <v>135</v>
       </c>
       <c r="B141" s="16" t="s">
         <v>281</v>
       </c>
       <c r="C141" s="17" t="s">
         <v>282</v>
       </c>
       <c r="D141" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="15">
-        <v>7031.9672131148</v>
+        <v>6622.9508196721</v>
       </c>
       <c r="F141" s="15">
-        <v>8579</v>
+        <v>8080</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="13">
         <v>136</v>
       </c>
       <c r="B142" s="16" t="s">
         <v>283</v>
       </c>
       <c r="C142" s="17" t="s">
         <v>284</v>
       </c>
       <c r="D142" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="15">
         <v>7031.9672131148</v>
       </c>
       <c r="F142" s="15">
         <v>8579</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="13">
         <v>137</v>
       </c>
       <c r="B143" s="16" t="s">
         <v>285</v>
       </c>
       <c r="C143" s="17" t="s">
         <v>286</v>
       </c>
       <c r="D143" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="15">
-        <v>22112.295081967</v>
+        <v>7031.9672131148</v>
       </c>
       <c r="F143" s="15">
-        <v>26977</v>
+        <v>8579</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="13">
         <v>138</v>
       </c>
       <c r="B144" s="16" t="s">
         <v>287</v>
       </c>
       <c r="C144" s="17" t="s">
         <v>288</v>
       </c>
       <c r="D144" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="15">
-        <v>25632.786885246</v>
+        <v>22112.295081967</v>
       </c>
       <c r="F144" s="15">
-        <v>31272</v>
+        <v>26977</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="13">
         <v>139</v>
       </c>
       <c r="B145" s="16" t="s">
         <v>289</v>
       </c>
       <c r="C145" s="17" t="s">
         <v>290</v>
       </c>
       <c r="D145" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="15">
-        <v>28209.016393443</v>
+        <v>25632.786885246</v>
       </c>
       <c r="F145" s="15">
-        <v>34415</v>
+        <v>31272</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="13">
         <v>140</v>
       </c>
       <c r="B146" s="16" t="s">
         <v>291</v>
       </c>
       <c r="C146" s="17" t="s">
         <v>292</v>
       </c>
       <c r="D146" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="15">
-        <v>79192.62295082</v>
+        <v>28209.016393443</v>
       </c>
       <c r="F146" s="15">
-        <v>96615</v>
+        <v>34415</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="13">
         <v>141</v>
       </c>
       <c r="B147" s="16" t="s">
         <v>293</v>
       </c>
       <c r="C147" s="17" t="s">
         <v>294</v>
       </c>
       <c r="D147" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="15">
-        <v>83092.62295082</v>
+        <v>79192.62295082</v>
       </c>
       <c r="F147" s="15">
-        <v>101373</v>
+        <v>96615</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="13">
         <v>142</v>
       </c>
       <c r="B148" s="16" t="s">
         <v>295</v>
       </c>
       <c r="C148" s="17" t="s">
         <v>296</v>
       </c>
       <c r="D148" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="15">
-        <v>245907.37704918</v>
+        <v>83092.62295082</v>
       </c>
       <c r="F148" s="15">
-        <v>300007</v>
+        <v>101373</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="13">
         <v>143</v>
       </c>
       <c r="B149" s="16" t="s">
         <v>297</v>
       </c>
       <c r="C149" s="17" t="s">
         <v>298</v>
       </c>
       <c r="D149" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="15">
-        <v>83083.606557377</v>
+        <v>245907.37704918</v>
       </c>
       <c r="F149" s="15">
-        <v>101362</v>
+        <v>300007</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="13">
         <v>144</v>
       </c>
       <c r="B150" s="16" t="s">
         <v>299</v>
       </c>
       <c r="C150" s="17" t="s">
         <v>300</v>
       </c>
       <c r="D150" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="15">
-        <v>266922.95081967</v>
+        <v>83083.606557377</v>
       </c>
       <c r="F150" s="15">
-        <v>325646</v>
+        <v>101362</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="13">
         <v>145</v>
       </c>
       <c r="B151" s="16" t="s">
         <v>301</v>
       </c>
       <c r="C151" s="17" t="s">
         <v>302</v>
       </c>
       <c r="D151" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="15">
-        <v>22827.049180328</v>
+        <v>266922.95081967</v>
       </c>
       <c r="F151" s="15">
-        <v>27849</v>
+        <v>325646</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="13">
         <v>146</v>
       </c>
       <c r="B152" s="16" t="s">
         <v>303</v>
       </c>
       <c r="C152" s="17" t="s">
         <v>304</v>
       </c>
       <c r="D152" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="15">
-        <v>26422.950819672</v>
+        <v>22827.049180328</v>
       </c>
       <c r="F152" s="15">
-        <v>32236</v>
+        <v>27849</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="13">
         <v>147</v>
       </c>
       <c r="B153" s="16" t="s">
         <v>305</v>
       </c>
       <c r="C153" s="17" t="s">
         <v>306</v>
       </c>
       <c r="D153" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="15">
-        <v>29429.508196721</v>
+        <v>26422.950819672</v>
       </c>
       <c r="F153" s="15">
-        <v>35904</v>
+        <v>32236</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="13">
         <v>148</v>
       </c>
       <c r="B154" s="16" t="s">
         <v>307</v>
       </c>
       <c r="C154" s="17" t="s">
         <v>308</v>
       </c>
       <c r="D154" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="15">
-        <v>568902.45901639</v>
+        <v>29429.508196721</v>
       </c>
       <c r="F154" s="15">
-        <v>694061</v>
+        <v>35904</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="13">
         <v>149</v>
       </c>
       <c r="B155" s="16" t="s">
         <v>309</v>
       </c>
       <c r="C155" s="17" t="s">
         <v>310</v>
       </c>
       <c r="D155" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="15">
-        <v>32847.540983607</v>
+        <v>568902.45901639</v>
       </c>
       <c r="F155" s="15">
-        <v>40074</v>
+        <v>694061</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="13">
         <v>150</v>
       </c>
       <c r="B156" s="16" t="s">
         <v>311</v>
       </c>
       <c r="C156" s="17" t="s">
         <v>312</v>
       </c>
       <c r="D156" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="15">
-        <v>36314.754098361</v>
+        <v>32847.540983607</v>
       </c>
       <c r="F156" s="15">
-        <v>44304</v>
+        <v>40074</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="13">
         <v>151</v>
       </c>
       <c r="B157" s="16" t="s">
         <v>313</v>
       </c>
       <c r="C157" s="17" t="s">
         <v>314</v>
       </c>
       <c r="D157" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="15">
-        <v>120196.72131148</v>
+        <v>36314.754098361</v>
       </c>
       <c r="F157" s="15">
-        <v>146640</v>
+        <v>44304</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="13">
         <v>152</v>
       </c>
       <c r="B158" s="16" t="s">
         <v>315</v>
       </c>
       <c r="C158" s="17" t="s">
         <v>316</v>
       </c>
       <c r="D158" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="15">
-        <v>32825.409836066</v>
+        <v>120196.72131148</v>
       </c>
       <c r="F158" s="15">
-        <v>40047</v>
+        <v>146640</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="13">
         <v>153</v>
       </c>
       <c r="B159" s="16" t="s">
         <v>317</v>
       </c>
       <c r="C159" s="17" t="s">
         <v>318</v>
       </c>
       <c r="D159" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="15">
-        <v>131812.29508197</v>
+        <v>32825.409836066</v>
       </c>
       <c r="F159" s="15">
-        <v>160811</v>
+        <v>40047</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="13">
         <v>154</v>
       </c>
       <c r="B160" s="16" t="s">
         <v>319</v>
       </c>
       <c r="C160" s="17" t="s">
         <v>320</v>
       </c>
       <c r="D160" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="15">
-        <v>21353.278688525</v>
+        <v>131812.29508197</v>
       </c>
       <c r="F160" s="15">
-        <v>26051</v>
+        <v>160811</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="13">
         <v>155</v>
       </c>
       <c r="B161" s="16" t="s">
         <v>321</v>
       </c>
       <c r="C161" s="17" t="s">
         <v>322</v>
       </c>
       <c r="D161" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="15">
-        <v>24830.327868852</v>
+        <v>21353.278688525</v>
       </c>
       <c r="F161" s="15">
-        <v>30293</v>
+        <v>26051</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="13">
         <v>156</v>
       </c>
       <c r="B162" s="16" t="s">
         <v>323</v>
       </c>
       <c r="C162" s="17" t="s">
         <v>324</v>
       </c>
       <c r="D162" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="15">
-        <v>48187.704918033</v>
+        <v>24830.327868852</v>
       </c>
       <c r="F162" s="15">
-        <v>58789</v>
+        <v>30293</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="13">
         <v>157</v>
       </c>
       <c r="B163" s="16" t="s">
         <v>325</v>
       </c>
       <c r="C163" s="17" t="s">
         <v>326</v>
       </c>
       <c r="D163" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="15">
-        <v>52325.409836066</v>
+        <v>48187.704918033</v>
       </c>
       <c r="F163" s="15">
-        <v>63837</v>
+        <v>58789</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="13">
         <v>158</v>
       </c>
       <c r="B164" s="16" t="s">
         <v>327</v>
       </c>
       <c r="C164" s="17" t="s">
         <v>328</v>
       </c>
       <c r="D164" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="15">
-        <v>53452.459016393</v>
+        <v>52325.409836066</v>
       </c>
       <c r="F164" s="15">
-        <v>65212</v>
+        <v>63837</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="13">
         <v>159</v>
       </c>
       <c r="B165" s="16" t="s">
         <v>329</v>
       </c>
       <c r="C165" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D165" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="15">
-        <v>27027.049180328</v>
+        <v>53452.459016393</v>
       </c>
       <c r="F165" s="15">
-        <v>32973</v>
+        <v>65212</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="13">
         <v>160</v>
       </c>
       <c r="B166" s="16" t="s">
         <v>331</v>
       </c>
       <c r="C166" s="17" t="s">
         <v>332</v>
       </c>
       <c r="D166" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="15">
-        <v>61989.344262295</v>
+        <v>27027.049180328</v>
       </c>
       <c r="F166" s="15">
-        <v>75627</v>
+        <v>32973</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="13">
         <v>161</v>
       </c>
       <c r="B167" s="16" t="s">
         <v>333</v>
       </c>
       <c r="C167" s="17" t="s">
         <v>334</v>
       </c>
       <c r="D167" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="15">
-        <v>66592.62295082</v>
+        <v>61989.344262295</v>
       </c>
       <c r="F167" s="15">
-        <v>81243</v>
+        <v>75627</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="13">
         <v>162</v>
       </c>
       <c r="B168" s="16" t="s">
         <v>335</v>
       </c>
       <c r="C168" s="17" t="s">
         <v>336</v>
       </c>
       <c r="D168" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="15">
-        <v>66767.213114754</v>
+        <v>66592.62295082</v>
       </c>
       <c r="F168" s="15">
-        <v>81456</v>
+        <v>81243</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="13">
         <v>163</v>
       </c>
       <c r="B169" s="16" t="s">
         <v>337</v>
       </c>
       <c r="C169" s="17" t="s">
         <v>338</v>
       </c>
       <c r="D169" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="15">
-        <v>179942.62295082</v>
+        <v>66767.213114754</v>
       </c>
       <c r="F169" s="15">
-        <v>219530</v>
+        <v>81456</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="13">
         <v>164</v>
       </c>
       <c r="B170" s="16" t="s">
         <v>339</v>
       </c>
       <c r="C170" s="17" t="s">
         <v>340</v>
       </c>
       <c r="D170" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="15">
-        <v>10039.344262295</v>
+        <v>179942.62295082</v>
       </c>
       <c r="F170" s="15">
-        <v>12248</v>
+        <v>219530</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="13">
         <v>165</v>
       </c>
       <c r="B171" s="16" t="s">
         <v>341</v>
       </c>
       <c r="C171" s="17" t="s">
         <v>342</v>
       </c>
       <c r="D171" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="15">
-        <v>11566.393442623</v>
+        <v>10039.344262295</v>
       </c>
       <c r="F171" s="15">
-        <v>14111</v>
+        <v>12248</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="13">
         <v>166</v>
       </c>
       <c r="B172" s="16" t="s">
         <v>343</v>
       </c>
       <c r="C172" s="17" t="s">
         <v>344</v>
       </c>
       <c r="D172" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="15">
-        <v>4398.3606557377</v>
+        <v>11566.393442623</v>
       </c>
       <c r="F172" s="15">
-        <v>5366</v>
+        <v>14111</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="13">
         <v>167</v>
       </c>
       <c r="B173" s="16" t="s">
         <v>345</v>
       </c>
       <c r="C173" s="17" t="s">
         <v>346</v>
       </c>
       <c r="D173" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="15">
-        <v>3537.7049180328</v>
+        <v>4398.3606557377</v>
       </c>
       <c r="F173" s="15">
-        <v>4316</v>
+        <v>5366</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="13">
         <v>168</v>
       </c>
       <c r="B174" s="16" t="s">
         <v>347</v>
       </c>
       <c r="C174" s="17" t="s">
         <v>348</v>
       </c>
       <c r="D174" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="15">
-        <v>4607.3770491803</v>
+        <v>3537.7049180328</v>
       </c>
       <c r="F174" s="15">
-        <v>5621</v>
+        <v>4316</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="13">
         <v>169</v>
       </c>
       <c r="B175" s="16" t="s">
         <v>349</v>
       </c>
       <c r="C175" s="17" t="s">
         <v>350</v>
       </c>
       <c r="D175" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="15">
-        <v>3224.5901639344</v>
+        <v>4607.3770491803</v>
       </c>
       <c r="F175" s="15">
-        <v>3934</v>
+        <v>5621</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="13">
         <v>170</v>
       </c>
       <c r="B176" s="16" t="s">
         <v>351</v>
       </c>
       <c r="C176" s="17" t="s">
         <v>352</v>
       </c>
       <c r="D176" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="15">
-        <v>587.70491803279</v>
+        <v>3224.5901639344</v>
       </c>
       <c r="F176" s="15">
-        <v>717</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="13">
         <v>171</v>
       </c>
       <c r="B177" s="16" t="s">
         <v>353</v>
       </c>
       <c r="C177" s="17" t="s">
         <v>354</v>
       </c>
       <c r="D177" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="15">
         <v>587.70491803279</v>
       </c>
       <c r="F177" s="15">
         <v>717</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="13">
         <v>172</v>
       </c>
       <c r="B178" s="16" t="s">
         <v>355</v>
       </c>
       <c r="C178" s="17" t="s">
         <v>356</v>
       </c>
       <c r="D178" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="15">
-        <v>3153.2786885246</v>
+        <v>587.70491803279</v>
       </c>
       <c r="F178" s="15">
-        <v>3847</v>
+        <v>717</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="13">
         <v>173</v>
       </c>
       <c r="B179" s="16" t="s">
         <v>357</v>
       </c>
       <c r="C179" s="17" t="s">
         <v>358</v>
       </c>
       <c r="D179" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="15">
-        <v>1734.4262295082</v>
+        <v>3153.2786885246</v>
       </c>
       <c r="F179" s="15">
-        <v>2116</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="13">
         <v>174</v>
       </c>
       <c r="B180" s="16" t="s">
         <v>359</v>
       </c>
       <c r="C180" s="17" t="s">
         <v>360</v>
       </c>
       <c r="D180" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="15">
-        <v>2313.1147540984</v>
+        <v>1734.4262295082</v>
       </c>
       <c r="F180" s="15">
-        <v>2822</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="13">
         <v>175</v>
       </c>
       <c r="B181" s="16" t="s">
         <v>361</v>
       </c>
       <c r="C181" s="17" t="s">
         <v>362</v>
       </c>
       <c r="D181" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="15">
-        <v>2752.4590163934</v>
+        <v>2313.1147540984</v>
       </c>
       <c r="F181" s="15">
-        <v>3358</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="13">
         <v>176</v>
       </c>
       <c r="B182" s="16" t="s">
         <v>363</v>
       </c>
       <c r="C182" s="17" t="s">
         <v>364</v>
       </c>
       <c r="D182" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="15">
-        <v>2405.737704918</v>
+        <v>2752.4590163934</v>
       </c>
       <c r="F182" s="15">
-        <v>2935</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="13">
         <v>177</v>
       </c>
       <c r="B183" s="16" t="s">
         <v>365</v>
       </c>
       <c r="C183" s="17" t="s">
         <v>366</v>
       </c>
       <c r="D183" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="15">
-        <v>3630.3278688525</v>
+        <v>2405.737704918</v>
       </c>
       <c r="F183" s="15">
-        <v>4429</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="13">
         <v>178</v>
       </c>
       <c r="B184" s="16" t="s">
         <v>367</v>
       </c>
       <c r="C184" s="17" t="s">
         <v>368</v>
       </c>
       <c r="D184" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="15">
-        <v>2405.737704918</v>
+        <v>3630.3278688525</v>
       </c>
       <c r="F184" s="15">
-        <v>2935</v>
+        <v>4429</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="13">
         <v>179</v>
       </c>
       <c r="B185" s="16" t="s">
         <v>369</v>
       </c>
       <c r="C185" s="17" t="s">
         <v>370</v>
       </c>
       <c r="D185" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="15">
-        <v>3630.3278688525</v>
+        <v>2405.737704918</v>
       </c>
       <c r="F185" s="15">
-        <v>4429</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="13">
         <v>180</v>
       </c>
       <c r="B186" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C186" s="17" t="s">
         <v>372</v>
       </c>
       <c r="D186" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="15">
-        <v>7150.0</v>
+        <v>3630.3278688525</v>
       </c>
       <c r="F186" s="15">
-        <v>8723</v>
+        <v>4429</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="13">
         <v>181</v>
       </c>
       <c r="B187" s="16" t="s">
         <v>373</v>
       </c>
       <c r="C187" s="17" t="s">
         <v>374</v>
       </c>
       <c r="D187" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="15">
-        <v>8309.8360655738</v>
+        <v>7150.0</v>
       </c>
       <c r="F187" s="15">
-        <v>10138</v>
+        <v>8723</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="13">
         <v>182</v>
       </c>
       <c r="B188" s="16" t="s">
         <v>375</v>
       </c>
       <c r="C188" s="17" t="s">
         <v>376</v>
       </c>
       <c r="D188" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="15">
-        <v>22490.163934426</v>
+        <v>8309.8360655738</v>
       </c>
       <c r="F188" s="15">
-        <v>27438</v>
+        <v>10138</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="13">
         <v>183</v>
       </c>
       <c r="B189" s="16" t="s">
         <v>377</v>
       </c>
       <c r="C189" s="17" t="s">
         <v>378</v>
       </c>
       <c r="D189" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="15">
-        <v>25740.163934426</v>
+        <v>22490.163934426</v>
       </c>
       <c r="F189" s="15">
-        <v>31403</v>
+        <v>27438</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="13">
         <v>184</v>
       </c>
       <c r="B190" s="16" t="s">
         <v>379</v>
       </c>
       <c r="C190" s="17" t="s">
         <v>380</v>
       </c>
       <c r="D190" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="15">
-        <v>1287.7049180328</v>
+        <v>25740.163934426</v>
       </c>
       <c r="F190" s="15">
-        <v>1571</v>
+        <v>31403</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="13">
         <v>185</v>
       </c>
       <c r="B191" s="16" t="s">
         <v>381</v>
       </c>
       <c r="C191" s="17" t="s">
         <v>382</v>
       </c>
       <c r="D191" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="15">
-        <v>587.70491803279</v>
+        <v>1287.7049180328</v>
       </c>
       <c r="F191" s="15">
-        <v>717</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="13">
         <v>186</v>
       </c>
       <c r="B192" s="16" t="s">
         <v>383</v>
       </c>
       <c r="C192" s="17" t="s">
         <v>384</v>
       </c>
       <c r="D192" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="15">
-        <v>1755.737704918</v>
+        <v>587.70491803279</v>
       </c>
       <c r="F192" s="15">
-        <v>2142</v>
+        <v>717</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="13">
         <v>187</v>
       </c>
       <c r="B193" s="16" t="s">
         <v>385</v>
       </c>
       <c r="C193" s="17" t="s">
         <v>386</v>
       </c>
       <c r="D193" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="15">
-        <v>57063.93442623</v>
+        <v>1755.737704918</v>
       </c>
       <c r="F193" s="15">
-        <v>69618</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="13">
         <v>188</v>
       </c>
       <c r="B194" s="16" t="s">
         <v>387</v>
       </c>
       <c r="C194" s="17" t="s">
         <v>388</v>
       </c>
       <c r="D194" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="15">
-        <v>41022.131147541</v>
+        <v>57063.93442623</v>
       </c>
       <c r="F194" s="15">
-        <v>50047</v>
+        <v>69618</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="13">
         <v>189</v>
       </c>
       <c r="B195" s="16" t="s">
         <v>389</v>
       </c>
       <c r="C195" s="17" t="s">
         <v>390</v>
       </c>
       <c r="D195" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="15">
-        <v>64342.62295082</v>
+        <v>41022.131147541</v>
       </c>
       <c r="F195" s="15">
-        <v>78498</v>
+        <v>50047</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="13">
         <v>190</v>
       </c>
       <c r="B196" s="16" t="s">
         <v>391</v>
       </c>
       <c r="C196" s="17" t="s">
         <v>392</v>
       </c>
       <c r="D196" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="15">
-        <v>71543.442622951</v>
+        <v>64342.62295082</v>
       </c>
       <c r="F196" s="15">
-        <v>87283</v>
+        <v>78498</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="13">
         <v>191</v>
       </c>
       <c r="B197" s="16" t="s">
         <v>393</v>
       </c>
       <c r="C197" s="17" t="s">
         <v>394</v>
       </c>
       <c r="D197" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="15">
         <v>71543.442622951</v>
       </c>
       <c r="F197" s="15">
         <v>87283</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="13">
         <v>192</v>
@@ -10430,54 +10418,54 @@
       </c>
       <c r="D200" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="15">
         <v>71543.442622951</v>
       </c>
       <c r="F200" s="15">
         <v>87283</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="13">
         <v>195</v>
       </c>
       <c r="B201" s="16" t="s">
         <v>401</v>
       </c>
       <c r="C201" s="17" t="s">
         <v>402</v>
       </c>
       <c r="D201" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="15">
-        <v>100254.91803279</v>
+        <v>71543.442622951</v>
       </c>
       <c r="F201" s="15">
-        <v>122311</v>
+        <v>87283</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="13">
         <v>196</v>
       </c>
       <c r="B202" s="16" t="s">
         <v>403</v>
       </c>
       <c r="C202" s="17" t="s">
         <v>404</v>
       </c>
       <c r="D202" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="15">
         <v>100254.91803279</v>
       </c>
       <c r="F202" s="15">
         <v>122311</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="13">
         <v>197</v>
@@ -10530,54 +10518,54 @@
       </c>
       <c r="D205" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="15">
         <v>100254.91803279</v>
       </c>
       <c r="F205" s="15">
         <v>122311</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="13">
         <v>200</v>
       </c>
       <c r="B206" s="16" t="s">
         <v>411</v>
       </c>
       <c r="C206" s="17" t="s">
         <v>412</v>
       </c>
       <c r="D206" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="15">
-        <v>85024.590163934</v>
+        <v>100254.91803279</v>
       </c>
       <c r="F206" s="15">
-        <v>103730</v>
+        <v>122311</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="13">
         <v>201</v>
       </c>
       <c r="B207" s="16" t="s">
         <v>413</v>
       </c>
       <c r="C207" s="17" t="s">
         <v>414</v>
       </c>
       <c r="D207" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="15">
         <v>85024.590163934</v>
       </c>
       <c r="F207" s="15">
         <v>103730</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="13">
         <v>202</v>
@@ -10610,134 +10598,134 @@
       </c>
       <c r="D209" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="15">
         <v>85024.590163934</v>
       </c>
       <c r="F209" s="15">
         <v>103730</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="13">
         <v>204</v>
       </c>
       <c r="B210" s="16" t="s">
         <v>419</v>
       </c>
       <c r="C210" s="17" t="s">
         <v>420</v>
       </c>
       <c r="D210" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="15">
-        <v>69187.704918033</v>
+        <v>85024.590163934</v>
       </c>
       <c r="F210" s="15">
-        <v>84409</v>
+        <v>103730</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="13">
         <v>205</v>
       </c>
       <c r="B211" s="16" t="s">
         <v>421</v>
       </c>
       <c r="C211" s="17" t="s">
         <v>422</v>
       </c>
       <c r="D211" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="15">
-        <v>53145.901639344</v>
+        <v>85024.590163934</v>
       </c>
       <c r="F211" s="15">
-        <v>64838</v>
+        <v>103730</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="13">
         <v>206</v>
       </c>
       <c r="B212" s="16" t="s">
         <v>423</v>
       </c>
       <c r="C212" s="17" t="s">
         <v>424</v>
       </c>
       <c r="D212" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="15">
-        <v>76466.393442623</v>
+        <v>69187.704918033</v>
       </c>
       <c r="F212" s="15">
-        <v>93289</v>
+        <v>84409</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="13">
         <v>207</v>
       </c>
       <c r="B213" s="16" t="s">
         <v>425</v>
       </c>
       <c r="C213" s="17" t="s">
         <v>426</v>
       </c>
       <c r="D213" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="15">
-        <v>84650.819672131</v>
+        <v>53145.901639344</v>
       </c>
       <c r="F213" s="15">
-        <v>103274</v>
+        <v>64838</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="13">
         <v>208</v>
       </c>
       <c r="B214" s="16" t="s">
         <v>427</v>
       </c>
       <c r="C214" s="17" t="s">
         <v>428</v>
       </c>
       <c r="D214" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="15">
-        <v>84650.819672131</v>
+        <v>76466.393442623</v>
       </c>
       <c r="F214" s="15">
-        <v>103274</v>
+        <v>93289</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="13">
         <v>209</v>
       </c>
       <c r="B215" s="16" t="s">
         <v>429</v>
       </c>
       <c r="C215" s="17" t="s">
         <v>430</v>
       </c>
       <c r="D215" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E215" s="15">
         <v>84650.819672131</v>
       </c>
       <c r="F215" s="15">
         <v>103274</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="13">
         <v>210</v>
@@ -10770,74 +10758,74 @@
       </c>
       <c r="D217" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="15">
         <v>84650.819672131</v>
       </c>
       <c r="F217" s="15">
         <v>103274</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="13">
         <v>212</v>
       </c>
       <c r="B218" s="16" t="s">
         <v>435</v>
       </c>
       <c r="C218" s="17" t="s">
         <v>436</v>
       </c>
       <c r="D218" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="15">
-        <v>113362.29508197</v>
+        <v>84650.819672131</v>
       </c>
       <c r="F218" s="15">
-        <v>138302</v>
+        <v>103274</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="13">
         <v>213</v>
       </c>
       <c r="B219" s="16" t="s">
         <v>437</v>
       </c>
       <c r="C219" s="17" t="s">
         <v>438</v>
       </c>
       <c r="D219" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E219" s="15">
-        <v>113362.29508197</v>
+        <v>84650.819672131</v>
       </c>
       <c r="F219" s="15">
-        <v>138302</v>
+        <v>103274</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="13">
         <v>214</v>
       </c>
       <c r="B220" s="16" t="s">
         <v>439</v>
       </c>
       <c r="C220" s="17" t="s">
         <v>440</v>
       </c>
       <c r="D220" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="15">
         <v>113362.29508197</v>
       </c>
       <c r="F220" s="15">
         <v>138302</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="13">
         <v>215</v>
@@ -10870,74 +10858,74 @@
       </c>
       <c r="D222" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="15">
         <v>113362.29508197</v>
       </c>
       <c r="F222" s="15">
         <v>138302</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="13">
         <v>217</v>
       </c>
       <c r="B223" s="16" t="s">
         <v>445</v>
       </c>
       <c r="C223" s="17" t="s">
         <v>446</v>
       </c>
       <c r="D223" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="15">
-        <v>98131.147540984</v>
+        <v>113362.29508197</v>
       </c>
       <c r="F223" s="15">
-        <v>119720</v>
+        <v>138302</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="13">
         <v>218</v>
       </c>
       <c r="B224" s="16" t="s">
         <v>447</v>
       </c>
       <c r="C224" s="17" t="s">
         <v>448</v>
       </c>
       <c r="D224" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E224" s="15">
-        <v>98131.147540984</v>
+        <v>113362.29508197</v>
       </c>
       <c r="F224" s="15">
-        <v>119720</v>
+        <v>138302</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="13">
         <v>219</v>
       </c>
       <c r="B225" s="16" t="s">
         <v>449</v>
       </c>
       <c r="C225" s="17" t="s">
         <v>450</v>
       </c>
       <c r="D225" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="15">
         <v>98131.147540984</v>
       </c>
       <c r="F225" s="15">
         <v>119720</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="13">
         <v>220</v>
@@ -10970,6694 +10958,6694 @@
       </c>
       <c r="D227" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="15">
         <v>98131.147540984</v>
       </c>
       <c r="F227" s="15">
         <v>119720</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="13">
         <v>222</v>
       </c>
       <c r="B228" s="16" t="s">
         <v>455</v>
       </c>
       <c r="C228" s="17" t="s">
         <v>456</v>
       </c>
       <c r="D228" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="15">
-        <v>51517.213114754</v>
+        <v>98131.147540984</v>
       </c>
       <c r="F228" s="15">
-        <v>62851</v>
+        <v>119720</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="13">
         <v>223</v>
       </c>
       <c r="B229" s="16" t="s">
         <v>457</v>
       </c>
       <c r="C229" s="17" t="s">
         <v>458</v>
       </c>
       <c r="D229" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="15">
-        <v>74567.213114754</v>
+        <v>98131.147540984</v>
       </c>
       <c r="F229" s="15">
-        <v>90972</v>
+        <v>119720</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="13">
         <v>224</v>
       </c>
       <c r="B230" s="16" t="s">
         <v>459</v>
       </c>
       <c r="C230" s="17" t="s">
         <v>460</v>
       </c>
       <c r="D230" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E230" s="15">
-        <v>45871.31147541</v>
+        <v>51517.213114754</v>
       </c>
       <c r="F230" s="15">
-        <v>55963</v>
+        <v>62851</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="13">
         <v>225</v>
       </c>
       <c r="B231" s="16" t="s">
         <v>461</v>
       </c>
       <c r="C231" s="17" t="s">
         <v>462</v>
       </c>
       <c r="D231" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="15">
-        <v>61913.114754098</v>
+        <v>74567.213114754</v>
       </c>
       <c r="F231" s="15">
-        <v>75534</v>
+        <v>90972</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="13">
         <v>226</v>
       </c>
       <c r="B232" s="16" t="s">
         <v>463</v>
       </c>
       <c r="C232" s="17" t="s">
         <v>464</v>
       </c>
       <c r="D232" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E232" s="15">
         <v>45871.31147541</v>
       </c>
       <c r="F232" s="15">
         <v>55963</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="13">
         <v>227</v>
       </c>
       <c r="B233" s="16" t="s">
         <v>465</v>
       </c>
       <c r="C233" s="17" t="s">
         <v>466</v>
       </c>
       <c r="D233" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E233" s="15">
-        <v>69191.803278689</v>
+        <v>61913.114754098</v>
       </c>
       <c r="F233" s="15">
-        <v>84414</v>
+        <v>75534</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="13">
         <v>228</v>
       </c>
       <c r="B234" s="16" t="s">
         <v>467</v>
       </c>
       <c r="C234" s="17" t="s">
         <v>468</v>
       </c>
       <c r="D234" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E234" s="15">
-        <v>53876.229508197</v>
+        <v>45871.31147541</v>
       </c>
       <c r="F234" s="15">
-        <v>65729</v>
+        <v>55963</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="13">
         <v>229</v>
       </c>
       <c r="B235" s="16" t="s">
         <v>469</v>
       </c>
       <c r="C235" s="17" t="s">
         <v>470</v>
       </c>
       <c r="D235" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E235" s="15">
-        <v>76926.229508197</v>
+        <v>69191.803278689</v>
       </c>
       <c r="F235" s="15">
-        <v>93850</v>
+        <v>84414</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="13">
         <v>230</v>
       </c>
       <c r="B236" s="16" t="s">
         <v>471</v>
       </c>
       <c r="C236" s="17" t="s">
         <v>472</v>
       </c>
       <c r="D236" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E236" s="15">
-        <v>8750.0</v>
+        <v>53876.229508197</v>
       </c>
       <c r="F236" s="15">
-        <v>10675</v>
+        <v>65729</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="13">
         <v>231</v>
       </c>
       <c r="B237" s="16" t="s">
         <v>473</v>
       </c>
       <c r="C237" s="17" t="s">
         <v>474</v>
       </c>
       <c r="D237" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="15">
-        <v>17000.0</v>
+        <v>76926.229508197</v>
       </c>
       <c r="F237" s="15">
-        <v>20740</v>
+        <v>93850</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="13">
         <v>232</v>
       </c>
       <c r="B238" s="16" t="s">
         <v>475</v>
       </c>
       <c r="C238" s="17" t="s">
         <v>476</v>
       </c>
       <c r="D238" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E238" s="15">
-        <v>5085.2459016393</v>
+        <v>8750.0</v>
       </c>
       <c r="F238" s="15">
-        <v>6204</v>
+        <v>10675</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="13">
         <v>233</v>
       </c>
       <c r="B239" s="16" t="s">
         <v>477</v>
       </c>
       <c r="C239" s="17" t="s">
         <v>478</v>
       </c>
       <c r="D239" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E239" s="15">
-        <v>4170.4918032787</v>
+        <v>17000.0</v>
       </c>
       <c r="F239" s="15">
-        <v>5088</v>
+        <v>20740</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="13">
         <v>234</v>
       </c>
       <c r="B240" s="16" t="s">
         <v>479</v>
       </c>
       <c r="C240" s="17" t="s">
         <v>480</v>
       </c>
       <c r="D240" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="15">
-        <v>7172.131147541</v>
+        <v>5085.2459016393</v>
       </c>
       <c r="F240" s="15">
-        <v>8750</v>
+        <v>6204</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="13">
         <v>235</v>
       </c>
       <c r="B241" s="16" t="s">
         <v>481</v>
       </c>
       <c r="C241" s="17" t="s">
         <v>482</v>
       </c>
       <c r="D241" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="15">
-        <v>15335.245901639</v>
+        <v>4170.4918032787</v>
       </c>
       <c r="F241" s="15">
-        <v>18709</v>
+        <v>5088</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="13">
         <v>236</v>
       </c>
       <c r="B242" s="16" t="s">
         <v>483</v>
       </c>
       <c r="C242" s="17" t="s">
         <v>484</v>
       </c>
       <c r="D242" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="15">
-        <v>6335.2459016393</v>
+        <v>7172.131147541</v>
       </c>
       <c r="F242" s="15">
-        <v>7729</v>
+        <v>8750</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="13">
         <v>237</v>
       </c>
       <c r="B243" s="16" t="s">
         <v>485</v>
       </c>
       <c r="C243" s="17" t="s">
         <v>486</v>
       </c>
       <c r="D243" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E243" s="15">
-        <v>17585.245901639</v>
+        <v>15335.245901639</v>
       </c>
       <c r="F243" s="15">
-        <v>21454</v>
+        <v>18709</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="13">
         <v>238</v>
       </c>
       <c r="B244" s="16" t="s">
         <v>487</v>
       </c>
       <c r="C244" s="17" t="s">
         <v>488</v>
       </c>
       <c r="D244" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E244" s="15">
-        <v>50000.0</v>
+        <v>6335.2459016393</v>
       </c>
       <c r="F244" s="15">
-        <v>61000</v>
+        <v>7729</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="13">
         <v>239</v>
       </c>
       <c r="B245" s="16" t="s">
         <v>489</v>
       </c>
       <c r="C245" s="17" t="s">
         <v>490</v>
       </c>
       <c r="D245" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="15">
-        <v>54335.245901639</v>
+        <v>17585.245901639</v>
       </c>
       <c r="F245" s="15">
-        <v>66289</v>
+        <v>21454</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="13">
         <v>240</v>
       </c>
       <c r="B246" s="16" t="s">
         <v>491</v>
       </c>
       <c r="C246" s="17" t="s">
         <v>492</v>
       </c>
       <c r="D246" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E246" s="15">
-        <v>11170.491803279</v>
+        <v>50000.0</v>
       </c>
       <c r="F246" s="15">
-        <v>13628</v>
+        <v>61000</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="13">
         <v>241</v>
       </c>
       <c r="B247" s="16" t="s">
         <v>493</v>
       </c>
       <c r="C247" s="17" t="s">
         <v>494</v>
       </c>
       <c r="D247" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E247" s="15">
-        <v>8250.0</v>
+        <v>54335.245901639</v>
       </c>
       <c r="F247" s="15">
-        <v>10065</v>
+        <v>66289</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="13">
         <v>242</v>
       </c>
       <c r="B248" s="16" t="s">
         <v>495</v>
       </c>
       <c r="C248" s="17" t="s">
         <v>496</v>
       </c>
       <c r="D248" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="15">
-        <v>15335.245901639</v>
+        <v>11170.491803279</v>
       </c>
       <c r="F248" s="15">
-        <v>18709</v>
+        <v>13628</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="13">
         <v>243</v>
       </c>
       <c r="B249" s="16" t="s">
         <v>497</v>
       </c>
       <c r="C249" s="17" t="s">
         <v>498</v>
       </c>
       <c r="D249" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="15">
-        <v>6335.2459016393</v>
+        <v>8250.0</v>
       </c>
       <c r="F249" s="15">
-        <v>7729</v>
+        <v>10065</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="13">
         <v>244</v>
       </c>
       <c r="B250" s="16" t="s">
         <v>499</v>
       </c>
       <c r="C250" s="17" t="s">
         <v>500</v>
       </c>
       <c r="D250" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="15">
-        <v>17170.491803279</v>
+        <v>15335.245901639</v>
       </c>
       <c r="F250" s="15">
-        <v>20948</v>
+        <v>18709</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="13">
         <v>245</v>
       </c>
       <c r="B251" s="16" t="s">
         <v>501</v>
       </c>
       <c r="C251" s="17" t="s">
         <v>502</v>
       </c>
       <c r="D251" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="15">
-        <v>40420.491803279</v>
+        <v>6335.2459016393</v>
       </c>
       <c r="F251" s="15">
-        <v>49313</v>
+        <v>7729</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="13">
         <v>246</v>
       </c>
       <c r="B252" s="16" t="s">
         <v>503</v>
       </c>
       <c r="C252" s="17" t="s">
         <v>504</v>
       </c>
       <c r="D252" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="15">
-        <v>44000.0</v>
+        <v>17170.491803279</v>
       </c>
       <c r="F252" s="15">
-        <v>53680</v>
+        <v>20948</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="13">
         <v>247</v>
       </c>
       <c r="B253" s="16" t="s">
         <v>505</v>
       </c>
       <c r="C253" s="17" t="s">
         <v>506</v>
       </c>
       <c r="D253" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E253" s="15">
-        <v>10335.245901639</v>
+        <v>40420.491803279</v>
       </c>
       <c r="F253" s="15">
-        <v>12609</v>
+        <v>49313</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="13">
         <v>248</v>
       </c>
       <c r="B254" s="16" t="s">
         <v>507</v>
       </c>
       <c r="C254" s="17" t="s">
         <v>508</v>
       </c>
       <c r="D254" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E254" s="15">
-        <v>10335.245901639</v>
+        <v>44000.0</v>
       </c>
       <c r="F254" s="15">
-        <v>12609</v>
+        <v>53680</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="13">
         <v>249</v>
       </c>
       <c r="B255" s="16" t="s">
         <v>509</v>
       </c>
       <c r="C255" s="17" t="s">
         <v>510</v>
       </c>
       <c r="D255" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E255" s="15">
-        <v>20170.491803279</v>
+        <v>10335.245901639</v>
       </c>
       <c r="F255" s="15">
-        <v>24608</v>
+        <v>12609</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="13">
         <v>250</v>
       </c>
       <c r="B256" s="16" t="s">
         <v>511</v>
       </c>
       <c r="C256" s="17" t="s">
         <v>512</v>
       </c>
       <c r="D256" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="15">
-        <v>37835.245901639</v>
+        <v>10335.245901639</v>
       </c>
       <c r="F256" s="15">
-        <v>46159</v>
+        <v>12609</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="13">
         <v>251</v>
       </c>
       <c r="B257" s="16" t="s">
         <v>513</v>
       </c>
       <c r="C257" s="17" t="s">
         <v>514</v>
       </c>
       <c r="D257" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="15">
-        <v>19585.245901639</v>
+        <v>20170.491803279</v>
       </c>
       <c r="F257" s="15">
-        <v>23894</v>
+        <v>24608</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="13">
         <v>252</v>
       </c>
       <c r="B258" s="16" t="s">
         <v>515</v>
       </c>
       <c r="C258" s="17" t="s">
         <v>516</v>
       </c>
       <c r="D258" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="15">
-        <v>54500.0</v>
+        <v>37835.245901639</v>
       </c>
       <c r="F258" s="15">
-        <v>66490</v>
+        <v>46159</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="13">
         <v>253</v>
       </c>
       <c r="B259" s="16" t="s">
         <v>517</v>
       </c>
       <c r="C259" s="17" t="s">
         <v>518</v>
       </c>
       <c r="D259" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="15">
-        <v>24170.491803279</v>
+        <v>19585.245901639</v>
       </c>
       <c r="F259" s="15">
-        <v>29488</v>
+        <v>23894</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="13">
         <v>254</v>
       </c>
       <c r="B260" s="16" t="s">
         <v>519</v>
       </c>
       <c r="C260" s="17" t="s">
         <v>520</v>
       </c>
       <c r="D260" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="15">
-        <v>23170.491803279</v>
+        <v>54500.0</v>
       </c>
       <c r="F260" s="15">
-        <v>28268</v>
+        <v>66490</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="13">
         <v>255</v>
       </c>
       <c r="B261" s="16" t="s">
         <v>521</v>
       </c>
       <c r="C261" s="17" t="s">
         <v>522</v>
       </c>
       <c r="D261" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E261" s="15">
-        <v>43500.0</v>
+        <v>24170.491803279</v>
       </c>
       <c r="F261" s="15">
-        <v>53070</v>
+        <v>29488</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="13">
         <v>256</v>
       </c>
       <c r="B262" s="16" t="s">
         <v>523</v>
       </c>
       <c r="C262" s="17" t="s">
         <v>524</v>
       </c>
       <c r="D262" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="15">
-        <v>10420.491803279</v>
+        <v>23170.491803279</v>
       </c>
       <c r="F262" s="15">
-        <v>12713</v>
+        <v>28268</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="13">
         <v>257</v>
       </c>
       <c r="B263" s="16" t="s">
         <v>525</v>
       </c>
       <c r="C263" s="17" t="s">
         <v>526</v>
       </c>
       <c r="D263" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="15">
-        <v>18920.491803279</v>
+        <v>43500.0</v>
       </c>
       <c r="F263" s="15">
-        <v>23083</v>
+        <v>53070</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="13">
         <v>258</v>
       </c>
       <c r="B264" s="16" t="s">
         <v>527</v>
       </c>
       <c r="C264" s="17" t="s">
         <v>528</v>
       </c>
       <c r="D264" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="15">
-        <v>39585.245901639</v>
+        <v>10420.491803279</v>
       </c>
       <c r="F264" s="15">
-        <v>48294</v>
+        <v>12713</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="13">
         <v>259</v>
       </c>
       <c r="B265" s="16" t="s">
         <v>529</v>
       </c>
       <c r="C265" s="17" t="s">
         <v>530</v>
       </c>
       <c r="D265" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="15">
-        <v>19500.0</v>
+        <v>18920.491803279</v>
       </c>
       <c r="F265" s="15">
-        <v>23790</v>
+        <v>23083</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="13">
         <v>260</v>
       </c>
       <c r="B266" s="16" t="s">
         <v>531</v>
       </c>
       <c r="C266" s="17" t="s">
         <v>532</v>
       </c>
       <c r="D266" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="15">
-        <v>26585.245901639</v>
+        <v>39585.245901639</v>
       </c>
       <c r="F266" s="15">
-        <v>32434</v>
+        <v>48294</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="13">
         <v>261</v>
       </c>
       <c r="B267" s="16" t="s">
         <v>533</v>
       </c>
       <c r="C267" s="17" t="s">
         <v>534</v>
       </c>
       <c r="D267" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="15">
-        <v>54420.491803279</v>
+        <v>19500.0</v>
       </c>
       <c r="F267" s="15">
-        <v>66393</v>
+        <v>23790</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="13">
         <v>262</v>
       </c>
       <c r="B268" s="16" t="s">
         <v>535</v>
       </c>
       <c r="C268" s="17" t="s">
         <v>536</v>
       </c>
       <c r="D268" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E268" s="15">
-        <v>29585.245901639</v>
+        <v>26585.245901639</v>
       </c>
       <c r="F268" s="15">
-        <v>36094</v>
+        <v>32434</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="13">
         <v>263</v>
       </c>
       <c r="B269" s="16" t="s">
         <v>537</v>
       </c>
       <c r="C269" s="17" t="s">
         <v>538</v>
       </c>
       <c r="D269" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E269" s="15">
-        <v>7800.0</v>
+        <v>54420.491803279</v>
       </c>
       <c r="F269" s="15">
-        <v>9516</v>
+        <v>66393</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="13">
         <v>264</v>
       </c>
       <c r="B270" s="16" t="s">
         <v>539</v>
       </c>
       <c r="C270" s="17" t="s">
         <v>540</v>
       </c>
       <c r="D270" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E270" s="15">
-        <v>9835.2459016393</v>
+        <v>29585.245901639</v>
       </c>
       <c r="F270" s="15">
-        <v>11999</v>
+        <v>36094</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="13">
         <v>265</v>
       </c>
       <c r="B271" s="16" t="s">
         <v>541</v>
       </c>
       <c r="C271" s="17" t="s">
         <v>542</v>
       </c>
       <c r="D271" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E271" s="15">
-        <v>79250.0</v>
+        <v>7800.0</v>
       </c>
       <c r="F271" s="15">
-        <v>96685</v>
+        <v>9516</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="13">
         <v>266</v>
       </c>
       <c r="B272" s="16" t="s">
         <v>543</v>
       </c>
       <c r="C272" s="17" t="s">
         <v>544</v>
       </c>
       <c r="D272" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E272" s="15">
-        <v>73670.491803279</v>
+        <v>9835.2459016393</v>
       </c>
       <c r="F272" s="15">
-        <v>89878</v>
+        <v>11999</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="13">
         <v>267</v>
       </c>
       <c r="B273" s="16" t="s">
         <v>545</v>
       </c>
       <c r="C273" s="17" t="s">
         <v>546</v>
       </c>
       <c r="D273" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E273" s="15">
-        <v>258585.24590164</v>
+        <v>79250.0</v>
       </c>
       <c r="F273" s="15">
-        <v>315474</v>
+        <v>96685</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="13">
         <v>268</v>
       </c>
       <c r="B274" s="16" t="s">
         <v>547</v>
       </c>
       <c r="C274" s="17" t="s">
         <v>548</v>
       </c>
       <c r="D274" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E274" s="15">
-        <v>233835.24590164</v>
+        <v>73670.491803279</v>
       </c>
       <c r="F274" s="15">
-        <v>285279</v>
+        <v>89878</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="13">
         <v>269</v>
       </c>
       <c r="B275" s="16" t="s">
         <v>549</v>
       </c>
       <c r="C275" s="17" t="s">
         <v>550</v>
       </c>
       <c r="D275" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E275" s="15">
-        <v>26170.491803279</v>
+        <v>258585.24590164</v>
       </c>
       <c r="F275" s="15">
-        <v>31928</v>
+        <v>315474</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="13">
         <v>270</v>
       </c>
       <c r="B276" s="16" t="s">
         <v>551</v>
       </c>
       <c r="C276" s="17" t="s">
         <v>552</v>
       </c>
       <c r="D276" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E276" s="15">
-        <v>24000.0</v>
+        <v>233835.24590164</v>
       </c>
       <c r="F276" s="15">
-        <v>29280</v>
+        <v>285279</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="13">
         <v>271</v>
       </c>
       <c r="B277" s="16" t="s">
         <v>553</v>
       </c>
       <c r="C277" s="17" t="s">
         <v>554</v>
       </c>
       <c r="D277" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E277" s="15">
-        <v>48000.0</v>
+        <v>26170.491803279</v>
       </c>
       <c r="F277" s="15">
-        <v>58560</v>
+        <v>31928</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="13">
         <v>272</v>
       </c>
       <c r="B278" s="16" t="s">
         <v>555</v>
       </c>
       <c r="C278" s="17" t="s">
         <v>556</v>
       </c>
       <c r="D278" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E278" s="15">
-        <v>13835.245901639</v>
+        <v>24000.0</v>
       </c>
       <c r="F278" s="15">
-        <v>16879</v>
+        <v>29280</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="13">
         <v>273</v>
       </c>
       <c r="B279" s="16" t="s">
         <v>557</v>
       </c>
       <c r="C279" s="17" t="s">
         <v>558</v>
       </c>
       <c r="D279" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="15">
-        <v>18250.0</v>
+        <v>48000.0</v>
       </c>
       <c r="F279" s="15">
-        <v>22265</v>
+        <v>58560</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="13">
         <v>274</v>
       </c>
       <c r="B280" s="16" t="s">
         <v>559</v>
       </c>
       <c r="C280" s="17" t="s">
         <v>560</v>
       </c>
       <c r="D280" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E280" s="15">
-        <v>20073.770491803</v>
+        <v>13835.245901639</v>
       </c>
       <c r="F280" s="15">
-        <v>24490</v>
+        <v>16879</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="13">
         <v>275</v>
       </c>
       <c r="B281" s="16" t="s">
         <v>561</v>
       </c>
       <c r="C281" s="17" t="s">
         <v>562</v>
       </c>
       <c r="D281" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E281" s="15">
-        <v>28250.0</v>
+        <v>18250.0</v>
       </c>
       <c r="F281" s="15">
-        <v>34465</v>
+        <v>22265</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="13">
         <v>276</v>
       </c>
       <c r="B282" s="16" t="s">
         <v>563</v>
       </c>
       <c r="C282" s="17" t="s">
         <v>564</v>
       </c>
       <c r="D282" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E282" s="15">
-        <v>17335.245901639</v>
+        <v>20073.770491803</v>
       </c>
       <c r="F282" s="15">
-        <v>21149</v>
+        <v>24490</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="13">
         <v>277</v>
       </c>
       <c r="B283" s="16" t="s">
         <v>565</v>
       </c>
       <c r="C283" s="17" t="s">
         <v>566</v>
       </c>
       <c r="D283" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E283" s="15">
-        <v>26250.0</v>
+        <v>28250.0</v>
       </c>
       <c r="F283" s="15">
-        <v>32025</v>
+        <v>34465</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="13">
         <v>278</v>
       </c>
       <c r="B284" s="16" t="s">
         <v>567</v>
       </c>
       <c r="C284" s="17" t="s">
         <v>568</v>
       </c>
       <c r="D284" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E284" s="15">
-        <v>28420.491803279</v>
+        <v>17335.245901639</v>
       </c>
       <c r="F284" s="15">
-        <v>34673</v>
+        <v>21149</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="13">
         <v>279</v>
       </c>
       <c r="B285" s="16" t="s">
         <v>569</v>
       </c>
       <c r="C285" s="17" t="s">
         <v>570</v>
       </c>
       <c r="D285" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E285" s="15">
-        <v>47585.245901639</v>
+        <v>26250.0</v>
       </c>
       <c r="F285" s="15">
-        <v>58054</v>
+        <v>32025</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="13">
         <v>280</v>
       </c>
       <c r="B286" s="16" t="s">
         <v>571</v>
       </c>
       <c r="C286" s="17" t="s">
         <v>572</v>
       </c>
       <c r="D286" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E286" s="15">
-        <v>11170.491803279</v>
+        <v>28420.491803279</v>
       </c>
       <c r="F286" s="15">
-        <v>13628</v>
+        <v>34673</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="13">
         <v>281</v>
       </c>
       <c r="B287" s="16" t="s">
         <v>573</v>
       </c>
       <c r="C287" s="17" t="s">
         <v>574</v>
       </c>
       <c r="D287" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E287" s="15">
-        <v>16335.245901639</v>
+        <v>47585.245901639</v>
       </c>
       <c r="F287" s="15">
-        <v>19929</v>
+        <v>58054</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="13">
         <v>282</v>
       </c>
       <c r="B288" s="16" t="s">
         <v>575</v>
       </c>
       <c r="C288" s="17" t="s">
         <v>576</v>
       </c>
       <c r="D288" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E288" s="15">
-        <v>9670.4918032787</v>
+        <v>11170.491803279</v>
       </c>
       <c r="F288" s="15">
-        <v>11798</v>
+        <v>13628</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="13">
         <v>283</v>
       </c>
       <c r="B289" s="16" t="s">
         <v>577</v>
       </c>
       <c r="C289" s="17" t="s">
         <v>578</v>
       </c>
       <c r="D289" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E289" s="15">
-        <v>23085.245901639</v>
+        <v>16335.245901639</v>
       </c>
       <c r="F289" s="15">
-        <v>28164</v>
+        <v>19929</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="13">
         <v>284</v>
       </c>
       <c r="B290" s="16" t="s">
         <v>579</v>
       </c>
       <c r="C290" s="17" t="s">
         <v>580</v>
       </c>
       <c r="D290" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E290" s="15">
-        <v>32835.245901639</v>
+        <v>9670.4918032787</v>
       </c>
       <c r="F290" s="15">
-        <v>40059</v>
+        <v>11798</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="13">
         <v>285</v>
       </c>
       <c r="B291" s="16" t="s">
         <v>581</v>
       </c>
       <c r="C291" s="17" t="s">
         <v>582</v>
       </c>
       <c r="D291" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E291" s="15">
-        <v>56835.245901639</v>
+        <v>23085.245901639</v>
       </c>
       <c r="F291" s="15">
-        <v>69339</v>
+        <v>28164</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="13">
         <v>286</v>
       </c>
       <c r="B292" s="16" t="s">
         <v>583</v>
       </c>
       <c r="C292" s="17" t="s">
         <v>584</v>
       </c>
       <c r="D292" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E292" s="15">
-        <v>18438.524590164</v>
+        <v>32835.245901639</v>
       </c>
       <c r="F292" s="15">
-        <v>22495</v>
+        <v>40059</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="13">
         <v>287</v>
       </c>
       <c r="B293" s="16" t="s">
         <v>585</v>
       </c>
       <c r="C293" s="17" t="s">
         <v>586</v>
       </c>
       <c r="D293" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E293" s="15">
-        <v>24182.786885246</v>
+        <v>56835.245901639</v>
       </c>
       <c r="F293" s="15">
-        <v>29503</v>
+        <v>69339</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="13">
         <v>288</v>
       </c>
       <c r="B294" s="16" t="s">
         <v>587</v>
       </c>
       <c r="C294" s="17" t="s">
         <v>588</v>
       </c>
       <c r="D294" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E294" s="15">
-        <v>44182.786885246</v>
+        <v>18438.524590164</v>
       </c>
       <c r="F294" s="15">
-        <v>53903</v>
+        <v>22495</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="13">
         <v>289</v>
       </c>
       <c r="B295" s="16" t="s">
         <v>589</v>
       </c>
       <c r="C295" s="17" t="s">
         <v>590</v>
       </c>
       <c r="D295" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E295" s="15">
-        <v>93585.245901639</v>
+        <v>24182.786885246</v>
       </c>
       <c r="F295" s="15">
-        <v>114174</v>
+        <v>29503</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="13">
         <v>290</v>
       </c>
       <c r="B296" s="16" t="s">
         <v>591</v>
       </c>
       <c r="C296" s="17" t="s">
         <v>592</v>
       </c>
       <c r="D296" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E296" s="15">
-        <v>96670.491803279</v>
+        <v>44182.786885246</v>
       </c>
       <c r="F296" s="15">
-        <v>117938</v>
+        <v>53903</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="13">
         <v>291</v>
       </c>
       <c r="B297" s="16" t="s">
         <v>593</v>
       </c>
       <c r="C297" s="17" t="s">
         <v>594</v>
       </c>
       <c r="D297" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E297" s="15">
-        <v>83000.0</v>
+        <v>93585.245901639</v>
       </c>
       <c r="F297" s="15">
-        <v>101260</v>
+        <v>114174</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="13">
         <v>292</v>
       </c>
       <c r="B298" s="16" t="s">
         <v>595</v>
       </c>
       <c r="C298" s="17" t="s">
         <v>596</v>
       </c>
       <c r="D298" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E298" s="15">
-        <v>44729.508196721</v>
+        <v>96670.491803279</v>
       </c>
       <c r="F298" s="15">
-        <v>54570</v>
+        <v>117938</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="13">
         <v>293</v>
       </c>
       <c r="B299" s="16" t="s">
         <v>597</v>
       </c>
       <c r="C299" s="17" t="s">
         <v>598</v>
       </c>
       <c r="D299" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E299" s="15">
-        <v>94170.491803279</v>
+        <v>83000.0</v>
       </c>
       <c r="F299" s="15">
-        <v>114888</v>
+        <v>101260</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="13">
         <v>294</v>
       </c>
       <c r="B300" s="16" t="s">
         <v>599</v>
       </c>
       <c r="C300" s="17" t="s">
         <v>600</v>
       </c>
       <c r="D300" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E300" s="15">
-        <v>121085.24590164</v>
+        <v>44729.508196721</v>
       </c>
       <c r="F300" s="15">
-        <v>147724</v>
+        <v>54570</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="13">
         <v>295</v>
       </c>
       <c r="B301" s="16" t="s">
         <v>601</v>
       </c>
       <c r="C301" s="17" t="s">
         <v>602</v>
       </c>
       <c r="D301" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E301" s="15">
-        <v>117500.0</v>
+        <v>94170.491803279</v>
       </c>
       <c r="F301" s="15">
-        <v>143350</v>
+        <v>114888</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="13">
         <v>296</v>
       </c>
       <c r="B302" s="16" t="s">
         <v>603</v>
       </c>
       <c r="C302" s="17" t="s">
         <v>604</v>
       </c>
       <c r="D302" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E302" s="15">
-        <v>165920.49180328</v>
+        <v>121085.24590164</v>
       </c>
       <c r="F302" s="15">
-        <v>202423</v>
+        <v>147724</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="13">
         <v>297</v>
       </c>
       <c r="B303" s="16" t="s">
         <v>605</v>
       </c>
       <c r="C303" s="17" t="s">
         <v>606</v>
       </c>
       <c r="D303" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E303" s="15">
-        <v>2855524.5901639</v>
+        <v>117500.0</v>
       </c>
       <c r="F303" s="15">
-        <v>3483740</v>
+        <v>143350</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="13">
         <v>298</v>
       </c>
       <c r="B304" s="16" t="s">
+        <v>607</v>
+      </c>
+      <c r="C304" s="17" t="s">
         <v>608</v>
       </c>
-      <c r="C304" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D304" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E304" s="15">
-        <v>2925586.8852459</v>
+        <v>165920.49180328</v>
       </c>
       <c r="F304" s="15">
-        <v>3569216</v>
+        <v>202423</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="13">
         <v>299</v>
       </c>
       <c r="B305" s="16" t="s">
+        <v>609</v>
+      </c>
+      <c r="C305" s="17" t="s">
         <v>610</v>
       </c>
-      <c r="C305" s="17" t="s">
+      <c r="D305" s="14" t="s">
         <v>611</v>
       </c>
-      <c r="D305" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E305" s="15">
-        <v>2760420.4918033</v>
+        <v>2855524.5901639</v>
       </c>
       <c r="F305" s="15">
-        <v>3367713</v>
+        <v>3483740</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="13">
         <v>300</v>
       </c>
       <c r="B306" s="16" t="s">
         <v>612</v>
       </c>
       <c r="C306" s="17" t="s">
         <v>613</v>
       </c>
       <c r="D306" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E306" s="15">
-        <v>2830483.6065574</v>
+        <v>2925586.8852459</v>
       </c>
       <c r="F306" s="15">
-        <v>3453190</v>
+        <v>3569216</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="13">
         <v>301</v>
       </c>
       <c r="B307" s="16" t="s">
         <v>614</v>
       </c>
       <c r="C307" s="17" t="s">
         <v>615</v>
       </c>
       <c r="D307" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E307" s="15">
-        <v>2354838.5245902</v>
+        <v>2760420.4918033</v>
       </c>
       <c r="F307" s="15">
-        <v>2872903</v>
+        <v>3367713</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="13">
         <v>302</v>
       </c>
       <c r="B308" s="16" t="s">
         <v>616</v>
       </c>
       <c r="C308" s="17" t="s">
         <v>617</v>
       </c>
       <c r="D308" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E308" s="15">
-        <v>2284776.2295082</v>
+        <v>2830483.6065574</v>
       </c>
       <c r="F308" s="15">
-        <v>2787427</v>
+        <v>3453190</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="13">
         <v>303</v>
       </c>
       <c r="B309" s="16" t="s">
         <v>618</v>
       </c>
       <c r="C309" s="17" t="s">
         <v>619</v>
       </c>
       <c r="D309" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E309" s="15">
-        <v>2259738.5245902</v>
+        <v>2354838.5245902</v>
       </c>
       <c r="F309" s="15">
-        <v>2756881</v>
+        <v>2872903</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="13">
         <v>304</v>
       </c>
       <c r="B310" s="16" t="s">
         <v>620</v>
       </c>
       <c r="C310" s="17" t="s">
         <v>621</v>
       </c>
       <c r="D310" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E310" s="15">
-        <v>2189668.0327869</v>
+        <v>2284776.2295082</v>
       </c>
       <c r="F310" s="15">
-        <v>2671395</v>
+        <v>2787427</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="13">
         <v>305</v>
       </c>
       <c r="B311" s="16" t="s">
         <v>622</v>
       </c>
       <c r="C311" s="17" t="s">
         <v>623</v>
       </c>
       <c r="D311" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E311" s="15">
-        <v>2256140.1639344</v>
+        <v>2259738.5245902</v>
       </c>
       <c r="F311" s="15">
-        <v>2752491</v>
+        <v>2756881</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="13">
         <v>306</v>
       </c>
       <c r="B312" s="16" t="s">
         <v>624</v>
       </c>
       <c r="C312" s="17" t="s">
         <v>625</v>
       </c>
       <c r="D312" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E312" s="15">
-        <v>2437554.0983607</v>
+        <v>2189668.0327869</v>
       </c>
       <c r="F312" s="15">
-        <v>2973816</v>
+        <v>2671395</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="13">
         <v>307</v>
       </c>
       <c r="B313" s="16" t="s">
         <v>626</v>
       </c>
       <c r="C313" s="17" t="s">
         <v>627</v>
       </c>
       <c r="D313" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E313" s="15">
-        <v>2161042.6229508</v>
+        <v>2256140.1639344</v>
       </c>
       <c r="F313" s="15">
-        <v>2636472</v>
+        <v>2752491</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="13">
         <v>308</v>
       </c>
       <c r="B314" s="16" t="s">
         <v>628</v>
       </c>
       <c r="C314" s="17" t="s">
         <v>629</v>
       </c>
       <c r="D314" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E314" s="15">
-        <v>2342450.8196721</v>
+        <v>2437554.0983607</v>
       </c>
       <c r="F314" s="15">
-        <v>2857790</v>
+        <v>2973816</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="13">
         <v>309</v>
       </c>
       <c r="B315" s="16" t="s">
         <v>630</v>
       </c>
       <c r="C315" s="17" t="s">
         <v>631</v>
       </c>
       <c r="D315" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E315" s="15">
-        <v>446459.01639344</v>
+        <v>2161042.6229508</v>
       </c>
       <c r="F315" s="15">
-        <v>544680</v>
+        <v>2636472</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="13">
         <v>310</v>
       </c>
       <c r="B316" s="16" t="s">
         <v>632</v>
       </c>
       <c r="C316" s="17" t="s">
         <v>633</v>
       </c>
       <c r="D316" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E316" s="15">
-        <v>540832.78688525</v>
+        <v>2342450.8196721</v>
       </c>
       <c r="F316" s="15">
-        <v>659816</v>
+        <v>2857790</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="13">
         <v>311</v>
       </c>
       <c r="B317" s="16" t="s">
         <v>634</v>
       </c>
       <c r="C317" s="17" t="s">
         <v>635</v>
       </c>
       <c r="D317" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E317" s="15">
-        <v>436410.6557377</v>
+        <v>446459.01639344</v>
       </c>
       <c r="F317" s="15">
-        <v>532421</v>
+        <v>544680</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="13">
         <v>312</v>
       </c>
       <c r="B318" s="16" t="s">
         <v>636</v>
       </c>
       <c r="C318" s="17" t="s">
         <v>637</v>
       </c>
       <c r="D318" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E318" s="15">
-        <v>530842.62295082</v>
+        <v>540832.78688525</v>
       </c>
       <c r="F318" s="15">
-        <v>647628</v>
+        <v>659816</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="13">
         <v>313</v>
       </c>
       <c r="B319" s="16" t="s">
         <v>638</v>
       </c>
       <c r="C319" s="17" t="s">
         <v>639</v>
       </c>
       <c r="D319" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E319" s="15">
-        <v>520186.06557377</v>
+        <v>436410.6557377</v>
       </c>
       <c r="F319" s="15">
-        <v>634627</v>
+        <v>532421</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="13">
         <v>314</v>
       </c>
       <c r="B320" s="16" t="s">
         <v>640</v>
       </c>
       <c r="C320" s="17" t="s">
         <v>641</v>
       </c>
       <c r="D320" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E320" s="15">
-        <v>611958.19672131</v>
+        <v>530842.62295082</v>
       </c>
       <c r="F320" s="15">
-        <v>746589</v>
+        <v>647628</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="13">
         <v>315</v>
       </c>
       <c r="B321" s="16" t="s">
         <v>642</v>
       </c>
       <c r="C321" s="17" t="s">
         <v>643</v>
       </c>
       <c r="D321" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E321" s="15">
-        <v>510198.36065574</v>
+        <v>520186.06557377</v>
       </c>
       <c r="F321" s="15">
-        <v>622442</v>
+        <v>634627</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="13">
         <v>316</v>
       </c>
       <c r="B322" s="16" t="s">
         <v>644</v>
       </c>
       <c r="C322" s="17" t="s">
         <v>645</v>
       </c>
       <c r="D322" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E322" s="15">
-        <v>601965.57377049</v>
+        <v>611958.19672131</v>
       </c>
       <c r="F322" s="15">
-        <v>734398</v>
+        <v>746589</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="13">
         <v>317</v>
       </c>
       <c r="B323" s="16" t="s">
         <v>646</v>
       </c>
       <c r="C323" s="17" t="s">
         <v>647</v>
       </c>
       <c r="D323" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E323" s="15">
-        <v>581458.19672131</v>
+        <v>510198.36065574</v>
       </c>
       <c r="F323" s="15">
-        <v>709379</v>
+        <v>622442</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="13">
         <v>318</v>
       </c>
       <c r="B324" s="16" t="s">
         <v>648</v>
       </c>
       <c r="C324" s="17" t="s">
         <v>649</v>
       </c>
       <c r="D324" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E324" s="15">
-        <v>680822.13114754</v>
+        <v>601965.57377049</v>
       </c>
       <c r="F324" s="15">
-        <v>830603</v>
+        <v>734398</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="13">
         <v>319</v>
       </c>
       <c r="B325" s="16" t="s">
         <v>650</v>
       </c>
       <c r="C325" s="17" t="s">
         <v>651</v>
       </c>
       <c r="D325" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E325" s="15">
-        <v>571467.21311475</v>
+        <v>581458.19672131</v>
       </c>
       <c r="F325" s="15">
-        <v>697190</v>
+        <v>709379</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="13">
         <v>320</v>
       </c>
       <c r="B326" s="16" t="s">
         <v>652</v>
       </c>
       <c r="C326" s="17" t="s">
         <v>653</v>
       </c>
       <c r="D326" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E326" s="15">
-        <v>670832.78688525</v>
+        <v>680822.13114754</v>
       </c>
       <c r="F326" s="15">
-        <v>818416</v>
+        <v>830603</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="13">
         <v>321</v>
       </c>
       <c r="B327" s="16" t="s">
         <v>654</v>
       </c>
       <c r="C327" s="17" t="s">
         <v>655</v>
       </c>
       <c r="D327" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E327" s="15">
-        <v>1788086.8852459</v>
+        <v>571467.21311475</v>
       </c>
       <c r="F327" s="15">
-        <v>2181466</v>
+        <v>697190</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="13">
         <v>322</v>
       </c>
       <c r="B328" s="16" t="s">
         <v>656</v>
       </c>
       <c r="C328" s="17" t="s">
         <v>657</v>
       </c>
       <c r="D328" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E328" s="15">
-        <v>1788086.8852459</v>
+        <v>670832.78688525</v>
       </c>
       <c r="F328" s="15">
-        <v>2181466</v>
+        <v>818416</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="13">
         <v>323</v>
       </c>
       <c r="B329" s="16" t="s">
         <v>658</v>
       </c>
       <c r="C329" s="17" t="s">
         <v>659</v>
       </c>
       <c r="D329" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E329" s="15">
-        <v>1932471.3114754</v>
+        <v>1788086.8852459</v>
       </c>
       <c r="F329" s="15">
-        <v>2357615</v>
+        <v>2181466</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="13">
         <v>324</v>
       </c>
       <c r="B330" s="16" t="s">
         <v>660</v>
       </c>
       <c r="C330" s="17" t="s">
         <v>661</v>
       </c>
       <c r="D330" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E330" s="15">
-        <v>1967901.6393443</v>
+        <v>1788086.8852459</v>
       </c>
       <c r="F330" s="15">
-        <v>2400840</v>
+        <v>2181466</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="13">
         <v>325</v>
       </c>
       <c r="B331" s="16" t="s">
         <v>662</v>
       </c>
       <c r="C331" s="17" t="s">
         <v>663</v>
       </c>
       <c r="D331" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E331" s="15">
-        <v>1692983.6065574</v>
+        <v>1932471.3114754</v>
       </c>
       <c r="F331" s="15">
-        <v>2065440</v>
+        <v>2357615</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="13">
         <v>326</v>
       </c>
       <c r="B332" s="16" t="s">
         <v>664</v>
       </c>
       <c r="C332" s="17" t="s">
         <v>665</v>
       </c>
       <c r="D332" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E332" s="15">
-        <v>1692983.6065574</v>
+        <v>1967901.6393443</v>
       </c>
       <c r="F332" s="15">
-        <v>2065440</v>
+        <v>2400840</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="13">
         <v>327</v>
       </c>
       <c r="B333" s="16" t="s">
         <v>666</v>
       </c>
       <c r="C333" s="17" t="s">
         <v>667</v>
       </c>
       <c r="D333" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E333" s="15">
-        <v>1837368.0327869</v>
+        <v>1692983.6065574</v>
       </c>
       <c r="F333" s="15">
-        <v>2241589</v>
+        <v>2065440</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="13">
         <v>328</v>
       </c>
       <c r="B334" s="16" t="s">
         <v>668</v>
       </c>
       <c r="C334" s="17" t="s">
         <v>669</v>
       </c>
       <c r="D334" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E334" s="15">
-        <v>1872800.0</v>
+        <v>1692983.6065574</v>
       </c>
       <c r="F334" s="15">
-        <v>2284816</v>
+        <v>2065440</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="13">
         <v>329</v>
       </c>
       <c r="B335" s="16" t="s">
         <v>670</v>
       </c>
       <c r="C335" s="17" t="s">
         <v>671</v>
       </c>
       <c r="D335" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E335" s="15">
-        <v>1921550.0</v>
+        <v>1837368.0327869</v>
       </c>
       <c r="F335" s="15">
-        <v>2344291</v>
+        <v>2241589</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="13">
         <v>330</v>
       </c>
       <c r="B336" s="16" t="s">
         <v>672</v>
       </c>
       <c r="C336" s="17" t="s">
         <v>673</v>
       </c>
       <c r="D336" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E336" s="15">
-        <v>2101364.7540984</v>
+        <v>1872800.0</v>
       </c>
       <c r="F336" s="15">
-        <v>2563665</v>
+        <v>2284816</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="13">
         <v>331</v>
       </c>
       <c r="B337" s="16" t="s">
         <v>674</v>
       </c>
       <c r="C337" s="17" t="s">
         <v>675</v>
       </c>
       <c r="D337" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E337" s="15">
-        <v>1826448.3606557</v>
+        <v>1921550.0</v>
       </c>
       <c r="F337" s="15">
-        <v>2228267</v>
+        <v>2344291</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="13">
         <v>332</v>
       </c>
       <c r="B338" s="16" t="s">
         <v>676</v>
       </c>
       <c r="C338" s="17" t="s">
         <v>677</v>
       </c>
       <c r="D338" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E338" s="15">
-        <v>2006524.5901639</v>
+        <v>2101364.7540984</v>
       </c>
       <c r="F338" s="15">
-        <v>2447960</v>
+        <v>2563665</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="13">
         <v>333</v>
       </c>
       <c r="B339" s="16" t="s">
         <v>678</v>
       </c>
       <c r="C339" s="17" t="s">
         <v>679</v>
       </c>
       <c r="D339" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E339" s="15">
-        <v>1891980.3278689</v>
+        <v>1826448.3606557</v>
       </c>
       <c r="F339" s="15">
-        <v>2308216</v>
+        <v>2228267</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="13">
         <v>334</v>
       </c>
       <c r="B340" s="16" t="s">
         <v>680</v>
       </c>
       <c r="C340" s="17" t="s">
         <v>681</v>
       </c>
       <c r="D340" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E340" s="15">
-        <v>2071795.9016393</v>
+        <v>2006524.5901639</v>
       </c>
       <c r="F340" s="15">
-        <v>2527591</v>
+        <v>2447960</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="13">
         <v>335</v>
       </c>
       <c r="B341" s="16" t="s">
         <v>682</v>
       </c>
       <c r="C341" s="17" t="s">
         <v>683</v>
       </c>
       <c r="D341" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E341" s="15">
-        <v>1796879.5081967</v>
+        <v>1891980.3278689</v>
       </c>
       <c r="F341" s="15">
-        <v>2192193</v>
+        <v>2308216</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="13">
         <v>336</v>
       </c>
       <c r="B342" s="16" t="s">
         <v>684</v>
       </c>
       <c r="C342" s="17" t="s">
         <v>685</v>
       </c>
       <c r="D342" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E342" s="15">
-        <v>1976689.3442623</v>
+        <v>2071795.9016393</v>
       </c>
       <c r="F342" s="15">
-        <v>2411561</v>
+        <v>2527591</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="13">
         <v>337</v>
       </c>
       <c r="B343" s="16" t="s">
         <v>686</v>
       </c>
       <c r="C343" s="17" t="s">
         <v>687</v>
       </c>
       <c r="D343" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E343" s="15">
-        <v>2147851.6393443</v>
+        <v>1796879.5081967</v>
       </c>
       <c r="F343" s="15">
-        <v>2620379</v>
+        <v>2192193</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="13">
         <v>338</v>
       </c>
       <c r="B344" s="16" t="s">
         <v>688</v>
       </c>
       <c r="C344" s="17" t="s">
         <v>689</v>
       </c>
       <c r="D344" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E344" s="15">
-        <v>1873465.5737705</v>
+        <v>1976689.3442623</v>
       </c>
       <c r="F344" s="15">
-        <v>2285628</v>
+        <v>2411561</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="13">
         <v>339</v>
       </c>
       <c r="B345" s="16" t="s">
         <v>690</v>
       </c>
       <c r="C345" s="17" t="s">
         <v>691</v>
       </c>
       <c r="D345" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E345" s="15">
-        <v>2052752.4590164</v>
+        <v>2147851.6393443</v>
       </c>
       <c r="F345" s="15">
-        <v>2504358</v>
+        <v>2620379</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="13">
         <v>340</v>
       </c>
       <c r="B346" s="16" t="s">
         <v>692</v>
       </c>
       <c r="C346" s="17" t="s">
         <v>693</v>
       </c>
       <c r="D346" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E346" s="15">
-        <v>1908361.4754098</v>
+        <v>1873465.5737705</v>
       </c>
       <c r="F346" s="15">
-        <v>2328201</v>
+        <v>2285628</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="13">
         <v>341</v>
       </c>
       <c r="B347" s="16" t="s">
         <v>694</v>
       </c>
       <c r="C347" s="17" t="s">
         <v>695</v>
       </c>
       <c r="D347" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E347" s="15">
-        <v>2390401.6393443</v>
+        <v>2052752.4590164</v>
       </c>
       <c r="F347" s="15">
-        <v>2916290</v>
+        <v>2504358</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="13">
         <v>342</v>
       </c>
       <c r="B348" s="16" t="s">
         <v>696</v>
       </c>
       <c r="C348" s="17" t="s">
         <v>697</v>
       </c>
       <c r="D348" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E348" s="15">
-        <v>2571816.3934426</v>
+        <v>1908361.4754098</v>
       </c>
       <c r="F348" s="15">
-        <v>3137616</v>
+        <v>2328201</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="13">
         <v>343</v>
       </c>
       <c r="B349" s="16" t="s">
         <v>698</v>
       </c>
       <c r="C349" s="17" t="s">
         <v>699</v>
       </c>
       <c r="D349" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E349" s="15">
-        <v>2295300.0</v>
+        <v>2390401.6393443</v>
       </c>
       <c r="F349" s="15">
-        <v>2800266</v>
+        <v>2916290</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="13">
         <v>344</v>
       </c>
       <c r="B350" s="16" t="s">
         <v>700</v>
       </c>
       <c r="C350" s="17" t="s">
         <v>701</v>
       </c>
       <c r="D350" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E350" s="15">
-        <v>2476708.1967213</v>
+        <v>2571816.3934426</v>
       </c>
       <c r="F350" s="15">
-        <v>3021584</v>
+        <v>3137616</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="13">
         <v>345</v>
       </c>
       <c r="B351" s="16" t="s">
         <v>702</v>
       </c>
       <c r="C351" s="17" t="s">
         <v>703</v>
       </c>
       <c r="D351" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E351" s="15">
-        <v>3230175.4098361</v>
+        <v>2295300.0</v>
       </c>
       <c r="F351" s="15">
-        <v>3940814</v>
+        <v>2800266</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="13">
         <v>346</v>
       </c>
       <c r="B352" s="16" t="s">
         <v>704</v>
       </c>
       <c r="C352" s="17" t="s">
         <v>705</v>
       </c>
       <c r="D352" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E352" s="15">
-        <v>3624699.1803279</v>
+        <v>2476708.1967213</v>
       </c>
       <c r="F352" s="15">
-        <v>4422133</v>
+        <v>3021584</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="13">
         <v>347</v>
       </c>
       <c r="B353" s="16" t="s">
         <v>706</v>
       </c>
       <c r="C353" s="17" t="s">
         <v>707</v>
       </c>
       <c r="D353" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E353" s="15">
-        <v>4004637.704918</v>
+        <v>3230175.4098361</v>
       </c>
       <c r="F353" s="15">
-        <v>4885658</v>
+        <v>3940814</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="13">
         <v>348</v>
       </c>
       <c r="B354" s="16" t="s">
         <v>708</v>
       </c>
       <c r="C354" s="17" t="s">
         <v>709</v>
       </c>
       <c r="D354" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E354" s="15">
-        <v>4133545.0819672</v>
+        <v>3624699.1803279</v>
       </c>
       <c r="F354" s="15">
-        <v>5042925</v>
+        <v>4422133</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="13">
         <v>349</v>
       </c>
       <c r="B355" s="16" t="s">
         <v>710</v>
       </c>
       <c r="C355" s="17" t="s">
         <v>711</v>
       </c>
       <c r="D355" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E355" s="15">
-        <v>2436603.2786885</v>
+        <v>4004637.704918</v>
       </c>
       <c r="F355" s="15">
-        <v>2972656</v>
+        <v>4885658</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="13">
         <v>350</v>
       </c>
       <c r="B356" s="16" t="s">
         <v>712</v>
       </c>
       <c r="C356" s="17" t="s">
         <v>713</v>
       </c>
       <c r="D356" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E356" s="15">
-        <v>2565511.4754098</v>
+        <v>4133545.0819672</v>
       </c>
       <c r="F356" s="15">
-        <v>3129924</v>
+        <v>5042925</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="13">
         <v>351</v>
       </c>
       <c r="B357" s="16" t="s">
         <v>714</v>
       </c>
       <c r="C357" s="17" t="s">
         <v>715</v>
       </c>
       <c r="D357" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E357" s="15">
-        <v>3907748.3606557</v>
+        <v>2436603.2786885</v>
       </c>
       <c r="F357" s="15">
-        <v>4767453</v>
+        <v>2972656</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="13">
         <v>352</v>
       </c>
       <c r="B358" s="16" t="s">
         <v>716</v>
       </c>
       <c r="C358" s="17" t="s">
         <v>717</v>
       </c>
       <c r="D358" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E358" s="15">
-        <v>4853654.0983607</v>
+        <v>2565511.4754098</v>
       </c>
       <c r="F358" s="15">
-        <v>5921458</v>
+        <v>3129924</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="13">
         <v>353</v>
       </c>
       <c r="B359" s="16" t="s">
         <v>718</v>
       </c>
       <c r="C359" s="17" t="s">
         <v>719</v>
       </c>
       <c r="D359" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E359" s="15">
-        <v>2804646.7213115</v>
+        <v>3907748.3606557</v>
       </c>
       <c r="F359" s="15">
-        <v>3421669</v>
+        <v>4767453</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="13">
         <v>354</v>
       </c>
       <c r="B360" s="16" t="s">
         <v>720</v>
       </c>
       <c r="C360" s="17" t="s">
         <v>721</v>
       </c>
       <c r="D360" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E360" s="15">
-        <v>3075345.0819672</v>
+        <v>4853654.0983607</v>
       </c>
       <c r="F360" s="15">
-        <v>3751921</v>
+        <v>5921458</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="13">
         <v>355</v>
       </c>
       <c r="B361" s="16" t="s">
         <v>722</v>
       </c>
       <c r="C361" s="17" t="s">
         <v>723</v>
       </c>
       <c r="D361" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E361" s="15">
-        <v>4241939.3442623</v>
+        <v>2804646.7213115</v>
       </c>
       <c r="F361" s="15">
-        <v>5175166</v>
+        <v>3421669</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="13">
         <v>356</v>
       </c>
       <c r="B362" s="16" t="s">
         <v>724</v>
       </c>
       <c r="C362" s="17" t="s">
         <v>725</v>
       </c>
       <c r="D362" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E362" s="15">
-        <v>5515991.8032787</v>
+        <v>3075345.0819672</v>
       </c>
       <c r="F362" s="15">
-        <v>6729510</v>
+        <v>3751921</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="13">
         <v>357</v>
       </c>
       <c r="B363" s="16" t="s">
         <v>726</v>
       </c>
       <c r="C363" s="17" t="s">
         <v>727</v>
       </c>
       <c r="D363" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E363" s="15">
-        <v>494676.2295082</v>
+        <v>4241939.3442623</v>
       </c>
       <c r="F363" s="15">
-        <v>603505</v>
+        <v>5175166</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="13">
         <v>358</v>
       </c>
       <c r="B364" s="16" t="s">
         <v>728</v>
       </c>
       <c r="C364" s="17" t="s">
         <v>729</v>
       </c>
       <c r="D364" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E364" s="15">
-        <v>531427.04918033</v>
+        <v>5515991.8032787</v>
       </c>
       <c r="F364" s="15">
-        <v>648341</v>
+        <v>6729510</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="13">
         <v>359</v>
       </c>
       <c r="B365" s="16" t="s">
         <v>730</v>
       </c>
       <c r="C365" s="17" t="s">
         <v>731</v>
       </c>
       <c r="D365" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E365" s="15">
-        <v>487318.03278689</v>
+        <v>494676.2295082</v>
       </c>
       <c r="F365" s="15">
-        <v>594528</v>
+        <v>603505</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="13">
         <v>360</v>
       </c>
       <c r="B366" s="16" t="s">
         <v>732</v>
       </c>
       <c r="C366" s="17" t="s">
         <v>733</v>
       </c>
       <c r="D366" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E366" s="15">
-        <v>524082.78688525</v>
+        <v>531427.04918033</v>
       </c>
       <c r="F366" s="15">
-        <v>639381</v>
+        <v>648341</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="13">
         <v>361</v>
       </c>
       <c r="B367" s="16" t="s">
         <v>734</v>
       </c>
       <c r="C367" s="17" t="s">
         <v>735</v>
       </c>
       <c r="D367" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E367" s="15">
-        <v>649805.73770492</v>
+        <v>487318.03278689</v>
       </c>
       <c r="F367" s="15">
-        <v>792763</v>
+        <v>594528</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="13">
         <v>362</v>
       </c>
       <c r="B368" s="16" t="s">
         <v>736</v>
       </c>
       <c r="C368" s="17" t="s">
         <v>737</v>
       </c>
       <c r="D368" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E368" s="15">
-        <v>686569.67213115</v>
+        <v>524082.78688525</v>
       </c>
       <c r="F368" s="15">
-        <v>837615</v>
+        <v>639381</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="13">
         <v>363</v>
       </c>
       <c r="B369" s="16" t="s">
         <v>738</v>
       </c>
       <c r="C369" s="17" t="s">
         <v>739</v>
       </c>
       <c r="D369" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E369" s="15">
-        <v>642460.6557377</v>
+        <v>649805.73770492</v>
       </c>
       <c r="F369" s="15">
-        <v>783802</v>
+        <v>792763</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="13">
         <v>364</v>
       </c>
       <c r="B370" s="16" t="s">
         <v>740</v>
       </c>
       <c r="C370" s="17" t="s">
         <v>741</v>
       </c>
       <c r="D370" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E370" s="15">
-        <v>679216.39344262</v>
+        <v>686569.67213115</v>
       </c>
       <c r="F370" s="15">
-        <v>828644</v>
+        <v>837615</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="13">
         <v>365</v>
       </c>
       <c r="B371" s="16" t="s">
         <v>742</v>
       </c>
       <c r="C371" s="17" t="s">
         <v>743</v>
       </c>
       <c r="D371" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E371" s="15">
-        <v>787670.49180328</v>
+        <v>642460.6557377</v>
       </c>
       <c r="F371" s="15">
-        <v>960958</v>
+        <v>783802</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="13">
         <v>366</v>
       </c>
       <c r="B372" s="16" t="s">
         <v>744</v>
       </c>
       <c r="C372" s="17" t="s">
         <v>745</v>
       </c>
       <c r="D372" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E372" s="15">
-        <v>824421.31147541</v>
+        <v>679216.39344262</v>
       </c>
       <c r="F372" s="15">
-        <v>1005794</v>
+        <v>828644</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="13">
         <v>367</v>
       </c>
       <c r="B373" s="16" t="s">
         <v>746</v>
       </c>
       <c r="C373" s="17" t="s">
         <v>747</v>
       </c>
       <c r="D373" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E373" s="15">
-        <v>780312.29508197</v>
+        <v>787670.49180328</v>
       </c>
       <c r="F373" s="15">
-        <v>951981</v>
+        <v>960958</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="13">
         <v>368</v>
       </c>
       <c r="B374" s="16" t="s">
         <v>748</v>
       </c>
       <c r="C374" s="17" t="s">
         <v>749</v>
       </c>
       <c r="D374" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E374" s="15">
-        <v>817076.2295082</v>
+        <v>824421.31147541</v>
       </c>
       <c r="F374" s="15">
-        <v>996833</v>
+        <v>1005794</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="13">
         <v>369</v>
       </c>
       <c r="B375" s="16" t="s">
         <v>750</v>
       </c>
       <c r="C375" s="17" t="s">
         <v>751</v>
       </c>
       <c r="D375" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E375" s="15">
-        <v>528688.52459016</v>
+        <v>780312.29508197</v>
       </c>
       <c r="F375" s="15">
-        <v>645000</v>
+        <v>951981</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="13">
         <v>370</v>
       </c>
       <c r="B376" s="16" t="s">
         <v>752</v>
       </c>
       <c r="C376" s="17" t="s">
         <v>753</v>
       </c>
       <c r="D376" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E376" s="15">
-        <v>583830.32786885</v>
+        <v>817076.2295082</v>
       </c>
       <c r="F376" s="15">
-        <v>712273</v>
+        <v>996833</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="13">
         <v>371</v>
       </c>
       <c r="B377" s="16" t="s">
         <v>754</v>
       </c>
       <c r="C377" s="17" t="s">
         <v>755</v>
       </c>
       <c r="D377" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E377" s="15">
-        <v>521326.2295082</v>
+        <v>528688.52459016</v>
       </c>
       <c r="F377" s="15">
-        <v>636018</v>
+        <v>645000</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="13">
         <v>372</v>
       </c>
       <c r="B378" s="16" t="s">
         <v>756</v>
       </c>
       <c r="C378" s="17" t="s">
         <v>757</v>
       </c>
       <c r="D378" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E378" s="15">
-        <v>576485.24590164</v>
+        <v>583830.32786885</v>
       </c>
       <c r="F378" s="15">
-        <v>703312</v>
+        <v>712273</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="13">
         <v>373</v>
       </c>
       <c r="B379" s="16" t="s">
         <v>758</v>
       </c>
       <c r="C379" s="17" t="s">
         <v>759</v>
       </c>
       <c r="D379" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E379" s="15">
-        <v>749996.72131148</v>
+        <v>521326.2295082</v>
       </c>
       <c r="F379" s="15">
-        <v>914996</v>
+        <v>636018</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="13">
         <v>374</v>
       </c>
       <c r="B380" s="16" t="s">
         <v>760</v>
       </c>
       <c r="C380" s="17" t="s">
         <v>761</v>
       </c>
       <c r="D380" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E380" s="15">
-        <v>805142.62295082</v>
+        <v>576485.24590164</v>
       </c>
       <c r="F380" s="15">
-        <v>982274</v>
+        <v>703312</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="13">
         <v>375</v>
       </c>
       <c r="B381" s="16" t="s">
         <v>762</v>
       </c>
       <c r="C381" s="17" t="s">
         <v>763</v>
       </c>
       <c r="D381" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E381" s="15">
-        <v>742638.52459016</v>
+        <v>749996.72131148</v>
       </c>
       <c r="F381" s="15">
-        <v>906019</v>
+        <v>914996</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="13">
         <v>376</v>
       </c>
       <c r="B382" s="16" t="s">
         <v>764</v>
       </c>
       <c r="C382" s="17" t="s">
         <v>765</v>
       </c>
       <c r="D382" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E382" s="15">
-        <v>797784.42622951</v>
+        <v>805142.62295082</v>
       </c>
       <c r="F382" s="15">
-        <v>973297</v>
+        <v>982274</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="13">
         <v>377</v>
       </c>
       <c r="B383" s="16" t="s">
         <v>766</v>
       </c>
       <c r="C383" s="17" t="s">
         <v>767</v>
       </c>
       <c r="D383" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E383" s="15">
-        <v>1157195.0819672</v>
+        <v>742638.52459016</v>
       </c>
       <c r="F383" s="15">
-        <v>1411778</v>
+        <v>906019</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="13">
         <v>378</v>
       </c>
       <c r="B384" s="16" t="s">
         <v>768</v>
       </c>
       <c r="C384" s="17" t="s">
         <v>769</v>
       </c>
       <c r="D384" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E384" s="15">
-        <v>1212341.8032787</v>
+        <v>797784.42622951</v>
       </c>
       <c r="F384" s="15">
-        <v>1479057</v>
+        <v>973297</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="13">
         <v>379</v>
       </c>
       <c r="B385" s="16" t="s">
         <v>770</v>
       </c>
       <c r="C385" s="17" t="s">
         <v>771</v>
       </c>
       <c r="D385" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E385" s="15">
-        <v>1119339.3442623</v>
+        <v>1157195.0819672</v>
       </c>
       <c r="F385" s="15">
-        <v>1365594</v>
+        <v>1411778</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="13">
         <v>380</v>
       </c>
       <c r="B386" s="16" t="s">
         <v>772</v>
       </c>
       <c r="C386" s="17" t="s">
         <v>773</v>
       </c>
       <c r="D386" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E386" s="15">
-        <v>1174485.2459016</v>
+        <v>1212341.8032787</v>
       </c>
       <c r="F386" s="15">
-        <v>1432872</v>
+        <v>1479057</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="13">
         <v>381</v>
       </c>
       <c r="B387" s="16" t="s">
         <v>774</v>
       </c>
       <c r="C387" s="17" t="s">
         <v>775</v>
       </c>
       <c r="D387" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E387" s="15">
-        <v>1674348.3606557</v>
+        <v>1119339.3442623</v>
       </c>
       <c r="F387" s="15">
-        <v>2042705</v>
+        <v>1365594</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="13">
         <v>382</v>
       </c>
       <c r="B388" s="16" t="s">
         <v>776</v>
       </c>
       <c r="C388" s="17" t="s">
         <v>777</v>
       </c>
       <c r="D388" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E388" s="15">
-        <v>1719809.0163934</v>
+        <v>1174485.2459016</v>
       </c>
       <c r="F388" s="15">
-        <v>2098167</v>
+        <v>1432872</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="13">
         <v>383</v>
       </c>
       <c r="B389" s="16" t="s">
         <v>778</v>
       </c>
       <c r="C389" s="17" t="s">
         <v>779</v>
       </c>
       <c r="D389" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E389" s="15">
-        <v>1636479.5081967</v>
+        <v>1674348.3606557</v>
       </c>
       <c r="F389" s="15">
-        <v>1996505</v>
+        <v>2042705</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="13">
         <v>384</v>
       </c>
       <c r="B390" s="16" t="s">
         <v>780</v>
       </c>
       <c r="C390" s="17" t="s">
         <v>781</v>
       </c>
       <c r="D390" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E390" s="15">
-        <v>1681940.1639344</v>
+        <v>1719809.0163934</v>
       </c>
       <c r="F390" s="15">
-        <v>2051967</v>
+        <v>2098167</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="13">
         <v>385</v>
       </c>
       <c r="B391" s="16" t="s">
         <v>782</v>
       </c>
       <c r="C391" s="17" t="s">
         <v>783</v>
       </c>
       <c r="D391" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E391" s="15">
-        <v>667433.60655738</v>
+        <v>1636479.5081967</v>
       </c>
       <c r="F391" s="15">
-        <v>814269</v>
+        <v>1996505</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="13">
         <v>386</v>
       </c>
       <c r="B392" s="16" t="s">
         <v>784</v>
       </c>
       <c r="C392" s="17" t="s">
         <v>785</v>
       </c>
       <c r="D392" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E392" s="15">
-        <v>712894.26229508</v>
+        <v>1681940.1639344</v>
       </c>
       <c r="F392" s="15">
-        <v>869731</v>
+        <v>2051967</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="13">
         <v>387</v>
       </c>
       <c r="B393" s="16" t="s">
         <v>786</v>
       </c>
       <c r="C393" s="17" t="s">
         <v>787</v>
       </c>
       <c r="D393" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E393" s="15">
-        <v>660075.40983607</v>
+        <v>667433.60655738</v>
       </c>
       <c r="F393" s="15">
-        <v>805292</v>
+        <v>814269</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="13">
         <v>388</v>
       </c>
       <c r="B394" s="16" t="s">
         <v>788</v>
       </c>
       <c r="C394" s="17" t="s">
         <v>789</v>
       </c>
       <c r="D394" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E394" s="15">
-        <v>705536.06557377</v>
+        <v>712894.26229508</v>
       </c>
       <c r="F394" s="15">
-        <v>860754</v>
+        <v>869731</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="13">
         <v>389</v>
       </c>
       <c r="B395" s="16" t="s">
         <v>790</v>
       </c>
       <c r="C395" s="17" t="s">
         <v>791</v>
       </c>
       <c r="D395" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E395" s="15">
-        <v>847561.47540984</v>
+        <v>660075.40983607</v>
       </c>
       <c r="F395" s="15">
-        <v>1034025</v>
+        <v>805292</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="13">
         <v>390</v>
       </c>
       <c r="B396" s="16" t="s">
         <v>792</v>
       </c>
       <c r="C396" s="17" t="s">
         <v>793</v>
       </c>
       <c r="D396" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E396" s="15">
-        <v>893022.13114754</v>
+        <v>705536.06557377</v>
       </c>
       <c r="F396" s="15">
-        <v>1089487</v>
+        <v>860754</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="13">
         <v>391</v>
       </c>
       <c r="B397" s="16" t="s">
         <v>794</v>
       </c>
       <c r="C397" s="17" t="s">
         <v>795</v>
       </c>
       <c r="D397" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E397" s="15">
-        <v>840216.39344262</v>
+        <v>847561.47540984</v>
       </c>
       <c r="F397" s="15">
-        <v>1025064</v>
+        <v>1034025</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="13">
         <v>392</v>
       </c>
       <c r="B398" s="16" t="s">
         <v>796</v>
       </c>
       <c r="C398" s="17" t="s">
         <v>797</v>
       </c>
       <c r="D398" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E398" s="15">
-        <v>885677.04918033</v>
+        <v>893022.13114754</v>
       </c>
       <c r="F398" s="15">
-        <v>1080526</v>
+        <v>1089487</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="13">
         <v>393</v>
       </c>
       <c r="B399" s="16" t="s">
         <v>798</v>
       </c>
       <c r="C399" s="17" t="s">
         <v>799</v>
       </c>
       <c r="D399" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E399" s="15">
-        <v>1866644.2622951</v>
+        <v>840216.39344262</v>
       </c>
       <c r="F399" s="15">
-        <v>2277306</v>
+        <v>1025064</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="13">
         <v>394</v>
       </c>
       <c r="B400" s="16" t="s">
         <v>800</v>
       </c>
       <c r="C400" s="17" t="s">
         <v>801</v>
       </c>
       <c r="D400" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E400" s="15">
-        <v>1929629.5081967</v>
+        <v>885677.04918033</v>
       </c>
       <c r="F400" s="15">
-        <v>2354148</v>
+        <v>1080526</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="13">
         <v>395</v>
       </c>
       <c r="B401" s="16" t="s">
         <v>802</v>
       </c>
       <c r="C401" s="17" t="s">
         <v>803</v>
       </c>
       <c r="D401" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E401" s="15">
-        <v>1828775.4098361</v>
+        <v>1866644.2622951</v>
       </c>
       <c r="F401" s="15">
-        <v>2231106</v>
+        <v>2277306</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="13">
         <v>396</v>
       </c>
       <c r="B402" s="16" t="s">
         <v>804</v>
       </c>
       <c r="C402" s="17" t="s">
         <v>805</v>
       </c>
       <c r="D402" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E402" s="15">
-        <v>1891760.6557377</v>
+        <v>1929629.5081967</v>
       </c>
       <c r="F402" s="15">
-        <v>2307948</v>
+        <v>2354148</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="13">
         <v>397</v>
       </c>
       <c r="B403" s="16" t="s">
         <v>806</v>
       </c>
       <c r="C403" s="17" t="s">
         <v>807</v>
       </c>
       <c r="D403" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E403" s="15">
-        <v>751634.42622951</v>
+        <v>1828775.4098361</v>
       </c>
       <c r="F403" s="15">
-        <v>916994</v>
+        <v>2231106</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="13">
         <v>398</v>
       </c>
       <c r="B404" s="16" t="s">
         <v>808</v>
       </c>
       <c r="C404" s="17" t="s">
         <v>809</v>
       </c>
       <c r="D404" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E404" s="15">
-        <v>814619.67213115</v>
+        <v>1891760.6557377</v>
       </c>
       <c r="F404" s="15">
-        <v>993836</v>
+        <v>2307948</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="13">
         <v>399</v>
       </c>
       <c r="B405" s="16" t="s">
         <v>810</v>
       </c>
       <c r="C405" s="17" t="s">
         <v>811</v>
       </c>
       <c r="D405" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E405" s="15">
-        <v>744289.3442623</v>
+        <v>751634.42622951</v>
       </c>
       <c r="F405" s="15">
-        <v>908033</v>
+        <v>916994</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="13">
         <v>400</v>
       </c>
       <c r="B406" s="16" t="s">
         <v>812</v>
       </c>
       <c r="C406" s="17" t="s">
         <v>813</v>
       </c>
       <c r="D406" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E406" s="15">
-        <v>807274.59016393</v>
+        <v>814619.67213115</v>
       </c>
       <c r="F406" s="15">
-        <v>984875</v>
+        <v>993836</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="13">
         <v>401</v>
       </c>
       <c r="B407" s="16" t="s">
         <v>814</v>
       </c>
       <c r="C407" s="17" t="s">
         <v>815</v>
       </c>
       <c r="D407" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E407" s="15">
-        <v>1570335.2459016</v>
+        <v>744289.3442623</v>
       </c>
       <c r="F407" s="15">
-        <v>1915809</v>
+        <v>908033</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="13">
         <v>402</v>
       </c>
       <c r="B408" s="16" t="s">
         <v>816</v>
       </c>
       <c r="C408" s="17" t="s">
         <v>817</v>
       </c>
       <c r="D408" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E408" s="15">
-        <v>1633320.4918033</v>
+        <v>807274.59016393</v>
       </c>
       <c r="F408" s="15">
-        <v>1992651</v>
+        <v>984875</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="13">
         <v>403</v>
       </c>
       <c r="B409" s="16" t="s">
         <v>818</v>
       </c>
       <c r="C409" s="17" t="s">
         <v>819</v>
       </c>
       <c r="D409" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E409" s="15">
-        <v>1532466.3934426</v>
+        <v>1570335.2459016</v>
       </c>
       <c r="F409" s="15">
-        <v>1869609</v>
+        <v>1915809</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="13">
         <v>404</v>
       </c>
       <c r="B410" s="16" t="s">
         <v>820</v>
       </c>
       <c r="C410" s="17" t="s">
         <v>821</v>
       </c>
       <c r="D410" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E410" s="15">
-        <v>1595451.6393443</v>
+        <v>1633320.4918033</v>
       </c>
       <c r="F410" s="15">
-        <v>1946451</v>
+        <v>1992651</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="13">
         <v>405</v>
       </c>
       <c r="B411" s="16" t="s">
         <v>822</v>
       </c>
       <c r="C411" s="17" t="s">
         <v>823</v>
       </c>
       <c r="D411" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E411" s="15">
-        <v>2085889.3442623</v>
+        <v>1532466.3934426</v>
       </c>
       <c r="F411" s="15">
-        <v>2544785</v>
+        <v>1869609</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="13">
         <v>406</v>
       </c>
       <c r="B412" s="16" t="s">
         <v>824</v>
       </c>
       <c r="C412" s="17" t="s">
         <v>825</v>
       </c>
       <c r="D412" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E412" s="15">
-        <v>2180490.1639344</v>
+        <v>1595451.6393443</v>
       </c>
       <c r="F412" s="15">
-        <v>2660198</v>
+        <v>1946451</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="13">
         <v>407</v>
       </c>
       <c r="B413" s="16" t="s">
         <v>826</v>
       </c>
       <c r="C413" s="17" t="s">
         <v>827</v>
       </c>
       <c r="D413" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E413" s="15">
-        <v>2048020.4918033</v>
+        <v>2085889.3442623</v>
       </c>
       <c r="F413" s="15">
-        <v>2498585</v>
+        <v>2544785</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="13">
         <v>408</v>
       </c>
       <c r="B414" s="16" t="s">
         <v>828</v>
       </c>
       <c r="C414" s="17" t="s">
         <v>829</v>
       </c>
       <c r="D414" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E414" s="15">
-        <v>2142621.3114754</v>
+        <v>2180490.1639344</v>
       </c>
       <c r="F414" s="15">
-        <v>2613998</v>
+        <v>2660198</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="13">
         <v>409</v>
       </c>
       <c r="B415" s="16" t="s">
         <v>830</v>
       </c>
       <c r="C415" s="17" t="s">
         <v>831</v>
       </c>
       <c r="D415" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E415" s="15">
-        <v>2821013.1147541</v>
+        <v>2048020.4918033</v>
       </c>
       <c r="F415" s="15">
-        <v>3441636</v>
+        <v>2498585</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="13">
         <v>410</v>
       </c>
       <c r="B416" s="16" t="s">
         <v>832</v>
       </c>
       <c r="C416" s="17" t="s">
         <v>833</v>
       </c>
       <c r="D416" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E416" s="15">
-        <v>2934724.5901639</v>
+        <v>2142621.3114754</v>
       </c>
       <c r="F416" s="15">
-        <v>3580364</v>
+        <v>2613998</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="13">
         <v>411</v>
       </c>
       <c r="B417" s="16" t="s">
         <v>834</v>
       </c>
       <c r="C417" s="17" t="s">
         <v>835</v>
       </c>
       <c r="D417" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E417" s="15">
-        <v>1251757.3770492</v>
+        <v>2821013.1147541</v>
       </c>
       <c r="F417" s="15">
-        <v>1527144</v>
+        <v>3441636</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="13">
         <v>412</v>
       </c>
       <c r="B418" s="16" t="s">
         <v>836</v>
       </c>
       <c r="C418" s="17" t="s">
         <v>837</v>
       </c>
       <c r="D418" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E418" s="15">
-        <v>1365468.0327869</v>
+        <v>2934724.5901639</v>
       </c>
       <c r="F418" s="15">
-        <v>1665871</v>
+        <v>3580364</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="13">
         <v>413</v>
       </c>
       <c r="B419" s="16" t="s">
         <v>838</v>
       </c>
       <c r="C419" s="17" t="s">
         <v>839</v>
       </c>
       <c r="D419" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E419" s="15">
-        <v>1244399.1803279</v>
+        <v>1251757.3770492</v>
       </c>
       <c r="F419" s="15">
-        <v>1518167</v>
+        <v>1527144</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="13">
         <v>414</v>
       </c>
       <c r="B420" s="16" t="s">
         <v>840</v>
       </c>
       <c r="C420" s="17" t="s">
         <v>841</v>
       </c>
       <c r="D420" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E420" s="15">
-        <v>1358123.7704918</v>
+        <v>1365468.0327869</v>
       </c>
       <c r="F420" s="15">
-        <v>1656911</v>
+        <v>1665871</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="13">
         <v>415</v>
       </c>
       <c r="B421" s="16" t="s">
         <v>842</v>
       </c>
       <c r="C421" s="17" t="s">
         <v>843</v>
       </c>
       <c r="D421" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E421" s="15">
-        <v>2525146.7213115</v>
+        <v>1244399.1803279</v>
       </c>
       <c r="F421" s="15">
-        <v>3080679</v>
+        <v>1518167</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="13">
         <v>416</v>
       </c>
       <c r="B422" s="16" t="s">
         <v>844</v>
       </c>
       <c r="C422" s="17" t="s">
         <v>845</v>
       </c>
       <c r="D422" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E422" s="15">
-        <v>2969707.3770492</v>
+        <v>1358123.7704918</v>
       </c>
       <c r="F422" s="15">
-        <v>3623043</v>
+        <v>1656911</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="13">
         <v>417</v>
       </c>
       <c r="B423" s="16" t="s">
         <v>846</v>
       </c>
       <c r="C423" s="17" t="s">
         <v>847</v>
       </c>
       <c r="D423" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E423" s="15">
-        <v>3484520.4918033</v>
+        <v>2525146.7213115</v>
       </c>
       <c r="F423" s="15">
-        <v>4251115</v>
+        <v>3080679</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="13">
         <v>418</v>
       </c>
       <c r="B424" s="16" t="s">
         <v>848</v>
       </c>
       <c r="C424" s="17" t="s">
         <v>849</v>
       </c>
       <c r="D424" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E424" s="15">
-        <v>3693573.7704918</v>
+        <v>2969707.3770492</v>
       </c>
       <c r="F424" s="15">
-        <v>4506160</v>
+        <v>3623043</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="13">
         <v>419</v>
       </c>
       <c r="B425" s="16" t="s">
         <v>850</v>
       </c>
       <c r="C425" s="17" t="s">
         <v>851</v>
       </c>
       <c r="D425" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E425" s="15">
-        <v>1873352.4590164</v>
+        <v>3484520.4918033</v>
       </c>
       <c r="F425" s="15">
-        <v>2285490</v>
+        <v>4251115</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="13">
         <v>420</v>
       </c>
       <c r="B426" s="16" t="s">
         <v>852</v>
       </c>
       <c r="C426" s="17" t="s">
         <v>853</v>
       </c>
       <c r="D426" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E426" s="15">
-        <v>2062918.0327869</v>
+        <v>3693573.7704918</v>
       </c>
       <c r="F426" s="15">
-        <v>2516760</v>
+        <v>4506160</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="13">
         <v>421</v>
       </c>
       <c r="B427" s="16" t="s">
         <v>854</v>
       </c>
       <c r="C427" s="17" t="s">
         <v>855</v>
       </c>
       <c r="D427" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E427" s="15">
-        <v>3528.6885245902</v>
+        <v>1873352.4590164</v>
       </c>
       <c r="F427" s="15">
-        <v>4305</v>
+        <v>2285490</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="13">
         <v>422</v>
       </c>
       <c r="B428" s="16" t="s">
         <v>856</v>
       </c>
       <c r="C428" s="17" t="s">
         <v>857</v>
       </c>
       <c r="D428" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E428" s="15">
-        <v>152.45901639344</v>
+        <v>2062918.0327869</v>
       </c>
       <c r="F428" s="15">
-        <v>186</v>
+        <v>2516760</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="13">
         <v>423</v>
       </c>
       <c r="B429" s="16" t="s">
         <v>858</v>
       </c>
       <c r="C429" s="17" t="s">
         <v>859</v>
       </c>
       <c r="D429" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E429" s="15">
-        <v>520.49180327869</v>
+        <v>152.45901639344</v>
       </c>
       <c r="F429" s="15">
-        <v>635</v>
+        <v>186</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="13">
         <v>424</v>
       </c>
       <c r="B430" s="16" t="s">
         <v>860</v>
       </c>
       <c r="C430" s="17" t="s">
         <v>861</v>
       </c>
       <c r="D430" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E430" s="15">
-        <v>2860.6557377049</v>
+        <v>520.49180327869</v>
       </c>
       <c r="F430" s="15">
-        <v>3490</v>
+        <v>635</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="13">
         <v>425</v>
       </c>
       <c r="B431" s="16" t="s">
         <v>862</v>
       </c>
       <c r="C431" s="17" t="s">
         <v>863</v>
       </c>
       <c r="D431" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E431" s="15">
-        <v>1787.7049180328</v>
+        <v>2860.6557377049</v>
       </c>
       <c r="F431" s="15">
-        <v>2181</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="13">
         <v>426</v>
       </c>
       <c r="B432" s="16" t="s">
         <v>864</v>
       </c>
       <c r="C432" s="17" t="s">
         <v>865</v>
       </c>
       <c r="D432" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E432" s="15">
-        <v>863.93442622951</v>
+        <v>1787.7049180328</v>
       </c>
       <c r="F432" s="15">
-        <v>1054</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="13">
         <v>427</v>
       </c>
       <c r="B433" s="16" t="s">
         <v>866</v>
       </c>
       <c r="C433" s="17" t="s">
         <v>867</v>
       </c>
       <c r="D433" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E433" s="15">
-        <v>3575.4098360656</v>
+        <v>863.93442622951</v>
       </c>
       <c r="F433" s="15">
-        <v>4362</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="13">
         <v>428</v>
       </c>
       <c r="B434" s="16" t="s">
         <v>868</v>
       </c>
       <c r="C434" s="17" t="s">
         <v>869</v>
       </c>
       <c r="D434" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E434" s="15">
-        <v>2470.4918032787</v>
+        <v>3575.4098360656</v>
       </c>
       <c r="F434" s="15">
-        <v>3014</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="13">
         <v>429</v>
       </c>
       <c r="B435" s="16" t="s">
         <v>870</v>
       </c>
       <c r="C435" s="17" t="s">
         <v>871</v>
       </c>
       <c r="D435" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E435" s="15">
-        <v>1523.7704918033</v>
+        <v>2470.4918032787</v>
       </c>
       <c r="F435" s="15">
-        <v>1859</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="13">
         <v>430</v>
       </c>
       <c r="B436" s="16" t="s">
         <v>872</v>
       </c>
       <c r="C436" s="17" t="s">
         <v>873</v>
       </c>
       <c r="D436" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E436" s="15">
-        <v>1560.6557377049</v>
+        <v>1523.7704918033</v>
       </c>
       <c r="F436" s="15">
-        <v>1904</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="13">
         <v>431</v>
       </c>
       <c r="B437" s="16" t="s">
         <v>874</v>
       </c>
       <c r="C437" s="17" t="s">
         <v>875</v>
       </c>
       <c r="D437" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E437" s="15">
-        <v>1221.3114754098</v>
+        <v>1560.6557377049</v>
       </c>
       <c r="F437" s="15">
-        <v>1490</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="13">
         <v>432</v>
       </c>
       <c r="B438" s="16" t="s">
         <v>876</v>
       </c>
       <c r="C438" s="17" t="s">
         <v>877</v>
       </c>
       <c r="D438" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E438" s="15">
-        <v>1319.6721311475</v>
+        <v>1221.3114754098</v>
       </c>
       <c r="F438" s="15">
-        <v>1610</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="13">
         <v>433</v>
       </c>
       <c r="B439" s="16" t="s">
         <v>878</v>
       </c>
       <c r="C439" s="17" t="s">
         <v>879</v>
       </c>
       <c r="D439" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E439" s="15">
         <v>1319.6721311475</v>
       </c>
       <c r="F439" s="15">
         <v>1610</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="13">
         <v>434</v>
       </c>
       <c r="B440" s="16" t="s">
         <v>880</v>
       </c>
       <c r="C440" s="17" t="s">
         <v>881</v>
       </c>
       <c r="D440" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E440" s="15">
-        <v>848.3606557377</v>
+        <v>1319.6721311475</v>
       </c>
       <c r="F440" s="15">
-        <v>1035</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="13">
         <v>435</v>
       </c>
       <c r="B441" s="16" t="s">
         <v>882</v>
       </c>
       <c r="C441" s="17" t="s">
         <v>883</v>
       </c>
       <c r="D441" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E441" s="15">
-        <v>1062.2950819672</v>
+        <v>848.3606557377</v>
       </c>
       <c r="F441" s="15">
-        <v>1296</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="13">
         <v>436</v>
       </c>
       <c r="B442" s="16" t="s">
         <v>884</v>
       </c>
       <c r="C442" s="17" t="s">
         <v>885</v>
       </c>
       <c r="D442" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E442" s="15">
-        <v>1397.5409836066</v>
+        <v>1062.2950819672</v>
       </c>
       <c r="F442" s="15">
-        <v>1705</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="13">
         <v>437</v>
       </c>
       <c r="B443" s="16" t="s">
         <v>886</v>
       </c>
       <c r="C443" s="17" t="s">
         <v>887</v>
       </c>
       <c r="D443" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E443" s="15">
-        <v>1095.0819672131</v>
+        <v>1397.5409836066</v>
       </c>
       <c r="F443" s="15">
-        <v>1336</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="13">
         <v>438</v>
       </c>
       <c r="B444" s="16" t="s">
         <v>888</v>
       </c>
       <c r="C444" s="17" t="s">
         <v>889</v>
       </c>
       <c r="D444" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E444" s="15">
-        <v>2184.4262295082</v>
+        <v>1095.0819672131</v>
       </c>
       <c r="F444" s="15">
-        <v>2665</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="13">
         <v>439</v>
       </c>
       <c r="B445" s="16" t="s">
         <v>890</v>
       </c>
       <c r="C445" s="17" t="s">
         <v>891</v>
       </c>
       <c r="D445" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E445" s="15">
-        <v>1809.8360655738</v>
+        <v>2184.4262295082</v>
       </c>
       <c r="F445" s="15">
-        <v>2208</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="13">
         <v>440</v>
       </c>
       <c r="B446" s="16" t="s">
         <v>892</v>
       </c>
       <c r="C446" s="17" t="s">
         <v>893</v>
       </c>
       <c r="D446" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E446" s="15">
-        <v>936.06557377049</v>
+        <v>1809.8360655738</v>
       </c>
       <c r="F446" s="15">
-        <v>1142</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="13">
         <v>441</v>
       </c>
       <c r="B447" s="16" t="s">
         <v>894</v>
       </c>
       <c r="C447" s="17" t="s">
         <v>895</v>
       </c>
       <c r="D447" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E447" s="15">
-        <v>1430.3278688525</v>
+        <v>936.06557377049</v>
       </c>
       <c r="F447" s="15">
-        <v>1745</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="13">
         <v>442</v>
       </c>
       <c r="B448" s="16" t="s">
         <v>896</v>
       </c>
       <c r="C448" s="17" t="s">
         <v>897</v>
       </c>
       <c r="D448" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E448" s="15">
-        <v>1246.7213114754</v>
+        <v>1430.3278688525</v>
       </c>
       <c r="F448" s="15">
-        <v>1521</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="13">
         <v>443</v>
       </c>
       <c r="B449" s="16" t="s">
         <v>898</v>
       </c>
       <c r="C449" s="17" t="s">
         <v>899</v>
       </c>
       <c r="D449" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E449" s="15">
-        <v>1651.6393442623</v>
+        <v>1246.7213114754</v>
       </c>
       <c r="F449" s="15">
-        <v>2015</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="13">
         <v>444</v>
       </c>
       <c r="B450" s="16" t="s">
         <v>900</v>
       </c>
       <c r="C450" s="17" t="s">
         <v>901</v>
       </c>
       <c r="D450" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E450" s="15">
-        <v>1095.0819672131</v>
+        <v>1651.6393442623</v>
       </c>
       <c r="F450" s="15">
-        <v>1336</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="13">
         <v>445</v>
       </c>
       <c r="B451" s="16" t="s">
         <v>902</v>
       </c>
       <c r="C451" s="17" t="s">
         <v>903</v>
       </c>
       <c r="D451" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E451" s="15">
-        <v>2422.131147541</v>
+        <v>1095.0819672131</v>
       </c>
       <c r="F451" s="15">
-        <v>2955</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="13">
         <v>446</v>
       </c>
       <c r="B452" s="16" t="s">
         <v>904</v>
       </c>
       <c r="C452" s="17" t="s">
         <v>905</v>
       </c>
       <c r="D452" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E452" s="15">
-        <v>880.32786885246</v>
+        <v>2422.131147541</v>
       </c>
       <c r="F452" s="15">
-        <v>1074</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="13">
         <v>447</v>
       </c>
       <c r="B453" s="16" t="s">
         <v>906</v>
       </c>
       <c r="C453" s="17" t="s">
         <v>907</v>
       </c>
       <c r="D453" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E453" s="15">
-        <v>753.27868852459</v>
+        <v>880.32786885246</v>
       </c>
       <c r="F453" s="15">
-        <v>919</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="13">
         <v>448</v>
       </c>
       <c r="B454" s="16" t="s">
         <v>908</v>
       </c>
       <c r="C454" s="17" t="s">
         <v>909</v>
       </c>
       <c r="D454" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E454" s="15">
-        <v>513.93442622951</v>
+        <v>753.27868852459</v>
       </c>
       <c r="F454" s="15">
-        <v>627</v>
+        <v>919</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="13">
         <v>449</v>
       </c>
       <c r="B455" s="16" t="s">
         <v>910</v>
       </c>
       <c r="C455" s="17" t="s">
         <v>911</v>
       </c>
       <c r="D455" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E455" s="15">
-        <v>964.75409836066</v>
+        <v>513.93442622951</v>
       </c>
       <c r="F455" s="15">
-        <v>1177</v>
+        <v>627</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="13">
         <v>450</v>
       </c>
       <c r="B456" s="16" t="s">
         <v>912</v>
       </c>
       <c r="C456" s="17" t="s">
         <v>913</v>
       </c>
       <c r="D456" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E456" s="15">
-        <v>1150.0</v>
+        <v>964.75409836066</v>
       </c>
       <c r="F456" s="15">
-        <v>1403</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="13">
         <v>451</v>
       </c>
       <c r="B457" s="16" t="s">
         <v>914</v>
       </c>
       <c r="C457" s="17" t="s">
         <v>915</v>
       </c>
       <c r="D457" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E457" s="15">
-        <v>2422.131147541</v>
+        <v>1150.0</v>
       </c>
       <c r="F457" s="15">
-        <v>2955</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="13">
         <v>452</v>
       </c>
       <c r="B458" s="16" t="s">
         <v>916</v>
       </c>
       <c r="C458" s="17" t="s">
         <v>917</v>
       </c>
       <c r="D458" s="14" t="s">
-        <v>918</v>
+        <v>13</v>
       </c>
       <c r="E458" s="15">
-        <v>292.62295081967</v>
+        <v>2422.131147541</v>
       </c>
       <c r="F458" s="15">
-        <v>357</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="13">
         <v>453</v>
       </c>
       <c r="B459" s="16" t="s">
+        <v>918</v>
+      </c>
+      <c r="C459" s="17" t="s">
         <v>919</v>
       </c>
-      <c r="C459" s="17" t="s">
+      <c r="D459" s="14" t="s">
         <v>920</v>
       </c>
-      <c r="D459" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E459" s="15">
-        <v>491.80327868852</v>
+        <v>292.62295081967</v>
       </c>
       <c r="F459" s="15">
-        <v>600</v>
+        <v>357</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="13">
         <v>454</v>
       </c>
       <c r="B460" s="16" t="s">
         <v>921</v>
       </c>
       <c r="C460" s="17" t="s">
         <v>922</v>
       </c>
       <c r="D460" s="14" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E460" s="15">
-        <v>399.18032786885</v>
+        <v>491.80327868852</v>
       </c>
       <c r="F460" s="15">
-        <v>487</v>
+        <v>600</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="13">
         <v>455</v>
       </c>
       <c r="B461" s="16" t="s">
         <v>923</v>
       </c>
       <c r="C461" s="17" t="s">
         <v>924</v>
       </c>
       <c r="D461" s="14" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E461" s="15">
-        <v>256.55737704918</v>
+        <v>399.18032786885</v>
       </c>
       <c r="F461" s="15">
-        <v>313</v>
+        <v>487</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="13">
         <v>456</v>
       </c>
       <c r="B462" s="16" t="s">
         <v>925</v>
       </c>
       <c r="C462" s="17" t="s">
         <v>926</v>
       </c>
       <c r="D462" s="14" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E462" s="15">
-        <v>399.18032786885</v>
+        <v>256.55737704918</v>
       </c>
       <c r="F462" s="15">
-        <v>487</v>
+        <v>313</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="13">
         <v>457</v>
       </c>
       <c r="B463" s="16" t="s">
         <v>927</v>
       </c>
       <c r="C463" s="17" t="s">
         <v>928</v>
       </c>
       <c r="D463" s="14" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E463" s="15">
-        <v>256.55737704918</v>
+        <v>399.18032786885</v>
       </c>
       <c r="F463" s="15">
-        <v>313</v>
+        <v>487</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="13">
         <v>458</v>
       </c>
       <c r="B464" s="16" t="s">
         <v>929</v>
       </c>
       <c r="C464" s="17" t="s">
         <v>930</v>
       </c>
       <c r="D464" s="14" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E464" s="15">
-        <v>427.04918032787</v>
+        <v>256.55737704918</v>
       </c>
       <c r="F464" s="15">
-        <v>521</v>
+        <v>313</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="13">
         <v>459</v>
       </c>
       <c r="B465" s="16" t="s">
         <v>931</v>
       </c>
       <c r="C465" s="17" t="s">
         <v>932</v>
       </c>
       <c r="D465" s="14" t="s">
-        <v>13</v>
+        <v>920</v>
       </c>
       <c r="E465" s="15">
-        <v>3311.4754098361</v>
+        <v>427.04918032787</v>
       </c>
       <c r="F465" s="15">
-        <v>4040</v>
+        <v>521</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="13">
         <v>460</v>
       </c>
       <c r="B466" s="16" t="s">
         <v>933</v>
       </c>
       <c r="C466" s="17" t="s">
         <v>934</v>
       </c>
       <c r="D466" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E466" s="15">
-        <v>6604.0983606557</v>
+        <v>3311.4754098361</v>
       </c>
       <c r="F466" s="15">
-        <v>8057</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="13">
         <v>461</v>
       </c>
       <c r="B467" s="16" t="s">
         <v>935</v>
       </c>
       <c r="C467" s="17" t="s">
         <v>936</v>
       </c>
       <c r="D467" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E467" s="15">
-        <v>1014.7540983607</v>
+        <v>6604.0983606557</v>
       </c>
       <c r="F467" s="15">
-        <v>1238</v>
+        <v>8057</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="13">
         <v>462</v>
       </c>
       <c r="B468" s="16" t="s">
         <v>937</v>
       </c>
       <c r="C468" s="17" t="s">
         <v>938</v>
       </c>
       <c r="D468" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E468" s="15">
-        <v>2600.0</v>
+        <v>1014.7540983607</v>
       </c>
       <c r="F468" s="15">
-        <v>3172</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="13">
         <v>463</v>
       </c>
       <c r="B469" s="16" t="s">
         <v>939</v>
       </c>
       <c r="C469" s="17" t="s">
         <v>940</v>
       </c>
       <c r="D469" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E469" s="15">
-        <v>922.13114754098</v>
+        <v>2600.0</v>
       </c>
       <c r="F469" s="15">
-        <v>1125</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="13">
         <v>464</v>
       </c>
       <c r="B470" s="16" t="s">
         <v>941</v>
       </c>
       <c r="C470" s="17" t="s">
         <v>942</v>
       </c>
       <c r="D470" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E470" s="15">
-        <v>168.03278688525</v>
+        <v>922.13114754098</v>
       </c>
       <c r="F470" s="15">
-        <v>205</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="13">
         <v>465</v>
       </c>
       <c r="B471" s="16" t="s">
         <v>943</v>
       </c>
       <c r="C471" s="17" t="s">
         <v>944</v>
       </c>
       <c r="D471" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E471" s="15">
-        <v>120.49180327869</v>
+        <v>168.03278688525</v>
       </c>
       <c r="F471" s="15">
-        <v>147</v>
+        <v>205</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="13">
         <v>466</v>
       </c>
       <c r="B472" s="16" t="s">
         <v>945</v>
       </c>
       <c r="C472" s="17" t="s">
         <v>946</v>
       </c>
       <c r="D472" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E472" s="15">
-        <v>545.08196721311</v>
+        <v>120.49180327869</v>
       </c>
       <c r="F472" s="15">
-        <v>665</v>
+        <v>147</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="13">
         <v>467</v>
       </c>
       <c r="B473" s="16" t="s">
         <v>947</v>
       </c>
       <c r="C473" s="17" t="s">
         <v>948</v>
       </c>
       <c r="D473" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E473" s="15">
-        <v>2422.9508196721</v>
+        <v>545.08196721311</v>
       </c>
       <c r="F473" s="15">
-        <v>2956</v>
+        <v>665</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="13">
         <v>468</v>
       </c>
       <c r="B474" s="16" t="s">
         <v>949</v>
       </c>
       <c r="C474" s="17" t="s">
         <v>950</v>
       </c>
       <c r="D474" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E474" s="15">
-        <v>55175.409836066</v>
+        <v>2422.9508196721</v>
       </c>
       <c r="F474" s="15">
-        <v>67314</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="13">
         <v>469</v>
       </c>
       <c r="B475" s="16" t="s">
         <v>951</v>
       </c>
       <c r="C475" s="17" t="s">
         <v>952</v>
       </c>
       <c r="D475" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E475" s="15">
-        <v>64372.131147541</v>
+        <v>55175.409836066</v>
       </c>
       <c r="F475" s="15">
-        <v>78534</v>
+        <v>67314</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="13">
         <v>470</v>
       </c>
       <c r="B476" s="16" t="s">
         <v>953</v>
       </c>
       <c r="C476" s="17" t="s">
         <v>954</v>
       </c>
       <c r="D476" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E476" s="15">
-        <v>82767.213114754</v>
+        <v>64372.131147541</v>
       </c>
       <c r="F476" s="15">
-        <v>100976</v>
+        <v>78534</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="13">
         <v>471</v>
       </c>
       <c r="B477" s="16" t="s">
         <v>955</v>
       </c>
       <c r="C477" s="17" t="s">
         <v>956</v>
       </c>
       <c r="D477" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E477" s="15">
-        <v>101162.29508197</v>
+        <v>82767.213114754</v>
       </c>
       <c r="F477" s="15">
-        <v>123418</v>
+        <v>100976</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="13">
         <v>472</v>
       </c>
       <c r="B478" s="16" t="s">
         <v>957</v>
       </c>
       <c r="C478" s="17" t="s">
         <v>958</v>
       </c>
       <c r="D478" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E478" s="15">
-        <v>7175.4098360656</v>
+        <v>101162.29508197</v>
       </c>
       <c r="F478" s="15">
-        <v>8754</v>
+        <v>123418</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="13">
         <v>473</v>
       </c>
       <c r="B479" s="16" t="s">
         <v>959</v>
       </c>
       <c r="C479" s="17" t="s">
         <v>960</v>
       </c>
       <c r="D479" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E479" s="15">
-        <v>505.73770491803</v>
+        <v>7175.4098360656</v>
       </c>
       <c r="F479" s="15">
-        <v>617</v>
+        <v>8754</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="13">
         <v>474</v>
       </c>
       <c r="B480" s="16" t="s">
         <v>961</v>
       </c>
       <c r="C480" s="17" t="s">
         <v>962</v>
       </c>
       <c r="D480" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E480" s="15">
-        <v>4589.3442622951</v>
+        <v>505.73770491803</v>
       </c>
       <c r="F480" s="15">
-        <v>5599</v>
+        <v>617</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="13">
         <v>475</v>
       </c>
       <c r="B481" s="16" t="s">
         <v>963</v>
       </c>
       <c r="C481" s="17" t="s">
         <v>964</v>
       </c>
       <c r="D481" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E481" s="15">
-        <v>3506.5573770492</v>
+        <v>4589.3442622951</v>
       </c>
       <c r="F481" s="15">
-        <v>4278</v>
+        <v>5599</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="13">
         <v>476</v>
       </c>
       <c r="B482" s="16" t="s">
         <v>965</v>
       </c>
       <c r="C482" s="17" t="s">
         <v>966</v>
       </c>
       <c r="D482" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E482" s="15">
-        <v>5046.7213114754</v>
+        <v>3506.5573770492</v>
       </c>
       <c r="F482" s="15">
-        <v>6157</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="13">
         <v>477</v>
       </c>
       <c r="B483" s="16" t="s">
         <v>967</v>
       </c>
       <c r="C483" s="17" t="s">
         <v>968</v>
       </c>
       <c r="D483" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E483" s="15">
-        <v>4185.2459016393</v>
+        <v>5046.7213114754</v>
       </c>
       <c r="F483" s="15">
-        <v>5106</v>
+        <v>6157</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="13">
         <v>478</v>
       </c>
       <c r="B484" s="16" t="s">
         <v>969</v>
       </c>
       <c r="C484" s="17" t="s">
         <v>970</v>
       </c>
       <c r="D484" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E484" s="15">
-        <v>900.0</v>
+        <v>4185.2459016393</v>
       </c>
       <c r="F484" s="15">
-        <v>1098</v>
+        <v>5106</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="13">
         <v>479</v>
       </c>
       <c r="B485" s="16" t="s">
         <v>971</v>
       </c>
       <c r="C485" s="17" t="s">
         <v>972</v>
       </c>
       <c r="D485" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E485" s="15">
-        <v>3250.0</v>
+        <v>900.0</v>
       </c>
       <c r="F485" s="15">
-        <v>3965</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="13">
         <v>480</v>
       </c>
       <c r="B486" s="16" t="s">
         <v>973</v>
       </c>
       <c r="C486" s="17" t="s">
         <v>974</v>
       </c>
       <c r="D486" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E486" s="15">
-        <v>3300.0</v>
+        <v>3250.0</v>
       </c>
       <c r="F486" s="15">
-        <v>4026</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="13">
         <v>481</v>
       </c>
       <c r="B487" s="16" t="s">
         <v>975</v>
       </c>
       <c r="C487" s="17" t="s">
         <v>976</v>
       </c>
       <c r="D487" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E487" s="15">
-        <v>2420.4918032787</v>
+        <v>3300.0</v>
       </c>
       <c r="F487" s="15">
-        <v>2953</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="13">
         <v>482</v>
       </c>
       <c r="B488" s="16" t="s">
         <v>977</v>
       </c>
       <c r="C488" s="17" t="s">
         <v>978</v>
       </c>
       <c r="D488" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E488" s="15">
-        <v>1710.6557377049</v>
+        <v>2420.4918032787</v>
       </c>
       <c r="F488" s="15">
-        <v>2087</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="13">
         <v>483</v>
       </c>
       <c r="B489" s="16" t="s">
         <v>979</v>
       </c>
       <c r="C489" s="17" t="s">
         <v>980</v>
       </c>
       <c r="D489" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E489" s="15">
-        <v>1510.6557377049</v>
+        <v>1710.6557377049</v>
       </c>
       <c r="F489" s="15">
-        <v>1843</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="13">
         <v>484</v>
       </c>
       <c r="B490" s="16" t="s">
         <v>981</v>
       </c>
       <c r="C490" s="17" t="s">
         <v>982</v>
       </c>
       <c r="D490" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E490" s="15">
-        <v>3000.0</v>
+        <v>1510.6557377049</v>
       </c>
       <c r="F490" s="15">
-        <v>3660</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="13">
         <v>485</v>
       </c>
       <c r="B491" s="16" t="s">
         <v>983</v>
       </c>
       <c r="C491" s="17" t="s">
         <v>984</v>
       </c>
       <c r="D491" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E491" s="15">
-        <v>2420.4918032787</v>
+        <v>3000.0</v>
       </c>
       <c r="F491" s="15">
-        <v>2953</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="13">
         <v>486</v>
       </c>
       <c r="B492" s="16" t="s">
         <v>985</v>
       </c>
       <c r="C492" s="17" t="s">
         <v>986</v>
       </c>
       <c r="D492" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E492" s="15">
-        <v>6000.0</v>
+        <v>2420.4918032787</v>
       </c>
       <c r="F492" s="15">
-        <v>7320</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="13">
         <v>487</v>
       </c>
       <c r="B493" s="16" t="s">
         <v>987</v>
       </c>
       <c r="C493" s="17" t="s">
         <v>988</v>
       </c>
       <c r="D493" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E493" s="15">
-        <v>10182.786885246</v>
+        <v>6000.0</v>
       </c>
       <c r="F493" s="15">
-        <v>12423</v>
+        <v>7320</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="13">
         <v>488</v>
       </c>
       <c r="B494" s="16" t="s">
         <v>989</v>
       </c>
       <c r="C494" s="17" t="s">
         <v>990</v>
       </c>
       <c r="D494" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E494" s="15">
-        <v>4050.0</v>
+        <v>10182.786885246</v>
       </c>
       <c r="F494" s="15">
-        <v>4941</v>
+        <v>12423</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="13">
         <v>489</v>
       </c>
       <c r="B495" s="16" t="s">
         <v>991</v>
       </c>
       <c r="C495" s="17" t="s">
         <v>992</v>
       </c>
       <c r="D495" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E495" s="15">
-        <v>109.83606557377</v>
+        <v>4050.0</v>
       </c>
       <c r="F495" s="15">
-        <v>134</v>
+        <v>4941</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="13">
         <v>490</v>
       </c>
       <c r="B496" s="16" t="s">
         <v>993</v>
       </c>
       <c r="C496" s="17" t="s">
         <v>994</v>
       </c>
       <c r="D496" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E496" s="15">
-        <v>3002.4590163934</v>
+        <v>109.83606557377</v>
       </c>
       <c r="F496" s="15">
-        <v>3663</v>
+        <v>134</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="13">
         <v>491</v>
       </c>
       <c r="B497" s="16" t="s">
         <v>995</v>
       </c>
       <c r="C497" s="17" t="s">
         <v>996</v>
       </c>
       <c r="D497" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E497" s="15">
-        <v>5731.9672131148</v>
+        <v>3002.4590163934</v>
       </c>
       <c r="F497" s="15">
-        <v>6993</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="13">
         <v>492</v>
       </c>
       <c r="B498" s="16" t="s">
         <v>997</v>
       </c>
       <c r="C498" s="17" t="s">
         <v>998</v>
       </c>
       <c r="D498" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E498" s="15">
-        <v>5602.4590163934</v>
+        <v>5731.9672131148</v>
       </c>
       <c r="F498" s="15">
-        <v>6835</v>
+        <v>6993</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="13">
         <v>493</v>
       </c>
       <c r="B499" s="16" t="s">
         <v>999</v>
       </c>
       <c r="C499" s="17" t="s">
         <v>1000</v>
       </c>
       <c r="D499" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E499" s="15">
-        <v>18200.0</v>
+        <v>5602.4590163934</v>
       </c>
       <c r="F499" s="15">
-        <v>22204</v>
+        <v>6835</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="13">
         <v>494</v>
       </c>
       <c r="B500" s="16" t="s">
         <v>1001</v>
       </c>
       <c r="C500" s="17" t="s">
         <v>1002</v>
       </c>
       <c r="D500" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="E500" s="13" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="E500" s="15">
+        <v>18200.0</v>
+      </c>
+      <c r="F500" s="15">
+        <v>22204</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="13">
         <v>495</v>
       </c>
       <c r="B501" s="16" t="s">
         <v>1003</v>
       </c>
       <c r="C501" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="D501" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="E501" s="15">
-[...3 lines deleted...]
-        <v>3992</v>
+      <c r="E501" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="F501" s="13" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="13">
         <v>496</v>
       </c>
       <c r="B502" s="16" t="s">
         <v>1005</v>
       </c>
       <c r="C502" s="17" t="s">
         <v>1006</v>
       </c>
       <c r="D502" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E502" s="15">
-        <v>24852.459016393</v>
+        <v>3272.131147541</v>
       </c>
       <c r="F502" s="15">
-        <v>30320</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="13">
         <v>497</v>
       </c>
       <c r="B503" s="16" t="s">
         <v>1007</v>
       </c>
       <c r="C503" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="D503" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E503" s="15">
-        <v>59341.803278689</v>
+        <v>24852.459016393</v>
       </c>
       <c r="F503" s="15">
-        <v>72397</v>
+        <v>30320</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="13">
         <v>498</v>
       </c>
       <c r="B504" s="16" t="s">
         <v>1009</v>
       </c>
       <c r="C504" s="17" t="s">
         <v>1010</v>
       </c>
       <c r="D504" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E504" s="15">
-        <v>71259.836065574</v>
+        <v>59341.803278689</v>
       </c>
       <c r="F504" s="15">
-        <v>86937</v>
+        <v>72397</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="13">
         <v>499</v>
       </c>
       <c r="B505" s="16" t="s">
         <v>1011</v>
       </c>
       <c r="C505" s="17" t="s">
         <v>1012</v>
       </c>
       <c r="D505" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E505" s="15">
-        <v>101050.81967213</v>
+        <v>71259.836065574</v>
       </c>
       <c r="F505" s="15">
-        <v>123282</v>
+        <v>86937</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="13">
         <v>500</v>
       </c>
       <c r="B506" s="16" t="s">
         <v>1013</v>
       </c>
       <c r="C506" s="17" t="s">
         <v>1014</v>
       </c>
       <c r="D506" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E506" s="15">
-        <v>47425.409836066</v>
+        <v>101050.81967213</v>
       </c>
       <c r="F506" s="15">
-        <v>57859</v>
+        <v>123282</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="13">
         <v>501</v>
       </c>
       <c r="B507" s="16" t="s">
         <v>1015</v>
       </c>
       <c r="C507" s="17" t="s">
         <v>1016</v>
       </c>
       <c r="D507" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E507" s="15">
-        <v>1312.2950819672</v>
+        <v>47425.409836066</v>
       </c>
       <c r="F507" s="15">
-        <v>1601</v>
+        <v>57859</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="13">
         <v>502</v>
       </c>
       <c r="B508" s="16" t="s">
         <v>1017</v>
       </c>
       <c r="C508" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="D508" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E508" s="15">
-        <v>1940.1639344262</v>
+        <v>1312.2950819672</v>
       </c>
       <c r="F508" s="15">
-        <v>2367</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="13">
         <v>503</v>
       </c>
       <c r="B509" s="16" t="s">
         <v>1019</v>
       </c>
       <c r="C509" s="17" t="s">
         <v>1020</v>
       </c>
       <c r="D509" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E509" s="15">
-        <v>2145.0819672131</v>
+        <v>1940.1639344262</v>
       </c>
       <c r="F509" s="15">
-        <v>2617</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="13">
         <v>504</v>
       </c>
       <c r="B510" s="16" t="s">
         <v>1021</v>
       </c>
       <c r="C510" s="17" t="s">
         <v>1022</v>
       </c>
       <c r="D510" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E510" s="15">
-        <v>3825.4098360656</v>
+        <v>2145.0819672131</v>
       </c>
       <c r="F510" s="15">
-        <v>4667</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="13">
         <v>505</v>
       </c>
       <c r="B511" s="16" t="s">
         <v>1023</v>
       </c>
       <c r="C511" s="17" t="s">
         <v>1024</v>
       </c>
       <c r="D511" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E511" s="15">
-        <v>5460.6557377049</v>
+        <v>3825.4098360656</v>
       </c>
       <c r="F511" s="15">
-        <v>6662</v>
+        <v>4667</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="13">
         <v>506</v>
       </c>
       <c r="B512" s="16" t="s">
         <v>1025</v>
       </c>
       <c r="C512" s="17" t="s">
         <v>1026</v>
       </c>
       <c r="D512" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E512" s="15">
-        <v>1052.4590163934</v>
+        <v>5460.6557377049</v>
       </c>
       <c r="F512" s="15">
-        <v>1284</v>
+        <v>6662</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="13">
         <v>507</v>
       </c>
       <c r="B513" s="16" t="s">
         <v>1027</v>
       </c>
       <c r="C513" s="17" t="s">
         <v>1028</v>
       </c>
       <c r="D513" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E513" s="15">
-        <v>2483.606557377</v>
+        <v>1052.4590163934</v>
       </c>
       <c r="F513" s="15">
-        <v>3030</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="13">
         <v>508</v>
       </c>
       <c r="B514" s="16" t="s">
         <v>1029</v>
       </c>
       <c r="C514" s="17" t="s">
         <v>1030</v>
       </c>
       <c r="D514" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E514" s="15">
-        <v>3965.5737704918</v>
+        <v>2483.606557377</v>
       </c>
       <c r="F514" s="15">
-        <v>4838</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="13">
         <v>509</v>
       </c>
       <c r="B515" s="16" t="s">
         <v>1031</v>
       </c>
       <c r="C515" s="17" t="s">
         <v>1032</v>
       </c>
       <c r="D515" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E515" s="15">
-        <v>5135.2459016393</v>
+        <v>3965.5737704918</v>
       </c>
       <c r="F515" s="15">
-        <v>6265</v>
+        <v>4838</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="13">
         <v>510</v>
       </c>
       <c r="B516" s="16" t="s">
         <v>1033</v>
       </c>
       <c r="C516" s="17" t="s">
         <v>1034</v>
       </c>
       <c r="D516" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E516" s="15">
-        <v>5460.6557377049</v>
+        <v>5135.2459016393</v>
       </c>
       <c r="F516" s="15">
-        <v>6662</v>
+        <v>6265</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="13">
         <v>511</v>
       </c>
       <c r="B517" s="16" t="s">
         <v>1035</v>
       </c>
       <c r="C517" s="17" t="s">
         <v>1036</v>
       </c>
       <c r="D517" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E517" s="15">
-        <v>4056.5573770492</v>
+        <v>5460.6557377049</v>
       </c>
       <c r="F517" s="15">
-        <v>4949</v>
+        <v>6662</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="13">
         <v>512</v>
       </c>
       <c r="B518" s="16" t="s">
         <v>1037</v>
       </c>
       <c r="C518" s="17" t="s">
         <v>1038</v>
       </c>
       <c r="D518" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E518" s="15">
-        <v>5297.5409836066</v>
+        <v>4056.5573770492</v>
       </c>
       <c r="F518" s="15">
-        <v>6463</v>
+        <v>4949</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="13">
         <v>513</v>
       </c>
       <c r="B519" s="16" t="s">
         <v>1039</v>
       </c>
       <c r="C519" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="D519" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E519" s="15">
-        <v>973.77049180328</v>
+        <v>5297.5409836066</v>
       </c>
       <c r="F519" s="15">
-        <v>1188</v>
+        <v>6463</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="13">
         <v>514</v>
       </c>
       <c r="B520" s="16" t="s">
         <v>1041</v>
       </c>
       <c r="C520" s="17" t="s">
         <v>1042</v>
       </c>
       <c r="D520" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E520" s="15">
-        <v>292.62295081967</v>
+        <v>973.77049180328</v>
       </c>
       <c r="F520" s="15">
-        <v>357</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="13">
         <v>515</v>
       </c>
       <c r="B521" s="16" t="s">
         <v>1043</v>
       </c>
       <c r="C521" s="17" t="s">
         <v>1044</v>
       </c>
       <c r="D521" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E521" s="15">
-        <v>87.704918032787</v>
+        <v>292.62295081967</v>
       </c>
       <c r="F521" s="15">
-        <v>107</v>
+        <v>357</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="13">
         <v>516</v>
       </c>
       <c r="B522" s="16" t="s">
         <v>1045</v>
       </c>
       <c r="C522" s="17" t="s">
         <v>1046</v>
       </c>
       <c r="D522" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E522" s="15">
-        <v>157.37704918033</v>
+        <v>87.704918032787</v>
       </c>
       <c r="F522" s="15">
-        <v>192</v>
+        <v>107</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="13">
         <v>517</v>
       </c>
       <c r="B523" s="16" t="s">
         <v>1047</v>
       </c>
       <c r="C523" s="17" t="s">
         <v>1048</v>
       </c>
       <c r="D523" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E523" s="15">
-        <v>136.88524590164</v>
+        <v>157.37704918033</v>
       </c>
       <c r="F523" s="15">
-        <v>167</v>
+        <v>192</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="13">
         <v>518</v>
       </c>
       <c r="B524" s="16" t="s">
         <v>1049</v>
       </c>
       <c r="C524" s="17" t="s">
         <v>1050</v>
       </c>
       <c r="D524" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E524" s="15">
-        <v>412.29508196721</v>
+        <v>136.88524590164</v>
       </c>
       <c r="F524" s="15">
-        <v>503</v>
+        <v>167</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="13">
         <v>519</v>
       </c>
       <c r="B525" s="16" t="s">
         <v>1051</v>
       </c>
       <c r="C525" s="17" t="s">
         <v>1052</v>
       </c>
       <c r="D525" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E525" s="15">
         <v>412.29508196721</v>
       </c>
       <c r="F525" s="15">
         <v>503</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="13">
         <v>520</v>
       </c>
       <c r="B526" s="16" t="s">
         <v>1053</v>
       </c>
       <c r="C526" s="17" t="s">
         <v>1054</v>
       </c>
       <c r="D526" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E526" s="15">
-        <v>1680.3278688525</v>
+        <v>412.29508196721</v>
       </c>
       <c r="F526" s="15">
-        <v>2050</v>
+        <v>503</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="13">
         <v>521</v>
       </c>
       <c r="B527" s="16" t="s">
         <v>1055</v>
       </c>
       <c r="C527" s="17" t="s">
         <v>1056</v>
       </c>
       <c r="D527" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E527" s="15">
-        <v>1652.4590163934</v>
+        <v>1680.3278688525</v>
       </c>
       <c r="F527" s="15">
-        <v>2016</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="13">
         <v>522</v>
       </c>
       <c r="B528" s="16" t="s">
         <v>1057</v>
       </c>
       <c r="C528" s="17" t="s">
         <v>1058</v>
       </c>
       <c r="D528" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E528" s="15">
-        <v>1666.393442623</v>
+        <v>1652.4590163934</v>
       </c>
       <c r="F528" s="15">
-        <v>2033</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="13">
         <v>523</v>
       </c>
       <c r="B529" s="16" t="s">
         <v>1059</v>
       </c>
       <c r="C529" s="17" t="s">
         <v>1060</v>
       </c>
       <c r="D529" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E529" s="15">
-        <v>1312.2950819672</v>
+        <v>1666.393442623</v>
       </c>
       <c r="F529" s="15">
-        <v>1601</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="13">
         <v>524</v>
       </c>
       <c r="B530" s="16" t="s">
         <v>1061</v>
       </c>
       <c r="C530" s="17" t="s">
         <v>1062</v>
       </c>
       <c r="D530" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E530" s="15">
-        <v>1214.7540983607</v>
+        <v>1312.2950819672</v>
       </c>
       <c r="F530" s="15">
-        <v>1482</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="13">
         <v>525</v>
       </c>
       <c r="B531" s="16" t="s">
         <v>1063</v>
       </c>
       <c r="C531" s="17" t="s">
         <v>1064</v>
       </c>
       <c r="D531" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E531" s="15">
-        <v>954.91803278689</v>
+        <v>1214.7540983607</v>
       </c>
       <c r="F531" s="15">
-        <v>1165</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="13">
         <v>526</v>
       </c>
       <c r="B532" s="16" t="s">
         <v>1065</v>
       </c>
       <c r="C532" s="17" t="s">
         <v>1066</v>
       </c>
       <c r="D532" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E532" s="15">
-        <v>973.77049180328</v>
+        <v>954.91803278689</v>
       </c>
       <c r="F532" s="15">
-        <v>1188</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="13">
         <v>527</v>
       </c>
       <c r="B533" s="16" t="s">
         <v>1067</v>
       </c>
       <c r="C533" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="D533" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E533" s="15">
         <v>973.77049180328</v>
       </c>
       <c r="F533" s="15">
         <v>1188</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="13">
         <v>528</v>
       </c>
       <c r="B534" s="16" t="s">
         <v>1069</v>
       </c>
       <c r="C534" s="17" t="s">
         <v>1070</v>
       </c>
       <c r="D534" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E534" s="15">
-        <v>624.59016393443</v>
+        <v>973.77049180328</v>
       </c>
       <c r="F534" s="15">
-        <v>762</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="13">
         <v>529</v>
       </c>
       <c r="B535" s="16" t="s">
         <v>1071</v>
       </c>
       <c r="C535" s="17" t="s">
         <v>1072</v>
       </c>
       <c r="D535" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E535" s="15">
-        <v>577.86885245902</v>
+        <v>624.59016393443</v>
       </c>
       <c r="F535" s="15">
-        <v>705</v>
+        <v>762</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="13">
         <v>530</v>
       </c>
       <c r="B536" s="16" t="s">
         <v>1073</v>
       </c>
       <c r="C536" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="D536" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E536" s="15">
-        <v>16420.491803279</v>
+        <v>577.86885245902</v>
       </c>
       <c r="F536" s="15">
-        <v>20033</v>
+        <v>705</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="13">
         <v>531</v>
       </c>
       <c r="B537" s="16" t="s">
         <v>1075</v>
       </c>
       <c r="C537" s="17" t="s">
         <v>1076</v>
       </c>
       <c r="D537" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E537" s="15">
-        <v>32500.0</v>
+        <v>16420.491803279</v>
       </c>
       <c r="F537" s="15">
-        <v>39650</v>
+        <v>20033</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="13">
         <v>532</v>
       </c>
       <c r="B538" s="16" t="s">
         <v>1077</v>
       </c>
       <c r="C538" s="17" t="s">
         <v>1078</v>
       </c>
       <c r="D538" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E538" s="15">
-        <v>25000.0</v>
+        <v>32500.0</v>
       </c>
       <c r="F538" s="15">
-        <v>30500</v>
+        <v>39650</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="13">
         <v>533</v>
       </c>
       <c r="B539" s="16" t="s">
         <v>1079</v>
       </c>
       <c r="C539" s="17" t="s">
         <v>1080</v>
       </c>
       <c r="D539" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E539" s="15">
-        <v>2275.4098360656</v>
+        <v>25000.0</v>
       </c>
       <c r="F539" s="15">
-        <v>2776</v>
+        <v>30500</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="13">
         <v>534</v>
       </c>
       <c r="B540" s="16" t="s">
         <v>1081</v>
       </c>
       <c r="C540" s="17" t="s">
         <v>1082</v>
       </c>
       <c r="D540" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E540" s="15">
-        <v>1210.6557377049</v>
+        <v>2275.4098360656</v>
       </c>
       <c r="F540" s="15">
-        <v>1477</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="13">
         <v>535</v>
       </c>
       <c r="B541" s="16" t="s">
         <v>1083</v>
       </c>
       <c r="C541" s="17" t="s">
         <v>1084</v>
       </c>
       <c r="D541" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E541" s="15">
-        <v>12218.852459016</v>
+        <v>1210.6557377049</v>
       </c>
       <c r="F541" s="15">
-        <v>14907</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="13">
         <v>536</v>
       </c>
       <c r="B542" s="16" t="s">
         <v>1085</v>
       </c>
       <c r="C542" s="17" t="s">
         <v>1086</v>
       </c>
       <c r="D542" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E542" s="15">
-        <v>1820.4918032787</v>
+        <v>12218.852459016</v>
       </c>
       <c r="F542" s="15">
-        <v>2221</v>
+        <v>14907</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="13">
         <v>537</v>
       </c>
       <c r="B543" s="16" t="s">
         <v>1087</v>
       </c>
       <c r="C543" s="17" t="s">
         <v>1088</v>
       </c>
       <c r="D543" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E543" s="15">
-        <v>1275.4098360656</v>
+        <v>1820.4918032787</v>
       </c>
       <c r="F543" s="15">
-        <v>1556</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="13">
         <v>538</v>
       </c>
       <c r="B544" s="16" t="s">
         <v>1089</v>
       </c>
       <c r="C544" s="17" t="s">
         <v>1090</v>
       </c>
       <c r="D544" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E544" s="15">
-        <v>1885.2459016393</v>
+        <v>1275.4098360656</v>
       </c>
       <c r="F544" s="15">
-        <v>2300</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="13">
         <v>539</v>
       </c>
       <c r="B545" s="16" t="s">
         <v>1091</v>
       </c>
       <c r="C545" s="17" t="s">
         <v>1092</v>
       </c>
       <c r="D545" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E545" s="15">
-        <v>1510.6557377049</v>
+        <v>1885.2459016393</v>
       </c>
       <c r="F545" s="15">
-        <v>1843</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="13">
         <v>540</v>
       </c>
       <c r="B546" s="16" t="s">
         <v>1093</v>
       </c>
       <c r="C546" s="17" t="s">
         <v>1094</v>
       </c>
       <c r="D546" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E546" s="15">
         <v>1510.6557377049</v>
       </c>
       <c r="F546" s="15">
         <v>1843</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="13">
         <v>541</v>
       </c>
       <c r="B547" s="16" t="s">
         <v>1095</v>
       </c>
       <c r="C547" s="17" t="s">
         <v>1096</v>
       </c>
       <c r="D547" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E547" s="15">
-        <v>910.65573770492</v>
+        <v>1510.6557377049</v>
       </c>
       <c r="F547" s="15">
-        <v>1111</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="13">
         <v>542</v>
       </c>
       <c r="B548" s="16" t="s">
         <v>1097</v>
       </c>
       <c r="C548" s="17" t="s">
         <v>1098</v>
       </c>
       <c r="D548" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E548" s="15">
-        <v>1220.4918032787</v>
+        <v>910.65573770492</v>
       </c>
       <c r="F548" s="15">
-        <v>1489</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="13">
         <v>543</v>
       </c>
       <c r="B549" s="16" t="s">
         <v>1099</v>
       </c>
       <c r="C549" s="17" t="s">
         <v>1100</v>
       </c>
       <c r="D549" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E549" s="15">
-        <v>1210.6557377049</v>
+        <v>1220.4918032787</v>
       </c>
       <c r="F549" s="15">
-        <v>1477</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="13">
         <v>544</v>
       </c>
       <c r="B550" s="16" t="s">
         <v>1101</v>
       </c>
       <c r="C550" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="D550" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E550" s="15">
-        <v>85.245901639344</v>
+        <v>1210.6557377049</v>
       </c>
       <c r="F550" s="15">
-        <v>104</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="13">
         <v>545</v>
       </c>
       <c r="B551" s="16" t="s">
         <v>1103</v>
       </c>
       <c r="C551" s="17" t="s">
         <v>1104</v>
       </c>
       <c r="D551" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E551" s="15">
-        <v>163.93442622951</v>
+        <v>85.245901639344</v>
       </c>
       <c r="F551" s="15">
-        <v>200</v>
+        <v>104</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="13">
         <v>546</v>
       </c>
       <c r="B552" s="16" t="s">
         <v>1105</v>
       </c>
       <c r="C552" s="17" t="s">
         <v>1106</v>
       </c>
       <c r="D552" s="14" t="s">
-        <v>1107</v>
+        <v>13</v>
       </c>
       <c r="E552" s="15">
-        <v>1736.0655737705</v>
+        <v>163.93442622951</v>
       </c>
       <c r="F552" s="15">
-        <v>2118</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="13">
         <v>547</v>
       </c>
       <c r="B553" s="16" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C553" s="17" t="s">
         <v>1108</v>
       </c>
-      <c r="C553" s="17" t="s">
+      <c r="D553" s="14" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="E553" s="15">
         <v>1736.0655737705</v>
       </c>
       <c r="F553" s="15">
         <v>2118</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="13">
         <v>548</v>
       </c>
       <c r="B554" s="16" t="s">
         <v>1110</v>
       </c>
       <c r="C554" s="17" t="s">
         <v>1111</v>
       </c>
       <c r="D554" s="14" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="E554" s="15">
-        <v>291.80327868852</v>
+        <v>1736.0655737705</v>
       </c>
       <c r="F554" s="15">
-        <v>356</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="13">
         <v>549</v>
       </c>
       <c r="B555" s="16" t="s">
         <v>1112</v>
       </c>
       <c r="C555" s="17" t="s">
         <v>1113</v>
       </c>
       <c r="D555" s="14" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="E555" s="15">
         <v>291.80327868852</v>
       </c>
       <c r="F555" s="15">
         <v>356</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="13">
         <v>550</v>
       </c>
       <c r="B556" s="16" t="s">
         <v>1114</v>
       </c>
       <c r="C556" s="17" t="s">
         <v>1115</v>
       </c>
       <c r="D556" s="14" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="E556" s="15">
-        <v>727.04918032787</v>
+        <v>291.80327868852</v>
       </c>
       <c r="F556" s="15">
-        <v>887</v>
+        <v>356</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="13">
         <v>551</v>
       </c>
       <c r="B557" s="16" t="s">
         <v>1116</v>
       </c>
       <c r="C557" s="17" t="s">
         <v>1117</v>
       </c>
       <c r="D557" s="14" t="s">
-        <v>1107</v>
-[...5 lines deleted...]
-        <v>220</v>
+        <v>1109</v>
+      </c>
+      <c r="E557" s="15">
+        <v>727.04918032787</v>
+      </c>
+      <c r="F557" s="15">
+        <v>887</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="13">
         <v>552</v>
       </c>
       <c r="B558" s="16" t="s">
         <v>1118</v>
       </c>
       <c r="C558" s="17" t="s">
         <v>1119</v>
       </c>
       <c r="D558" s="14" t="s">
-        <v>1107</v>
-[...5 lines deleted...]
-        <v>356</v>
+        <v>1109</v>
+      </c>
+      <c r="E558" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="F558" s="13" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="13">
         <v>553</v>
       </c>
       <c r="B559" s="16" t="s">
         <v>1120</v>
       </c>
       <c r="C559" s="17" t="s">
         <v>1121</v>
       </c>
       <c r="D559" s="14" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="E559" s="15">
         <v>291.80327868852</v>
       </c>
       <c r="F559" s="15">
         <v>356</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="13">
         <v>554</v>
       </c>
       <c r="B560" s="16" t="s">
         <v>1122</v>
       </c>
       <c r="C560" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="D560" s="14" t="s">
-        <v>13</v>
+        <v>1109</v>
       </c>
       <c r="E560" s="15">
-        <v>7585.2459016393</v>
+        <v>291.80327868852</v>
       </c>
       <c r="F560" s="15">
-        <v>9254</v>
+        <v>356</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="13">
         <v>555</v>
       </c>
       <c r="B561" s="16" t="s">
         <v>1124</v>
       </c>
       <c r="C561" s="17" t="s">
         <v>1125</v>
       </c>
       <c r="D561" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E561" s="15">
         <v>12835.245901639</v>
       </c>
       <c r="F561" s="15">
         <v>15659</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="13">
         <v>556</v>
@@ -19770,54 +19758,54 @@
       </c>
       <c r="D667" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E667" s="15">
         <v>2860.6557377049</v>
       </c>
       <c r="F667" s="15">
         <v>3490</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="13">
         <v>662</v>
       </c>
       <c r="B668" s="16" t="s">
         <v>1338</v>
       </c>
       <c r="C668" s="17" t="s">
         <v>1339</v>
       </c>
       <c r="D668" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E668" s="13" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F668" s="13" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="13">
         <v>663</v>
       </c>
       <c r="B669" s="16" t="s">
         <v>1340</v>
       </c>
       <c r="C669" s="17" t="s">
         <v>1341</v>
       </c>
       <c r="D669" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E669" s="15">
         <v>5475.4098360656</v>
       </c>
       <c r="F669" s="15">
         <v>6680</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="13">
         <v>664</v>
@@ -20350,174 +20338,174 @@
       </c>
       <c r="D696" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E696" s="15">
         <v>17875.409836066</v>
       </c>
       <c r="F696" s="15">
         <v>21808</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="13">
         <v>691</v>
       </c>
       <c r="B697" s="16" t="s">
         <v>1396</v>
       </c>
       <c r="C697" s="17" t="s">
         <v>1397</v>
       </c>
       <c r="D697" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E697" s="15">
-        <v>6019.6721311475</v>
+        <v>3153.2786885246</v>
       </c>
       <c r="F697" s="15">
-        <v>7344</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="13">
         <v>692</v>
       </c>
       <c r="B698" s="16" t="s">
         <v>1398</v>
       </c>
       <c r="C698" s="17" t="s">
         <v>1399</v>
       </c>
       <c r="D698" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E698" s="15">
-        <v>3153.2786885246</v>
+        <v>4225.4098360656</v>
       </c>
       <c r="F698" s="15">
-        <v>3847</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="13">
         <v>693</v>
       </c>
       <c r="B699" s="16" t="s">
         <v>1400</v>
       </c>
       <c r="C699" s="17" t="s">
         <v>1401</v>
       </c>
       <c r="D699" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E699" s="15">
-        <v>4225.4098360656</v>
+        <v>942.62295081967</v>
       </c>
       <c r="F699" s="15">
-        <v>5155</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="13">
         <v>694</v>
       </c>
       <c r="B700" s="16" t="s">
         <v>1402</v>
       </c>
       <c r="C700" s="17" t="s">
         <v>1403</v>
       </c>
       <c r="D700" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E700" s="15">
-        <v>942.62295081967</v>
+        <v>949.18032786885</v>
       </c>
       <c r="F700" s="15">
-        <v>1150</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="13">
         <v>695</v>
       </c>
       <c r="B701" s="16" t="s">
         <v>1404</v>
       </c>
       <c r="C701" s="17" t="s">
         <v>1405</v>
       </c>
       <c r="D701" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E701" s="15">
-        <v>949.18032786885</v>
+        <v>2553.2786885246</v>
       </c>
       <c r="F701" s="15">
-        <v>1158</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="13">
         <v>696</v>
       </c>
       <c r="B702" s="16" t="s">
         <v>1406</v>
       </c>
       <c r="C702" s="17" t="s">
         <v>1407</v>
       </c>
       <c r="D702" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E702" s="15">
         <v>2553.2786885246</v>
       </c>
       <c r="F702" s="15">
         <v>3115</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="13">
         <v>697</v>
       </c>
       <c r="B703" s="16" t="s">
         <v>1408</v>
       </c>
       <c r="C703" s="17" t="s">
         <v>1409</v>
       </c>
       <c r="D703" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E703" s="15">
-        <v>2553.2786885246</v>
+        <v>1230.3278688525</v>
       </c>
       <c r="F703" s="15">
-        <v>3115</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="13">
         <v>698</v>
       </c>
       <c r="B704" s="16" t="s">
         <v>1410</v>
       </c>
       <c r="C704" s="17" t="s">
         <v>1411</v>
       </c>
       <c r="D704" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E704" s="15">
         <v>1230.3278688525</v>
       </c>
       <c r="F704" s="15">
         <v>1501</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="13">
         <v>699</v>
@@ -20810,574 +20798,574 @@
       </c>
       <c r="D719" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E719" s="15">
         <v>1230.3278688525</v>
       </c>
       <c r="F719" s="15">
         <v>1501</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="13">
         <v>714</v>
       </c>
       <c r="B720" s="16" t="s">
         <v>1442</v>
       </c>
       <c r="C720" s="17" t="s">
         <v>1443</v>
       </c>
       <c r="D720" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E720" s="15">
-        <v>1230.3278688525</v>
+        <v>3814.7540983607</v>
       </c>
       <c r="F720" s="15">
-        <v>1501</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="13">
         <v>715</v>
       </c>
       <c r="B721" s="16" t="s">
         <v>1444</v>
       </c>
       <c r="C721" s="17" t="s">
         <v>1445</v>
       </c>
       <c r="D721" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E721" s="15">
-        <v>3814.7540983607</v>
+        <v>4322.9508196721</v>
       </c>
       <c r="F721" s="15">
-        <v>4654</v>
+        <v>5274</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="13">
         <v>716</v>
       </c>
       <c r="B722" s="16" t="s">
         <v>1446</v>
       </c>
       <c r="C722" s="17" t="s">
         <v>1447</v>
       </c>
       <c r="D722" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E722" s="15">
-        <v>4322.9508196721</v>
+        <v>4407.3770491803</v>
       </c>
       <c r="F722" s="15">
-        <v>5274</v>
+        <v>5377</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="13">
         <v>717</v>
       </c>
       <c r="B723" s="16" t="s">
         <v>1448</v>
       </c>
       <c r="C723" s="17" t="s">
         <v>1449</v>
       </c>
       <c r="D723" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="E723" s="15">
-[...3 lines deleted...]
-        <v>5377</v>
+      <c r="E723" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="F723" s="13" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="13">
         <v>718</v>
       </c>
       <c r="B724" s="16" t="s">
         <v>1450</v>
       </c>
       <c r="C724" s="17" t="s">
         <v>1451</v>
       </c>
       <c r="D724" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E724" s="15">
-        <v>190875.40983607</v>
+        <v>7269.6721311475</v>
       </c>
       <c r="F724" s="15">
-        <v>232868</v>
+        <v>8869</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="13">
         <v>719</v>
       </c>
       <c r="B725" s="16" t="s">
         <v>1452</v>
       </c>
       <c r="C725" s="17" t="s">
         <v>1453</v>
       </c>
       <c r="D725" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E725" s="15">
-        <v>7269.6721311475</v>
+        <v>5418.8524590164</v>
       </c>
       <c r="F725" s="15">
-        <v>8869</v>
+        <v>6611</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="13">
         <v>720</v>
       </c>
       <c r="B726" s="16" t="s">
         <v>1454</v>
       </c>
       <c r="C726" s="17" t="s">
         <v>1455</v>
       </c>
       <c r="D726" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E726" s="15">
-        <v>5418.8524590164</v>
+        <v>5139.3442622951</v>
       </c>
       <c r="F726" s="15">
-        <v>6611</v>
+        <v>6270</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="13">
         <v>721</v>
       </c>
       <c r="B727" s="16" t="s">
         <v>1456</v>
       </c>
       <c r="C727" s="17" t="s">
         <v>1457</v>
       </c>
       <c r="D727" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E727" s="15">
-        <v>5139.3442622951</v>
+        <v>491.80327868852</v>
       </c>
       <c r="F727" s="15">
-        <v>6270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="13">
         <v>722</v>
       </c>
       <c r="B728" s="16" t="s">
         <v>1458</v>
       </c>
       <c r="C728" s="17" t="s">
         <v>1459</v>
       </c>
       <c r="D728" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E728" s="15">
-        <v>491.80327868852</v>
+        <v>525.40983606557</v>
       </c>
       <c r="F728" s="15">
-        <v>600</v>
+        <v>641</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="13">
         <v>723</v>
       </c>
       <c r="B729" s="16" t="s">
         <v>1460</v>
       </c>
       <c r="C729" s="17" t="s">
         <v>1461</v>
       </c>
       <c r="D729" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E729" s="15">
-        <v>525.40983606557</v>
+        <v>527.04918032787</v>
       </c>
       <c r="F729" s="15">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="13">
         <v>724</v>
       </c>
       <c r="B730" s="16" t="s">
         <v>1462</v>
       </c>
       <c r="C730" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="D730" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E730" s="15">
-        <v>527.04918032787</v>
+        <v>575.40983606557</v>
       </c>
       <c r="F730" s="15">
-        <v>643</v>
+        <v>702</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="13">
         <v>725</v>
       </c>
       <c r="B731" s="16" t="s">
         <v>1464</v>
       </c>
       <c r="C731" s="17" t="s">
         <v>1465</v>
       </c>
       <c r="D731" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E731" s="15">
-        <v>575.40983606557</v>
+        <v>2550.8196721311</v>
       </c>
       <c r="F731" s="15">
-        <v>702</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="13">
         <v>726</v>
       </c>
       <c r="B732" s="16" t="s">
         <v>1466</v>
       </c>
       <c r="C732" s="17" t="s">
         <v>1467</v>
       </c>
       <c r="D732" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E732" s="15">
-        <v>2550.8196721311</v>
+        <v>3272.131147541</v>
       </c>
       <c r="F732" s="15">
-        <v>3112</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="13">
         <v>727</v>
       </c>
       <c r="B733" s="16" t="s">
         <v>1468</v>
       </c>
       <c r="C733" s="17" t="s">
         <v>1469</v>
       </c>
       <c r="D733" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E733" s="15">
-        <v>3272.131147541</v>
+        <v>3814.7540983607</v>
       </c>
       <c r="F733" s="15">
-        <v>3992</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="13">
         <v>728</v>
       </c>
       <c r="B734" s="16" t="s">
         <v>1470</v>
       </c>
       <c r="C734" s="17" t="s">
         <v>1471</v>
       </c>
       <c r="D734" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E734" s="15">
-        <v>3814.7540983607</v>
+        <v>2273.7704918033</v>
       </c>
       <c r="F734" s="15">
-        <v>4654</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="13">
         <v>729</v>
       </c>
       <c r="B735" s="16" t="s">
         <v>1472</v>
       </c>
       <c r="C735" s="17" t="s">
         <v>1473</v>
       </c>
       <c r="D735" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E735" s="15">
-        <v>2273.7704918033</v>
+        <v>2587.7049180328</v>
       </c>
       <c r="F735" s="15">
-        <v>2774</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="13">
         <v>730</v>
       </c>
       <c r="B736" s="16" t="s">
         <v>1474</v>
       </c>
       <c r="C736" s="17" t="s">
         <v>1475</v>
       </c>
       <c r="D736" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E736" s="15">
-        <v>2587.7049180328</v>
+        <v>3175.4098360656</v>
       </c>
       <c r="F736" s="15">
-        <v>3157</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="13">
         <v>731</v>
       </c>
       <c r="B737" s="16" t="s">
         <v>1476</v>
       </c>
       <c r="C737" s="17" t="s">
         <v>1477</v>
       </c>
       <c r="D737" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E737" s="15">
-        <v>3175.4098360656</v>
+        <v>11310.655737705</v>
       </c>
       <c r="F737" s="15">
-        <v>3874</v>
+        <v>13799</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="13">
         <v>732</v>
       </c>
       <c r="B738" s="16" t="s">
         <v>1478</v>
       </c>
       <c r="C738" s="17" t="s">
         <v>1479</v>
       </c>
       <c r="D738" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E738" s="15">
-        <v>11310.655737705</v>
+        <v>20540.163934426</v>
       </c>
       <c r="F738" s="15">
-        <v>13799</v>
+        <v>25059</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="13">
         <v>733</v>
       </c>
       <c r="B739" s="16" t="s">
         <v>1480</v>
       </c>
       <c r="C739" s="17" t="s">
         <v>1481</v>
       </c>
       <c r="D739" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E739" s="15">
-        <v>20540.163934426</v>
+        <v>9230.3278688525</v>
       </c>
       <c r="F739" s="15">
-        <v>25059</v>
+        <v>11261</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="13">
         <v>734</v>
       </c>
       <c r="B740" s="16" t="s">
         <v>1482</v>
       </c>
       <c r="C740" s="17" t="s">
         <v>1483</v>
       </c>
       <c r="D740" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E740" s="15">
-        <v>9230.3278688525</v>
+        <v>14040.163934426</v>
       </c>
       <c r="F740" s="15">
-        <v>11261</v>
+        <v>17129</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="13">
         <v>735</v>
       </c>
       <c r="B741" s="16" t="s">
         <v>1484</v>
       </c>
       <c r="C741" s="17" t="s">
         <v>1485</v>
       </c>
       <c r="D741" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E741" s="15">
-        <v>14040.163934426</v>
+        <v>16477.868852459</v>
       </c>
       <c r="F741" s="15">
-        <v>17129</v>
+        <v>20103</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="13">
         <v>736</v>
       </c>
       <c r="B742" s="16" t="s">
         <v>1486</v>
       </c>
       <c r="C742" s="17" t="s">
         <v>1487</v>
       </c>
       <c r="D742" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E742" s="15">
-        <v>16477.868852459</v>
+        <v>14052.459016393</v>
       </c>
       <c r="F742" s="15">
-        <v>20103</v>
+        <v>17144</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="13">
         <v>737</v>
       </c>
       <c r="B743" s="16" t="s">
         <v>1488</v>
       </c>
       <c r="C743" s="17" t="s">
         <v>1489</v>
       </c>
       <c r="D743" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E743" s="15">
-        <v>14052.459016393</v>
+        <v>16477.868852459</v>
       </c>
       <c r="F743" s="15">
-        <v>17144</v>
+        <v>20103</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="13">
         <v>738</v>
       </c>
       <c r="B744" s="16" t="s">
         <v>1490</v>
       </c>
       <c r="C744" s="17" t="s">
         <v>1491</v>
       </c>
       <c r="D744" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E744" s="15">
-        <v>16477.868852459</v>
+        <v>10357.37704918</v>
       </c>
       <c r="F744" s="15">
-        <v>20103</v>
+        <v>12636</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="13">
         <v>739</v>
       </c>
       <c r="B745" s="16" t="s">
         <v>1492</v>
       </c>
       <c r="C745" s="17" t="s">
         <v>1493</v>
       </c>
       <c r="D745" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E745" s="15">
-        <v>10357.37704918</v>
+        <v>15990.163934426</v>
       </c>
       <c r="F745" s="15">
-        <v>12636</v>
+        <v>19508</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="13">
         <v>740</v>
       </c>
       <c r="B746" s="16" t="s">
         <v>1494</v>
       </c>
       <c r="C746" s="17" t="s">
         <v>1495</v>
       </c>
       <c r="D746" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E746" s="15">
-        <v>15990.163934426</v>
+        <v>17030.327868852</v>
       </c>
       <c r="F746" s="15">
-        <v>19508</v>
+        <v>20777</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="13">
         <v>741</v>
       </c>
       <c r="B747" s="16" t="s">
         <v>1496</v>
       </c>
       <c r="C747" s="17" t="s">
         <v>1497</v>
       </c>
       <c r="D747" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E747" s="15">
         <v>17030.327868852</v>
       </c>
       <c r="F747" s="15">
         <v>20777</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="13">
         <v>742</v>
@@ -21390,74 +21378,74 @@
       </c>
       <c r="D748" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E748" s="15">
         <v>17030.327868852</v>
       </c>
       <c r="F748" s="15">
         <v>20777</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="13">
         <v>743</v>
       </c>
       <c r="B749" s="16" t="s">
         <v>1500</v>
       </c>
       <c r="C749" s="17" t="s">
         <v>1501</v>
       </c>
       <c r="D749" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E749" s="15">
-        <v>17030.327868852</v>
+        <v>25220.491803279</v>
       </c>
       <c r="F749" s="15">
-        <v>20777</v>
+        <v>30769</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="13">
         <v>744</v>
       </c>
       <c r="B750" s="16" t="s">
         <v>1502</v>
       </c>
       <c r="C750" s="17" t="s">
         <v>1503</v>
       </c>
       <c r="D750" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E750" s="15">
-        <v>25220.491803279</v>
+        <v>25350.0</v>
       </c>
       <c r="F750" s="15">
-        <v>30769</v>
+        <v>30927</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="13">
         <v>745</v>
       </c>
       <c r="B751" s="16" t="s">
         <v>1504</v>
       </c>
       <c r="C751" s="17" t="s">
         <v>1505</v>
       </c>
       <c r="D751" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E751" s="15">
         <v>25350.0</v>
       </c>
       <c r="F751" s="15">
         <v>30927</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="13">
         <v>746</v>
@@ -21470,854 +21458,854 @@
       </c>
       <c r="D752" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E752" s="15">
         <v>25350.0</v>
       </c>
       <c r="F752" s="15">
         <v>30927</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="13">
         <v>747</v>
       </c>
       <c r="B753" s="16" t="s">
         <v>1508</v>
       </c>
       <c r="C753" s="17" t="s">
         <v>1509</v>
       </c>
       <c r="D753" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E753" s="15">
-        <v>25350.0</v>
+        <v>29109.836065574</v>
       </c>
       <c r="F753" s="15">
-        <v>30927</v>
+        <v>35514</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="13">
         <v>748</v>
       </c>
       <c r="B754" s="16" t="s">
         <v>1510</v>
       </c>
       <c r="C754" s="17" t="s">
         <v>1511</v>
       </c>
       <c r="D754" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E754" s="15">
-        <v>29109.836065574</v>
+        <v>98280.327868852</v>
       </c>
       <c r="F754" s="15">
-        <v>35514</v>
+        <v>119902</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="13">
         <v>749</v>
       </c>
       <c r="B755" s="16" t="s">
         <v>1512</v>
       </c>
       <c r="C755" s="17" t="s">
         <v>1513</v>
       </c>
       <c r="D755" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E755" s="15">
-        <v>98280.327868852</v>
+        <v>114400.0</v>
       </c>
       <c r="F755" s="15">
-        <v>119902</v>
+        <v>139568</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="13">
         <v>750</v>
       </c>
       <c r="B756" s="16" t="s">
         <v>1514</v>
       </c>
       <c r="C756" s="17" t="s">
         <v>1515</v>
       </c>
       <c r="D756" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E756" s="15">
-        <v>114400.0</v>
+        <v>38535.245901639</v>
       </c>
       <c r="F756" s="15">
-        <v>139568</v>
+        <v>47013</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="13">
         <v>751</v>
       </c>
       <c r="B757" s="16" t="s">
         <v>1516</v>
       </c>
       <c r="C757" s="17" t="s">
         <v>1517</v>
       </c>
       <c r="D757" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E757" s="15">
-        <v>38535.245901639</v>
+        <v>25740.163934426</v>
       </c>
       <c r="F757" s="15">
-        <v>47013</v>
+        <v>31403</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="13">
         <v>752</v>
       </c>
       <c r="B758" s="16" t="s">
         <v>1518</v>
       </c>
       <c r="C758" s="17" t="s">
         <v>1519</v>
       </c>
       <c r="D758" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E758" s="15">
-        <v>25740.163934426</v>
+        <v>32013.114754098</v>
       </c>
       <c r="F758" s="15">
-        <v>31403</v>
+        <v>39056</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="13">
         <v>753</v>
       </c>
       <c r="B759" s="16" t="s">
         <v>1520</v>
       </c>
       <c r="C759" s="17" t="s">
         <v>1521</v>
       </c>
       <c r="D759" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E759" s="15">
-        <v>32013.114754098</v>
+        <v>29229.508196721</v>
       </c>
       <c r="F759" s="15">
-        <v>39056</v>
+        <v>35660</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="13">
         <v>754</v>
       </c>
       <c r="B760" s="16" t="s">
         <v>1522</v>
       </c>
       <c r="C760" s="17" t="s">
         <v>1523</v>
       </c>
       <c r="D760" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E760" s="15">
-        <v>29229.508196721</v>
+        <v>38545.081967213</v>
       </c>
       <c r="F760" s="15">
-        <v>35660</v>
+        <v>47025</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="13">
         <v>755</v>
       </c>
       <c r="B761" s="16" t="s">
         <v>1524</v>
       </c>
       <c r="C761" s="17" t="s">
         <v>1525</v>
       </c>
       <c r="D761" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E761" s="15">
-        <v>38545.081967213</v>
+        <v>42142.62295082</v>
       </c>
       <c r="F761" s="15">
-        <v>47025</v>
+        <v>51414</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="13">
         <v>756</v>
       </c>
       <c r="B762" s="16" t="s">
         <v>1526</v>
       </c>
       <c r="C762" s="17" t="s">
         <v>1527</v>
       </c>
       <c r="D762" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E762" s="15">
-        <v>42142.62295082</v>
+        <v>45045.081967213</v>
       </c>
       <c r="F762" s="15">
-        <v>51414</v>
+        <v>54955</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="13">
         <v>757</v>
       </c>
       <c r="B763" s="16" t="s">
         <v>1528</v>
       </c>
       <c r="C763" s="17" t="s">
         <v>1529</v>
       </c>
       <c r="D763" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E763" s="15">
-        <v>45045.081967213</v>
+        <v>38545.081967213</v>
       </c>
       <c r="F763" s="15">
-        <v>54955</v>
+        <v>47025</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="13">
         <v>758</v>
       </c>
       <c r="B764" s="16" t="s">
         <v>1530</v>
       </c>
       <c r="C764" s="17" t="s">
         <v>1531</v>
       </c>
       <c r="D764" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E764" s="15">
-        <v>38545.081967213</v>
+        <v>42142.62295082</v>
       </c>
       <c r="F764" s="15">
-        <v>47025</v>
+        <v>51414</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="13">
         <v>759</v>
       </c>
       <c r="B765" s="16" t="s">
         <v>1532</v>
       </c>
       <c r="C765" s="17" t="s">
         <v>1533</v>
       </c>
       <c r="D765" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E765" s="15">
-        <v>42142.62295082</v>
+        <v>45045.081967213</v>
       </c>
       <c r="F765" s="15">
-        <v>51414</v>
+        <v>54955</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="13">
         <v>760</v>
       </c>
       <c r="B766" s="16" t="s">
         <v>1534</v>
       </c>
       <c r="C766" s="17" t="s">
         <v>1535</v>
       </c>
       <c r="D766" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E766" s="15">
-        <v>45045.081967213</v>
+        <v>33269.672131148</v>
       </c>
       <c r="F766" s="15">
-        <v>54955</v>
+        <v>40589</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="13">
         <v>761</v>
       </c>
       <c r="B767" s="16" t="s">
         <v>1536</v>
       </c>
       <c r="C767" s="17" t="s">
         <v>1537</v>
       </c>
       <c r="D767" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E767" s="15">
-        <v>33269.672131148</v>
+        <v>36650.0</v>
       </c>
       <c r="F767" s="15">
-        <v>40589</v>
+        <v>44713</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="13">
         <v>762</v>
       </c>
       <c r="B768" s="16" t="s">
         <v>1538</v>
       </c>
       <c r="C768" s="17" t="s">
         <v>1539</v>
       </c>
       <c r="D768" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E768" s="15">
-        <v>36650.0</v>
+        <v>6164.7540983607</v>
       </c>
       <c r="F768" s="15">
-        <v>44713</v>
+        <v>7521</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="13">
         <v>763</v>
       </c>
       <c r="B769" s="16" t="s">
         <v>1540</v>
       </c>
       <c r="C769" s="17" t="s">
         <v>1541</v>
       </c>
       <c r="D769" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E769" s="15">
-        <v>6164.7540983607</v>
+        <v>1300.0</v>
       </c>
       <c r="F769" s="15">
-        <v>7521</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="13">
         <v>764</v>
       </c>
       <c r="B770" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="C770" s="17" t="s">
         <v>1543</v>
       </c>
       <c r="D770" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E770" s="15">
-        <v>1300.0</v>
+        <v>1335.2459016393</v>
       </c>
       <c r="F770" s="15">
-        <v>1586</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="13">
         <v>765</v>
       </c>
       <c r="B771" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="C771" s="17" t="s">
         <v>1545</v>
       </c>
       <c r="D771" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E771" s="15">
-        <v>1335.2459016393</v>
+        <v>69880.327868852</v>
       </c>
       <c r="F771" s="15">
-        <v>1629</v>
+        <v>85254</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="13">
         <v>766</v>
       </c>
       <c r="B772" s="16" t="s">
         <v>1546</v>
       </c>
       <c r="C772" s="17" t="s">
         <v>1547</v>
       </c>
       <c r="D772" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E772" s="15">
-        <v>69880.327868852</v>
+        <v>75838.524590164</v>
       </c>
       <c r="F772" s="15">
-        <v>85254</v>
+        <v>92523</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="13">
         <v>767</v>
       </c>
       <c r="B773" s="16" t="s">
         <v>1548</v>
       </c>
       <c r="C773" s="17" t="s">
         <v>1549</v>
       </c>
       <c r="D773" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E773" s="15">
-        <v>75838.524590164</v>
+        <v>73455.737704918</v>
       </c>
       <c r="F773" s="15">
-        <v>92523</v>
+        <v>89616</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="13">
         <v>768</v>
       </c>
       <c r="B774" s="16" t="s">
         <v>1550</v>
       </c>
       <c r="C774" s="17" t="s">
         <v>1551</v>
       </c>
       <c r="D774" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E774" s="15">
-        <v>73455.737704918</v>
+        <v>79413.114754098</v>
       </c>
       <c r="F774" s="15">
-        <v>89616</v>
+        <v>96884</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="13">
         <v>769</v>
       </c>
       <c r="B775" s="16" t="s">
         <v>1552</v>
       </c>
       <c r="C775" s="17" t="s">
         <v>1553</v>
       </c>
       <c r="D775" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E775" s="15">
-        <v>79413.114754098</v>
+        <v>71071.31147541</v>
       </c>
       <c r="F775" s="15">
-        <v>96884</v>
+        <v>86707</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="13">
         <v>770</v>
       </c>
       <c r="B776" s="16" t="s">
         <v>1554</v>
       </c>
       <c r="C776" s="17" t="s">
         <v>1555</v>
       </c>
       <c r="D776" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E776" s="15">
-        <v>71071.31147541</v>
+        <v>77030.327868852</v>
       </c>
       <c r="F776" s="15">
-        <v>86707</v>
+        <v>93977</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="13">
         <v>771</v>
       </c>
       <c r="B777" s="16" t="s">
         <v>1556</v>
       </c>
       <c r="C777" s="17" t="s">
         <v>1557</v>
       </c>
       <c r="D777" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E777" s="15">
-        <v>77030.327868852</v>
+        <v>74646.721311475</v>
       </c>
       <c r="F777" s="15">
-        <v>93977</v>
+        <v>91069</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="13">
         <v>772</v>
       </c>
       <c r="B778" s="16" t="s">
         <v>1558</v>
       </c>
       <c r="C778" s="17" t="s">
         <v>1559</v>
       </c>
       <c r="D778" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E778" s="15">
-        <v>74646.721311475</v>
+        <v>80605.737704918</v>
       </c>
       <c r="F778" s="15">
-        <v>91069</v>
+        <v>98339</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="13">
         <v>773</v>
       </c>
       <c r="B779" s="16" t="s">
         <v>1560</v>
       </c>
       <c r="C779" s="17" t="s">
         <v>1561</v>
       </c>
       <c r="D779" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E779" s="15">
-        <v>80605.737704918</v>
+        <v>1268.0327868852</v>
       </c>
       <c r="F779" s="15">
-        <v>98339</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="13">
         <v>774</v>
       </c>
       <c r="B780" s="16" t="s">
         <v>1562</v>
       </c>
       <c r="C780" s="17" t="s">
         <v>1563</v>
       </c>
       <c r="D780" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E780" s="15">
-        <v>1268.0327868852</v>
+        <v>10427.868852459</v>
       </c>
       <c r="F780" s="15">
-        <v>1547</v>
+        <v>12722</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="13">
         <v>775</v>
       </c>
       <c r="B781" s="16" t="s">
         <v>1564</v>
       </c>
       <c r="C781" s="17" t="s">
         <v>1565</v>
       </c>
       <c r="D781" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E781" s="15">
-        <v>10427.868852459</v>
+        <v>3457.3770491803</v>
       </c>
       <c r="F781" s="15">
-        <v>12722</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="13">
         <v>776</v>
       </c>
       <c r="B782" s="16" t="s">
         <v>1566</v>
       </c>
       <c r="C782" s="17" t="s">
         <v>1567</v>
       </c>
       <c r="D782" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E782" s="15">
-        <v>3457.3770491803</v>
+        <v>2963.1147540984</v>
       </c>
       <c r="F782" s="15">
-        <v>4218</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="13">
         <v>777</v>
       </c>
       <c r="B783" s="16" t="s">
         <v>1568</v>
       </c>
       <c r="C783" s="17" t="s">
         <v>1569</v>
       </c>
       <c r="D783" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E783" s="15">
-        <v>2963.1147540984</v>
+        <v>1680.3278688525</v>
       </c>
       <c r="F783" s="15">
-        <v>3615</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="13">
         <v>778</v>
       </c>
       <c r="B784" s="16" t="s">
         <v>1570</v>
       </c>
       <c r="C784" s="17" t="s">
         <v>1571</v>
       </c>
       <c r="D784" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E784" s="15">
-        <v>1680.3278688525</v>
+        <v>2697.5409836066</v>
       </c>
       <c r="F784" s="15">
-        <v>2050</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="13">
         <v>779</v>
       </c>
       <c r="B785" s="16" t="s">
         <v>1572</v>
       </c>
       <c r="C785" s="17" t="s">
         <v>1573</v>
       </c>
       <c r="D785" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E785" s="15">
-        <v>2697.5409836066</v>
+        <v>4810.6557377049</v>
       </c>
       <c r="F785" s="15">
-        <v>3291</v>
+        <v>5869</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="13">
         <v>780</v>
       </c>
       <c r="B786" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="C786" s="17" t="s">
         <v>1575</v>
       </c>
       <c r="D786" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E786" s="15">
-        <v>4810.6557377049</v>
+        <v>2124.5901639344</v>
       </c>
       <c r="F786" s="15">
-        <v>5869</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="13">
         <v>781</v>
       </c>
       <c r="B787" s="16" t="s">
         <v>1576</v>
       </c>
       <c r="C787" s="17" t="s">
         <v>1577</v>
       </c>
       <c r="D787" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E787" s="15">
-        <v>2124.5901639344</v>
+        <v>2135.2459016393</v>
       </c>
       <c r="F787" s="15">
-        <v>2592</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="13">
         <v>782</v>
       </c>
       <c r="B788" s="16" t="s">
         <v>1578</v>
       </c>
       <c r="C788" s="17" t="s">
         <v>1579</v>
       </c>
       <c r="D788" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E788" s="15">
-        <v>2135.2459016393</v>
+        <v>2422.131147541</v>
       </c>
       <c r="F788" s="15">
-        <v>2605</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="13">
         <v>783</v>
       </c>
       <c r="B789" s="16" t="s">
         <v>1580</v>
       </c>
       <c r="C789" s="17" t="s">
         <v>1581</v>
       </c>
       <c r="D789" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E789" s="15">
-        <v>2422.131147541</v>
+        <v>3432.7868852459</v>
       </c>
       <c r="F789" s="15">
-        <v>2955</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="13">
         <v>784</v>
       </c>
       <c r="B790" s="16" t="s">
         <v>1582</v>
       </c>
       <c r="C790" s="17" t="s">
         <v>1583</v>
       </c>
       <c r="D790" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E790" s="15">
         <v>3432.7868852459</v>
       </c>
       <c r="F790" s="15">
         <v>4188</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="13">
         <v>785</v>
       </c>
       <c r="B791" s="16" t="s">
         <v>1584</v>
       </c>
       <c r="C791" s="17" t="s">
         <v>1585</v>
       </c>
       <c r="D791" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E791" s="15">
-        <v>3432.7868852459</v>
+        <v>1755.737704918</v>
       </c>
       <c r="F791" s="15">
-        <v>4188</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="13">
         <v>786</v>
       </c>
       <c r="B792" s="16" t="s">
         <v>1586</v>
       </c>
       <c r="C792" s="17" t="s">
         <v>1587</v>
       </c>
       <c r="D792" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E792" s="15">
-        <v>1755.737704918</v>
+        <v>1430.3278688525</v>
       </c>
       <c r="F792" s="15">
-        <v>2142</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="13">
         <v>787</v>
       </c>
       <c r="B793" s="16" t="s">
         <v>1588</v>
       </c>
       <c r="C793" s="17" t="s">
         <v>1589</v>
       </c>
       <c r="D793" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E793" s="15">
-        <v>1430.3278688525</v>
+        <v>2495.0819672131</v>
       </c>
       <c r="F793" s="15">
-        <v>1745</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="13">
         <v>788</v>
       </c>
       <c r="B794" s="16" t="s">
         <v>1590</v>
       </c>
       <c r="C794" s="17" t="s">
         <v>1591</v>
       </c>
       <c r="D794" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E794" s="15">
         <v>2495.0819672131</v>
       </c>
       <c r="F794" s="15">
         <v>3044</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="13">
         <v>789</v>
@@ -22430,54 +22418,54 @@
       </c>
       <c r="D800" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E800" s="15">
         <v>2495.0819672131</v>
       </c>
       <c r="F800" s="15">
         <v>3044</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="13">
         <v>795</v>
       </c>
       <c r="B801" s="16" t="s">
         <v>1604</v>
       </c>
       <c r="C801" s="17" t="s">
         <v>1605</v>
       </c>
       <c r="D801" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E801" s="15">
-        <v>2495.0819672131</v>
+        <v>1972.131147541</v>
       </c>
       <c r="F801" s="15">
-        <v>3044</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="13">
         <v>796</v>
       </c>
       <c r="B802" s="16" t="s">
         <v>1606</v>
       </c>
       <c r="C802" s="17" t="s">
         <v>1607</v>
       </c>
       <c r="D802" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E802" s="15">
         <v>1972.131147541</v>
       </c>
       <c r="F802" s="15">
         <v>2406</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="13">
         <v>797</v>
@@ -22630,1334 +22618,1334 @@
       </c>
       <c r="D810" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E810" s="15">
         <v>1972.131147541</v>
       </c>
       <c r="F810" s="15">
         <v>2406</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="13">
         <v>805</v>
       </c>
       <c r="B811" s="16" t="s">
         <v>1624</v>
       </c>
       <c r="C811" s="17" t="s">
         <v>1625</v>
       </c>
       <c r="D811" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E811" s="15">
-        <v>1972.131147541</v>
+        <v>7517.2131147541</v>
       </c>
       <c r="F811" s="15">
-        <v>2406</v>
+        <v>9171</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="13">
         <v>806</v>
       </c>
       <c r="B812" s="16" t="s">
         <v>1626</v>
       </c>
       <c r="C812" s="17" t="s">
         <v>1627</v>
       </c>
       <c r="D812" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E812" s="15">
         <v>7517.2131147541</v>
       </c>
       <c r="F812" s="15">
         <v>9171</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="13">
         <v>807</v>
       </c>
       <c r="B813" s="16" t="s">
         <v>1628</v>
       </c>
       <c r="C813" s="17" t="s">
         <v>1629</v>
       </c>
       <c r="D813" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E813" s="15">
-        <v>7517.2131147541</v>
+        <v>3029.5081967213</v>
       </c>
       <c r="F813" s="15">
-        <v>9171</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="13">
         <v>808</v>
       </c>
       <c r="B814" s="16" t="s">
         <v>1630</v>
       </c>
       <c r="C814" s="17" t="s">
         <v>1631</v>
       </c>
       <c r="D814" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E814" s="15">
-        <v>3029.5081967213</v>
+        <v>2436.8852459016</v>
       </c>
       <c r="F814" s="15">
-        <v>3696</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="13">
         <v>809</v>
       </c>
       <c r="B815" s="16" t="s">
         <v>1632</v>
       </c>
       <c r="C815" s="17" t="s">
         <v>1633</v>
       </c>
       <c r="D815" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E815" s="15">
-        <v>2436.8852459016</v>
+        <v>2687.7049180328</v>
       </c>
       <c r="F815" s="15">
-        <v>2973</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="13">
         <v>810</v>
       </c>
       <c r="B816" s="16" t="s">
         <v>1634</v>
       </c>
       <c r="C816" s="17" t="s">
         <v>1635</v>
       </c>
       <c r="D816" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E816" s="15">
-        <v>2687.7049180328</v>
+        <v>2503.2786885246</v>
       </c>
       <c r="F816" s="15">
-        <v>3279</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="13">
         <v>811</v>
       </c>
       <c r="B817" s="16" t="s">
         <v>1636</v>
       </c>
       <c r="C817" s="17" t="s">
         <v>1637</v>
       </c>
       <c r="D817" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E817" s="15">
-        <v>2503.2786885246</v>
+        <v>1716.393442623</v>
       </c>
       <c r="F817" s="15">
-        <v>3054</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="13">
         <v>812</v>
       </c>
       <c r="B818" s="16" t="s">
         <v>1638</v>
       </c>
       <c r="C818" s="17" t="s">
         <v>1639</v>
       </c>
       <c r="D818" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E818" s="15">
-        <v>1716.393442623</v>
+        <v>1633.606557377</v>
       </c>
       <c r="F818" s="15">
-        <v>2094</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="13">
         <v>813</v>
       </c>
       <c r="B819" s="16" t="s">
         <v>1640</v>
       </c>
       <c r="C819" s="17" t="s">
         <v>1641</v>
       </c>
       <c r="D819" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E819" s="15">
-        <v>1633.606557377</v>
+        <v>1559.0163934426</v>
       </c>
       <c r="F819" s="15">
-        <v>1993</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="13">
         <v>814</v>
       </c>
       <c r="B820" s="16" t="s">
         <v>1642</v>
       </c>
       <c r="C820" s="17" t="s">
         <v>1643</v>
       </c>
       <c r="D820" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E820" s="15">
-        <v>1559.0163934426</v>
+        <v>9984.4262295082</v>
       </c>
       <c r="F820" s="15">
-        <v>1902</v>
+        <v>12181</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="13">
         <v>815</v>
       </c>
       <c r="B821" s="16" t="s">
         <v>1644</v>
       </c>
       <c r="C821" s="17" t="s">
         <v>1645</v>
       </c>
       <c r="D821" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E821" s="15">
-        <v>9984.4262295082</v>
+        <v>2872.131147541</v>
       </c>
       <c r="F821" s="15">
-        <v>12181</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="13">
         <v>816</v>
       </c>
       <c r="B822" s="16" t="s">
         <v>1646</v>
       </c>
       <c r="C822" s="17" t="s">
         <v>1647</v>
       </c>
       <c r="D822" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E822" s="15">
-        <v>2872.131147541</v>
+        <v>93015.573770492</v>
       </c>
       <c r="F822" s="15">
-        <v>3504</v>
+        <v>113479</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="13">
         <v>817</v>
       </c>
       <c r="B823" s="16" t="s">
         <v>1648</v>
       </c>
       <c r="C823" s="17" t="s">
         <v>1649</v>
       </c>
       <c r="D823" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E823" s="15">
-        <v>93015.573770492</v>
+        <v>125959.83606557</v>
       </c>
       <c r="F823" s="15">
-        <v>113479</v>
+        <v>153671</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="13">
         <v>818</v>
       </c>
       <c r="B824" s="16" t="s">
         <v>1650</v>
       </c>
       <c r="C824" s="17" t="s">
         <v>1651</v>
       </c>
       <c r="D824" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E824" s="15">
-        <v>125959.83606557</v>
+        <v>145595.08196721</v>
       </c>
       <c r="F824" s="15">
-        <v>153671</v>
+        <v>177626</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="13">
         <v>819</v>
       </c>
       <c r="B825" s="16" t="s">
         <v>1652</v>
       </c>
       <c r="C825" s="17" t="s">
         <v>1653</v>
       </c>
       <c r="D825" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E825" s="15">
-        <v>145595.08196721</v>
+        <v>3968.0327868852</v>
       </c>
       <c r="F825" s="15">
-        <v>177626</v>
+        <v>4841</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="13">
         <v>820</v>
       </c>
       <c r="B826" s="16" t="s">
         <v>1654</v>
       </c>
       <c r="C826" s="17" t="s">
         <v>1655</v>
       </c>
       <c r="D826" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E826" s="15">
-        <v>3968.0327868852</v>
+        <v>2399.1803278689</v>
       </c>
       <c r="F826" s="15">
-        <v>4841</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="13">
         <v>821</v>
       </c>
       <c r="B827" s="16" t="s">
         <v>1656</v>
       </c>
       <c r="C827" s="17" t="s">
         <v>1657</v>
       </c>
       <c r="D827" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E827" s="15">
-        <v>2399.1803278689</v>
+        <v>2700.0</v>
       </c>
       <c r="F827" s="15">
-        <v>2927</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="13">
         <v>822</v>
       </c>
       <c r="B828" s="16" t="s">
         <v>1658</v>
       </c>
       <c r="C828" s="17" t="s">
         <v>1659</v>
       </c>
       <c r="D828" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E828" s="15">
-        <v>2700.0</v>
+        <v>3000.0</v>
       </c>
       <c r="F828" s="15">
-        <v>3294</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="13">
         <v>823</v>
       </c>
       <c r="B829" s="16" t="s">
         <v>1660</v>
       </c>
       <c r="C829" s="17" t="s">
         <v>1661</v>
       </c>
       <c r="D829" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E829" s="15">
-        <v>3000.0</v>
+        <v>737534.42622951</v>
       </c>
       <c r="F829" s="15">
-        <v>3660</v>
+        <v>899792</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="13">
         <v>824</v>
       </c>
       <c r="B830" s="16" t="s">
         <v>1662</v>
       </c>
       <c r="C830" s="17" t="s">
         <v>1663</v>
       </c>
       <c r="D830" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E830" s="15">
-        <v>737534.42622951</v>
+        <v>833084.42622951</v>
       </c>
       <c r="F830" s="15">
-        <v>899792</v>
+        <v>1016363</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="13">
         <v>825</v>
       </c>
       <c r="B831" s="16" t="s">
         <v>1664</v>
       </c>
       <c r="C831" s="17" t="s">
         <v>1665</v>
       </c>
       <c r="D831" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E831" s="15">
-        <v>833084.42622951</v>
+        <v>897325.40983607</v>
       </c>
       <c r="F831" s="15">
-        <v>1016363</v>
+        <v>1094737</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="13">
         <v>826</v>
       </c>
       <c r="B832" s="16" t="s">
         <v>1666</v>
       </c>
       <c r="C832" s="17" t="s">
         <v>1667</v>
       </c>
       <c r="D832" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E832" s="15">
-        <v>897325.40983607</v>
+        <v>992875.40983607</v>
       </c>
       <c r="F832" s="15">
-        <v>1094737</v>
+        <v>1211308</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="13">
         <v>827</v>
       </c>
       <c r="B833" s="16" t="s">
         <v>1668</v>
       </c>
       <c r="C833" s="17" t="s">
         <v>1669</v>
       </c>
       <c r="D833" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E833" s="15">
-        <v>992875.40983607</v>
+        <v>897383.60655738</v>
       </c>
       <c r="F833" s="15">
-        <v>1211308</v>
+        <v>1094808</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="13">
         <v>828</v>
       </c>
       <c r="B834" s="16" t="s">
         <v>1670</v>
       </c>
       <c r="C834" s="17" t="s">
         <v>1671</v>
       </c>
       <c r="D834" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E834" s="15">
-        <v>897383.60655738</v>
+        <v>877609.83606557</v>
       </c>
       <c r="F834" s="15">
-        <v>1094808</v>
+        <v>1070684</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="13">
         <v>829</v>
       </c>
       <c r="B835" s="16" t="s">
         <v>1672</v>
       </c>
       <c r="C835" s="17" t="s">
         <v>1673</v>
       </c>
       <c r="D835" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E835" s="15">
-        <v>877609.83606557</v>
+        <v>459334.42622951</v>
       </c>
       <c r="F835" s="15">
-        <v>1070684</v>
+        <v>560388</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="13">
         <v>830</v>
       </c>
       <c r="B836" s="16" t="s">
         <v>1674</v>
       </c>
       <c r="C836" s="17" t="s">
         <v>1675</v>
       </c>
       <c r="D836" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E836" s="15">
-        <v>459334.42622951</v>
+        <v>624511.47540984</v>
       </c>
       <c r="F836" s="15">
-        <v>560388</v>
+        <v>761904</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="13">
         <v>831</v>
       </c>
       <c r="B837" s="16" t="s">
         <v>1676</v>
       </c>
       <c r="C837" s="17" t="s">
         <v>1677</v>
       </c>
       <c r="D837" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E837" s="15">
-        <v>624511.47540984</v>
+        <v>672967.21311475</v>
       </c>
       <c r="F837" s="15">
-        <v>761904</v>
+        <v>821020</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="13">
         <v>832</v>
       </c>
       <c r="B838" s="16" t="s">
         <v>1678</v>
       </c>
       <c r="C838" s="17" t="s">
         <v>1679</v>
       </c>
       <c r="D838" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E838" s="15">
-        <v>672967.21311475</v>
+        <v>768517.21311475</v>
       </c>
       <c r="F838" s="15">
-        <v>821020</v>
+        <v>937591</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="13">
         <v>833</v>
       </c>
       <c r="B839" s="16" t="s">
         <v>1680</v>
       </c>
       <c r="C839" s="17" t="s">
         <v>1681</v>
       </c>
       <c r="D839" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E839" s="15">
-        <v>768517.21311475</v>
+        <v>610133.60655738</v>
       </c>
       <c r="F839" s="15">
-        <v>937591</v>
+        <v>744363</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="13">
         <v>834</v>
       </c>
       <c r="B840" s="16" t="s">
         <v>1682</v>
       </c>
       <c r="C840" s="17" t="s">
         <v>1683</v>
       </c>
       <c r="D840" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E840" s="15">
-        <v>610133.60655738</v>
+        <v>715434.42622951</v>
       </c>
       <c r="F840" s="15">
-        <v>744363</v>
+        <v>872830</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="13">
         <v>835</v>
       </c>
       <c r="B841" s="16" t="s">
         <v>1684</v>
       </c>
       <c r="C841" s="17" t="s">
         <v>1685</v>
       </c>
       <c r="D841" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E841" s="15">
-        <v>715434.42622951</v>
+        <v>782059.83606557</v>
       </c>
       <c r="F841" s="15">
-        <v>872830</v>
+        <v>954113</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="13">
         <v>836</v>
       </c>
       <c r="B842" s="16" t="s">
         <v>1686</v>
       </c>
       <c r="C842" s="17" t="s">
         <v>1687</v>
       </c>
       <c r="D842" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E842" s="15">
-        <v>782059.83606557</v>
+        <v>877609.83606557</v>
       </c>
       <c r="F842" s="15">
-        <v>954113</v>
+        <v>1070684</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="13">
         <v>837</v>
       </c>
       <c r="B843" s="16" t="s">
         <v>1688</v>
       </c>
       <c r="C843" s="17" t="s">
         <v>1689</v>
       </c>
       <c r="D843" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E843" s="15">
-        <v>877609.83606557</v>
+        <v>18049.180327869</v>
       </c>
       <c r="F843" s="15">
-        <v>1070684</v>
+        <v>22020</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="13">
         <v>838</v>
       </c>
       <c r="B844" s="16" t="s">
         <v>1690</v>
       </c>
       <c r="C844" s="17" t="s">
         <v>1691</v>
       </c>
       <c r="D844" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E844" s="15">
-        <v>18049.180327869</v>
+        <v>16727.868852459</v>
       </c>
       <c r="F844" s="15">
-        <v>22020</v>
+        <v>20408</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="13">
         <v>839</v>
       </c>
       <c r="B845" s="16" t="s">
         <v>1692</v>
       </c>
       <c r="C845" s="17" t="s">
         <v>1693</v>
       </c>
       <c r="D845" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E845" s="15">
-        <v>16727.868852459</v>
+        <v>11670.491803279</v>
       </c>
       <c r="F845" s="15">
-        <v>20408</v>
+        <v>14238</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="13">
         <v>840</v>
       </c>
       <c r="B846" s="16" t="s">
         <v>1694</v>
       </c>
       <c r="C846" s="17" t="s">
         <v>1695</v>
       </c>
       <c r="D846" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E846" s="15">
-        <v>11670.491803279</v>
+        <v>14085.245901639</v>
       </c>
       <c r="F846" s="15">
-        <v>14238</v>
+        <v>17184</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="13">
         <v>841</v>
       </c>
       <c r="B847" s="16" t="s">
         <v>1696</v>
       </c>
       <c r="C847" s="17" t="s">
         <v>1697</v>
       </c>
       <c r="D847" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E847" s="15">
-        <v>14085.245901639</v>
+        <v>18835.245901639</v>
       </c>
       <c r="F847" s="15">
-        <v>17184</v>
+        <v>22979</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="13">
         <v>842</v>
       </c>
       <c r="B848" s="16" t="s">
         <v>1698</v>
       </c>
       <c r="C848" s="17" t="s">
         <v>1699</v>
       </c>
       <c r="D848" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E848" s="15">
-        <v>18835.245901639</v>
+        <v>35170.491803279</v>
       </c>
       <c r="F848" s="15">
-        <v>22979</v>
+        <v>42908</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="13">
         <v>843</v>
       </c>
       <c r="B849" s="16" t="s">
         <v>1700</v>
       </c>
       <c r="C849" s="17" t="s">
         <v>1701</v>
       </c>
       <c r="D849" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E849" s="15">
-        <v>35170.491803279</v>
+        <v>45085.245901639</v>
       </c>
       <c r="F849" s="15">
-        <v>42908</v>
+        <v>55004</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="13">
         <v>844</v>
       </c>
       <c r="B850" s="16" t="s">
         <v>1702</v>
       </c>
       <c r="C850" s="17" t="s">
         <v>1703</v>
       </c>
       <c r="D850" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E850" s="15">
-        <v>45085.245901639</v>
+        <v>91000.0</v>
       </c>
       <c r="F850" s="15">
-        <v>55004</v>
+        <v>111020</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="13">
         <v>845</v>
       </c>
       <c r="B851" s="16" t="s">
         <v>1704</v>
       </c>
       <c r="C851" s="17" t="s">
         <v>1705</v>
       </c>
       <c r="D851" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E851" s="15">
-        <v>91000.0</v>
+        <v>8667.2131147541</v>
       </c>
       <c r="F851" s="15">
-        <v>111020</v>
+        <v>10574</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="13">
         <v>846</v>
       </c>
       <c r="B852" s="16" t="s">
         <v>1706</v>
       </c>
       <c r="C852" s="17" t="s">
         <v>1707</v>
       </c>
       <c r="D852" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E852" s="15">
-        <v>8667.2131147541</v>
+        <v>3155.737704918</v>
       </c>
       <c r="F852" s="15">
-        <v>10574</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="13">
         <v>847</v>
       </c>
       <c r="B853" s="16" t="s">
         <v>1708</v>
       </c>
       <c r="C853" s="17" t="s">
         <v>1709</v>
       </c>
       <c r="D853" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E853" s="15">
-        <v>3155.737704918</v>
+        <v>9482.7868852459</v>
       </c>
       <c r="F853" s="15">
-        <v>3850</v>
+        <v>11569</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="13">
         <v>848</v>
       </c>
       <c r="B854" s="16" t="s">
         <v>1710</v>
       </c>
       <c r="C854" s="17" t="s">
         <v>1711</v>
       </c>
       <c r="D854" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E854" s="15">
-        <v>9482.7868852459</v>
+        <v>15795.081967213</v>
       </c>
       <c r="F854" s="15">
-        <v>11569</v>
+        <v>19270</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="13">
         <v>849</v>
       </c>
       <c r="B855" s="16" t="s">
         <v>1712</v>
       </c>
       <c r="C855" s="17" t="s">
         <v>1713</v>
       </c>
       <c r="D855" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E855" s="15">
-        <v>15795.081967213</v>
+        <v>205265.57377049</v>
       </c>
       <c r="F855" s="15">
-        <v>19270</v>
+        <v>250424</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="13">
         <v>850</v>
       </c>
       <c r="B856" s="16" t="s">
         <v>1714</v>
       </c>
       <c r="C856" s="17" t="s">
         <v>1715</v>
       </c>
       <c r="D856" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E856" s="15">
-        <v>205265.57377049</v>
+        <v>28401.639344262</v>
       </c>
       <c r="F856" s="15">
-        <v>250424</v>
+        <v>34650</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="13">
         <v>851</v>
       </c>
       <c r="B857" s="16" t="s">
         <v>1716</v>
       </c>
       <c r="C857" s="17" t="s">
         <v>1717</v>
       </c>
       <c r="D857" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E857" s="15">
-        <v>28401.639344262</v>
+        <v>53685.245901639</v>
       </c>
       <c r="F857" s="15">
-        <v>34650</v>
+        <v>65496</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="13">
         <v>852</v>
       </c>
       <c r="B858" s="16" t="s">
         <v>1718</v>
       </c>
       <c r="C858" s="17" t="s">
         <v>1719</v>
       </c>
       <c r="D858" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E858" s="15">
-        <v>53685.245901639</v>
+        <v>104201.63934426</v>
       </c>
       <c r="F858" s="15">
-        <v>65496</v>
+        <v>127126</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="13">
         <v>853</v>
       </c>
       <c r="B859" s="16" t="s">
         <v>1720</v>
       </c>
       <c r="C859" s="17" t="s">
         <v>1721</v>
       </c>
       <c r="D859" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E859" s="15">
-        <v>104201.63934426</v>
+        <v>4735.2459016393</v>
       </c>
       <c r="F859" s="15">
-        <v>127126</v>
+        <v>5777</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="13">
         <v>854</v>
       </c>
       <c r="B860" s="16" t="s">
         <v>1722</v>
       </c>
       <c r="C860" s="17" t="s">
         <v>1723</v>
       </c>
       <c r="D860" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E860" s="15">
-        <v>4735.2459016393</v>
+        <v>3077.868852459</v>
       </c>
       <c r="F860" s="15">
-        <v>5777</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="13">
         <v>855</v>
       </c>
       <c r="B861" s="16" t="s">
         <v>1724</v>
       </c>
       <c r="C861" s="17" t="s">
         <v>1725</v>
       </c>
       <c r="D861" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E861" s="15">
-        <v>3077.868852459</v>
+        <v>3359.8360655738</v>
       </c>
       <c r="F861" s="15">
-        <v>3755</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="13">
         <v>856</v>
       </c>
       <c r="B862" s="16" t="s">
         <v>1726</v>
       </c>
       <c r="C862" s="17" t="s">
         <v>1727</v>
       </c>
       <c r="D862" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E862" s="15">
-        <v>3359.8360655738</v>
+        <v>2400.0</v>
       </c>
       <c r="F862" s="15">
-        <v>4099</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="13">
         <v>857</v>
       </c>
       <c r="B863" s="16" t="s">
         <v>1728</v>
       </c>
       <c r="C863" s="17" t="s">
         <v>1729</v>
       </c>
       <c r="D863" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E863" s="15">
-        <v>2400.0</v>
+        <v>2822.9508196721</v>
       </c>
       <c r="F863" s="15">
-        <v>2928</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="13">
         <v>858</v>
       </c>
       <c r="B864" s="16" t="s">
         <v>1730</v>
       </c>
       <c r="C864" s="17" t="s">
         <v>1731</v>
       </c>
       <c r="D864" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E864" s="15">
-        <v>2822.9508196721</v>
+        <v>4572.131147541</v>
       </c>
       <c r="F864" s="15">
-        <v>3444</v>
+        <v>5578</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="13">
         <v>859</v>
       </c>
       <c r="B865" s="16" t="s">
         <v>1732</v>
       </c>
       <c r="C865" s="17" t="s">
         <v>1733</v>
       </c>
       <c r="D865" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E865" s="15">
-        <v>4572.131147541</v>
+        <v>30334.426229508</v>
       </c>
       <c r="F865" s="15">
-        <v>5578</v>
+        <v>37008</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="13">
         <v>860</v>
       </c>
       <c r="B866" s="16" t="s">
         <v>1734</v>
       </c>
       <c r="C866" s="17" t="s">
         <v>1735</v>
       </c>
       <c r="D866" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E866" s="15">
-        <v>30334.426229508</v>
+        <v>21170.491803279</v>
       </c>
       <c r="F866" s="15">
-        <v>37008</v>
+        <v>25828</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="13">
         <v>861</v>
       </c>
       <c r="B867" s="16" t="s">
         <v>1736</v>
       </c>
       <c r="C867" s="17" t="s">
         <v>1737</v>
       </c>
       <c r="D867" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E867" s="15">
-        <v>808335.24590164</v>
+        <v>27000.0</v>
       </c>
       <c r="F867" s="15">
-        <v>986169</v>
+        <v>32940</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="13">
         <v>862</v>
       </c>
       <c r="B868" s="16" t="s">
         <v>1738</v>
       </c>
       <c r="C868" s="17" t="s">
         <v>1739</v>
       </c>
       <c r="D868" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E868" s="15">
-        <v>21170.491803279</v>
+        <v>69236.06557377</v>
       </c>
       <c r="F868" s="15">
-        <v>25828</v>
+        <v>84468</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="13">
         <v>863</v>
       </c>
       <c r="B869" s="16" t="s">
         <v>1740</v>
       </c>
       <c r="C869" s="17" t="s">
         <v>1741</v>
       </c>
       <c r="D869" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E869" s="15">
-        <v>27000.0</v>
+        <v>71195.901639344</v>
       </c>
       <c r="F869" s="15">
-        <v>32940</v>
+        <v>86859</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="13">
         <v>864</v>
       </c>
       <c r="B870" s="16" t="s">
         <v>1742</v>
       </c>
       <c r="C870" s="17" t="s">
         <v>1743</v>
       </c>
       <c r="D870" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E870" s="15">
-        <v>69236.06557377</v>
+        <v>71195.901639344</v>
       </c>
       <c r="F870" s="15">
-        <v>84468</v>
+        <v>86859</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="13">
         <v>865</v>
       </c>
       <c r="B871" s="16" t="s">
         <v>1744</v>
       </c>
       <c r="C871" s="17" t="s">
         <v>1745</v>
       </c>
       <c r="D871" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E871" s="15">
-        <v>71195.901639344</v>
+        <v>73892.62295082</v>
       </c>
       <c r="F871" s="15">
-        <v>86859</v>
+        <v>90149</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="13">
         <v>866</v>
       </c>
       <c r="B872" s="16" t="s">
         <v>1746</v>
       </c>
       <c r="C872" s="17" t="s">
         <v>1747</v>
       </c>
       <c r="D872" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E872" s="15">
-        <v>71195.901639344</v>
+        <v>73892.62295082</v>
       </c>
       <c r="F872" s="15">
-        <v>86859</v>
+        <v>90149</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="13">
         <v>867</v>
       </c>
       <c r="B873" s="16" t="s">
         <v>1748</v>
       </c>
       <c r="C873" s="17" t="s">
         <v>1749</v>
       </c>
       <c r="D873" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E873" s="15">
         <v>73892.62295082</v>
       </c>
       <c r="F873" s="15">
         <v>90149</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="13">
         <v>868</v>
       </c>
       <c r="B874" s="16" t="s">
         <v>1750</v>
       </c>
       <c r="C874" s="17" t="s">
         <v>1751</v>
       </c>
       <c r="D874" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E874" s="15">
-        <v>73892.62295082</v>
+        <v>75976.229508197</v>
       </c>
       <c r="F874" s="15">
-        <v>90149</v>
+        <v>92691</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="13">
         <v>869</v>
       </c>
       <c r="B875" s="16" t="s">
         <v>1752</v>
       </c>
       <c r="C875" s="17" t="s">
         <v>1753</v>
       </c>
       <c r="D875" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E875" s="15">
-        <v>73892.62295082</v>
+        <v>75976.229508197</v>
       </c>
       <c r="F875" s="15">
-        <v>90149</v>
+        <v>92691</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="13">
         <v>870</v>
       </c>
       <c r="B876" s="16" t="s">
         <v>1754</v>
       </c>
       <c r="C876" s="17" t="s">
         <v>1755</v>
       </c>
       <c r="D876" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E876" s="15">
         <v>75976.229508197</v>
       </c>
       <c r="F876" s="15">
         <v>92691</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="13">
         <v>871</v>
@@ -24010,134 +23998,134 @@
       </c>
       <c r="D879" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E879" s="15">
         <v>75976.229508197</v>
       </c>
       <c r="F879" s="15">
         <v>92691</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="13">
         <v>874</v>
       </c>
       <c r="B880" s="16" t="s">
         <v>1762</v>
       </c>
       <c r="C880" s="17" t="s">
         <v>1763</v>
       </c>
       <c r="D880" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E880" s="15">
-        <v>75976.229508197</v>
+        <v>49507.37704918</v>
       </c>
       <c r="F880" s="15">
-        <v>92691</v>
+        <v>60399</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="13">
         <v>875</v>
       </c>
       <c r="B881" s="16" t="s">
         <v>1764</v>
       </c>
       <c r="C881" s="17" t="s">
         <v>1765</v>
       </c>
       <c r="D881" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E881" s="15">
-        <v>75976.229508197</v>
+        <v>49507.37704918</v>
       </c>
       <c r="F881" s="15">
-        <v>92691</v>
+        <v>60399</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="13">
         <v>876</v>
       </c>
       <c r="B882" s="16" t="s">
         <v>1766</v>
       </c>
       <c r="C882" s="17" t="s">
         <v>1767</v>
       </c>
       <c r="D882" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E882" s="15">
         <v>49507.37704918</v>
       </c>
       <c r="F882" s="15">
         <v>60399</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="13">
         <v>877</v>
       </c>
       <c r="B883" s="16" t="s">
         <v>1768</v>
       </c>
       <c r="C883" s="17" t="s">
         <v>1769</v>
       </c>
       <c r="D883" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E883" s="15">
-        <v>49507.37704918</v>
+        <v>50486.885245902</v>
       </c>
       <c r="F883" s="15">
-        <v>60399</v>
+        <v>61594</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="13">
         <v>878</v>
       </c>
       <c r="B884" s="16" t="s">
         <v>1770</v>
       </c>
       <c r="C884" s="17" t="s">
         <v>1771</v>
       </c>
       <c r="D884" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E884" s="15">
-        <v>49507.37704918</v>
+        <v>50486.885245902</v>
       </c>
       <c r="F884" s="15">
-        <v>60399</v>
+        <v>61594</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="13">
         <v>879</v>
       </c>
       <c r="B885" s="16" t="s">
         <v>1772</v>
       </c>
       <c r="C885" s="17" t="s">
         <v>1773</v>
       </c>
       <c r="D885" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E885" s="15">
         <v>50486.885245902</v>
       </c>
       <c r="F885" s="15">
         <v>61594</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="13">
         <v>880</v>
@@ -24190,234 +24178,234 @@
       </c>
       <c r="D888" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E888" s="15">
         <v>50486.885245902</v>
       </c>
       <c r="F888" s="15">
         <v>61594</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="13">
         <v>883</v>
       </c>
       <c r="B889" s="16" t="s">
         <v>1780</v>
       </c>
       <c r="C889" s="17" t="s">
         <v>1781</v>
       </c>
       <c r="D889" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E889" s="15">
-        <v>50486.885245902</v>
+        <v>1300.0</v>
       </c>
       <c r="F889" s="15">
-        <v>61594</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="13">
         <v>884</v>
       </c>
       <c r="B890" s="16" t="s">
         <v>1782</v>
       </c>
       <c r="C890" s="17" t="s">
         <v>1783</v>
       </c>
       <c r="D890" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E890" s="15">
-        <v>50486.885245902</v>
+        <v>936.06557377049</v>
       </c>
       <c r="F890" s="15">
-        <v>61594</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="13">
         <v>885</v>
       </c>
       <c r="B891" s="16" t="s">
         <v>1784</v>
       </c>
       <c r="C891" s="17" t="s">
         <v>1785</v>
       </c>
       <c r="D891" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E891" s="15">
-        <v>1300.0</v>
+        <v>936.06557377049</v>
       </c>
       <c r="F891" s="15">
-        <v>1586</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="13">
         <v>886</v>
       </c>
       <c r="B892" s="16" t="s">
         <v>1786</v>
       </c>
       <c r="C892" s="17" t="s">
         <v>1787</v>
       </c>
       <c r="D892" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E892" s="15">
         <v>936.06557377049</v>
       </c>
       <c r="F892" s="15">
         <v>1142</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="13">
         <v>887</v>
       </c>
       <c r="B893" s="16" t="s">
         <v>1788</v>
       </c>
       <c r="C893" s="17" t="s">
         <v>1789</v>
       </c>
       <c r="D893" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E893" s="15">
-        <v>936.06557377049</v>
+        <v>1075.4098360656</v>
       </c>
       <c r="F893" s="15">
-        <v>1142</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="13">
         <v>888</v>
       </c>
       <c r="B894" s="16" t="s">
         <v>1790</v>
       </c>
       <c r="C894" s="17" t="s">
         <v>1791</v>
       </c>
       <c r="D894" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E894" s="15">
-        <v>936.06557377049</v>
+        <v>672.13114754098</v>
       </c>
       <c r="F894" s="15">
-        <v>1142</v>
+        <v>820</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="13">
         <v>889</v>
       </c>
       <c r="B895" s="16" t="s">
         <v>1792</v>
       </c>
       <c r="C895" s="17" t="s">
         <v>1793</v>
       </c>
       <c r="D895" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E895" s="15">
-        <v>1075.4098360656</v>
+        <v>715.5737704918</v>
       </c>
       <c r="F895" s="15">
-        <v>1312</v>
+        <v>873</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="13">
         <v>890</v>
       </c>
       <c r="B896" s="16" t="s">
         <v>1794</v>
       </c>
       <c r="C896" s="17" t="s">
         <v>1795</v>
       </c>
       <c r="D896" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E896" s="15">
         <v>672.13114754098</v>
       </c>
       <c r="F896" s="15">
         <v>820</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="13">
         <v>891</v>
       </c>
       <c r="B897" s="16" t="s">
         <v>1796</v>
       </c>
       <c r="C897" s="17" t="s">
         <v>1797</v>
       </c>
       <c r="D897" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E897" s="15">
-        <v>715.5737704918</v>
+        <v>1019.6721311475</v>
       </c>
       <c r="F897" s="15">
-        <v>873</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="13">
         <v>892</v>
       </c>
       <c r="B898" s="16" t="s">
         <v>1798</v>
       </c>
       <c r="C898" s="17" t="s">
         <v>1799</v>
       </c>
       <c r="D898" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E898" s="15">
-        <v>672.13114754098</v>
+        <v>809.01639344262</v>
       </c>
       <c r="F898" s="15">
-        <v>820</v>
+        <v>987</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="13">
         <v>893</v>
       </c>
       <c r="B899" s="16" t="s">
         <v>1800</v>
       </c>
       <c r="C899" s="17" t="s">
         <v>1801</v>
       </c>
       <c r="D899" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E899" s="15">
         <v>1019.6721311475</v>
       </c>
       <c r="F899" s="15">
         <v>1244</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="13">
         <v>894</v>
@@ -24470,1853 +24458,1813 @@
       </c>
       <c r="D902" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E902" s="15">
         <v>809.01639344262</v>
       </c>
       <c r="F902" s="15">
         <v>987</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="13">
         <v>897</v>
       </c>
       <c r="B903" s="16" t="s">
         <v>1808</v>
       </c>
       <c r="C903" s="17" t="s">
         <v>1809</v>
       </c>
       <c r="D903" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E903" s="15">
-        <v>1019.6721311475</v>
+        <v>1786.8852459016</v>
       </c>
       <c r="F903" s="15">
-        <v>1244</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="13">
         <v>898</v>
       </c>
       <c r="B904" s="16" t="s">
         <v>1810</v>
       </c>
       <c r="C904" s="17" t="s">
         <v>1811</v>
       </c>
       <c r="D904" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E904" s="15">
-        <v>809.01639344262</v>
+        <v>970.49180327869</v>
       </c>
       <c r="F904" s="15">
-        <v>987</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="13">
         <v>899</v>
       </c>
       <c r="B905" s="16" t="s">
         <v>1812</v>
       </c>
       <c r="C905" s="17" t="s">
         <v>1813</v>
       </c>
       <c r="D905" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E905" s="15">
-        <v>1786.8852459016</v>
+        <v>1155.737704918</v>
       </c>
       <c r="F905" s="15">
-        <v>2180</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="13">
         <v>900</v>
       </c>
       <c r="B906" s="16" t="s">
         <v>1814</v>
       </c>
       <c r="C906" s="17" t="s">
         <v>1815</v>
       </c>
       <c r="D906" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E906" s="15">
-        <v>970.49180327869</v>
+        <v>391522.95081967</v>
       </c>
       <c r="F906" s="15">
-        <v>1184</v>
+        <v>477658</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="13">
         <v>901</v>
       </c>
       <c r="B907" s="16" t="s">
         <v>1816</v>
       </c>
       <c r="C907" s="17" t="s">
         <v>1817</v>
       </c>
       <c r="D907" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E907" s="15">
-        <v>1155.737704918</v>
+        <v>118994.26229508</v>
       </c>
       <c r="F907" s="15">
-        <v>1410</v>
+        <v>145173</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="13">
         <v>902</v>
       </c>
       <c r="B908" s="16" t="s">
         <v>1818</v>
       </c>
       <c r="C908" s="17" t="s">
         <v>1819</v>
       </c>
       <c r="D908" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E908" s="15">
-        <v>391522.95081967</v>
+        <v>158319.67213115</v>
       </c>
       <c r="F908" s="15">
-        <v>477658</v>
+        <v>193150</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="13">
         <v>903</v>
       </c>
       <c r="B909" s="16" t="s">
         <v>1820</v>
       </c>
       <c r="C909" s="17" t="s">
         <v>1821</v>
       </c>
       <c r="D909" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E909" s="15">
-        <v>118994.26229508</v>
+        <v>197644.26229508</v>
       </c>
       <c r="F909" s="15">
-        <v>145173</v>
+        <v>241126</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="13">
         <v>904</v>
       </c>
       <c r="B910" s="16" t="s">
         <v>1822</v>
       </c>
       <c r="C910" s="17" t="s">
         <v>1823</v>
       </c>
       <c r="D910" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E910" s="15">
-        <v>158319.67213115</v>
+        <v>211282.78688525</v>
       </c>
       <c r="F910" s="15">
-        <v>193150</v>
+        <v>257765</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="13">
         <v>905</v>
       </c>
       <c r="B911" s="16" t="s">
         <v>1824</v>
       </c>
       <c r="C911" s="17" t="s">
         <v>1825</v>
       </c>
       <c r="D911" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E911" s="15">
-        <v>197644.26229508</v>
+        <v>210281.96721311</v>
       </c>
       <c r="F911" s="15">
-        <v>241126</v>
+        <v>256544</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="13">
         <v>906</v>
       </c>
       <c r="B912" s="16" t="s">
         <v>1826</v>
       </c>
       <c r="C912" s="17" t="s">
         <v>1827</v>
       </c>
       <c r="D912" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E912" s="15">
-        <v>211282.78688525</v>
+        <v>271357.37704918</v>
       </c>
       <c r="F912" s="15">
-        <v>257765</v>
+        <v>331056</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="13">
         <v>907</v>
       </c>
       <c r="B913" s="16" t="s">
         <v>1828</v>
       </c>
       <c r="C913" s="17" t="s">
         <v>1829</v>
       </c>
       <c r="D913" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E913" s="15">
-        <v>210281.96721311</v>
+        <v>332832.78688525</v>
       </c>
       <c r="F913" s="15">
-        <v>256544</v>
+        <v>406056</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="13">
         <v>908</v>
       </c>
       <c r="B914" s="16" t="s">
         <v>1830</v>
       </c>
       <c r="C914" s="17" t="s">
         <v>1831</v>
       </c>
       <c r="D914" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E914" s="15">
-        <v>271357.37704918</v>
+        <v>400522.95081967</v>
       </c>
       <c r="F914" s="15">
-        <v>331056</v>
+        <v>488638</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="13">
         <v>909</v>
       </c>
       <c r="B915" s="16" t="s">
         <v>1832</v>
       </c>
       <c r="C915" s="17" t="s">
         <v>1833</v>
       </c>
       <c r="D915" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E915" s="15">
-        <v>332832.78688525</v>
+        <v>126445.90163934</v>
       </c>
       <c r="F915" s="15">
-        <v>406056</v>
+        <v>154264</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="13">
         <v>910</v>
       </c>
       <c r="B916" s="16" t="s">
         <v>1834</v>
       </c>
       <c r="C916" s="17" t="s">
         <v>1835</v>
       </c>
       <c r="D916" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E916" s="15">
-        <v>400522.95081967</v>
+        <v>165771.31147541</v>
       </c>
       <c r="F916" s="15">
-        <v>488638</v>
+        <v>202241</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="13">
         <v>911</v>
       </c>
       <c r="B917" s="16" t="s">
         <v>1836</v>
       </c>
       <c r="C917" s="17" t="s">
         <v>1837</v>
       </c>
       <c r="D917" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E917" s="15">
-        <v>126445.90163934</v>
+        <v>205095.90163934</v>
       </c>
       <c r="F917" s="15">
-        <v>154264</v>
+        <v>250217</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="13">
         <v>912</v>
       </c>
       <c r="B918" s="16" t="s">
         <v>1838</v>
       </c>
       <c r="C918" s="17" t="s">
         <v>1839</v>
       </c>
       <c r="D918" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E918" s="15">
-        <v>165771.31147541</v>
+        <v>123452.45901639</v>
       </c>
       <c r="F918" s="15">
-        <v>202241</v>
+        <v>150612</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="13">
         <v>913</v>
       </c>
       <c r="B919" s="16" t="s">
         <v>1840</v>
       </c>
       <c r="C919" s="17" t="s">
         <v>1841</v>
       </c>
       <c r="D919" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E919" s="15">
-        <v>205095.90163934</v>
+        <v>118447.54098361</v>
       </c>
       <c r="F919" s="15">
-        <v>250217</v>
+        <v>144506</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="13">
         <v>914</v>
       </c>
       <c r="B920" s="16" t="s">
         <v>1842</v>
       </c>
       <c r="C920" s="17" t="s">
         <v>1843</v>
       </c>
       <c r="D920" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E920" s="15">
-        <v>123452.45901639</v>
+        <v>160918.03278689</v>
       </c>
       <c r="F920" s="15">
-        <v>150612</v>
+        <v>196320</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="13">
         <v>915</v>
       </c>
       <c r="B921" s="16" t="s">
         <v>1844</v>
       </c>
       <c r="C921" s="17" t="s">
         <v>1845</v>
       </c>
       <c r="D921" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E921" s="15">
-        <v>118447.54098361</v>
+        <v>240998.36065574</v>
       </c>
       <c r="F921" s="15">
-        <v>144506</v>
+        <v>294018</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="13">
         <v>916</v>
       </c>
       <c r="B922" s="16" t="s">
         <v>1846</v>
       </c>
       <c r="C922" s="17" t="s">
         <v>1847</v>
       </c>
       <c r="D922" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E922" s="15">
-        <v>160918.03278689</v>
+        <v>422570.49180328</v>
       </c>
       <c r="F922" s="15">
-        <v>196320</v>
+        <v>515536</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="13">
         <v>917</v>
       </c>
       <c r="B923" s="16" t="s">
         <v>1848</v>
       </c>
       <c r="C923" s="17" t="s">
         <v>1849</v>
       </c>
       <c r="D923" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E923" s="15">
-        <v>240998.36065574</v>
+        <v>141392.62295082</v>
       </c>
       <c r="F923" s="15">
-        <v>294018</v>
+        <v>172499</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="13">
         <v>918</v>
       </c>
       <c r="B924" s="16" t="s">
         <v>1850</v>
       </c>
       <c r="C924" s="17" t="s">
         <v>1851</v>
       </c>
       <c r="D924" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E924" s="15">
-        <v>422570.49180328</v>
+        <v>180717.21311475</v>
       </c>
       <c r="F924" s="15">
-        <v>515536</v>
+        <v>220475</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="13">
         <v>919</v>
       </c>
       <c r="B925" s="16" t="s">
         <v>1852</v>
       </c>
       <c r="C925" s="17" t="s">
         <v>1853</v>
       </c>
       <c r="D925" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E925" s="15">
-        <v>141392.62295082</v>
+        <v>220042.62295082</v>
       </c>
       <c r="F925" s="15">
-        <v>172499</v>
+        <v>268452</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="13">
         <v>920</v>
       </c>
       <c r="B926" s="16" t="s">
         <v>1854</v>
       </c>
       <c r="C926" s="17" t="s">
         <v>1855</v>
       </c>
       <c r="D926" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E926" s="15">
-        <v>180717.21311475</v>
+        <v>133104.91803279</v>
       </c>
       <c r="F926" s="15">
-        <v>220475</v>
+        <v>162388</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="13">
         <v>921</v>
       </c>
       <c r="B927" s="16" t="s">
         <v>1856</v>
       </c>
       <c r="C927" s="17" t="s">
         <v>1857</v>
       </c>
       <c r="D927" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E927" s="15">
-        <v>220042.62295082</v>
+        <v>130345.08196721</v>
       </c>
       <c r="F927" s="15">
-        <v>268452</v>
+        <v>159021</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" s="13">
         <v>922</v>
       </c>
       <c r="B928" s="16" t="s">
         <v>1858</v>
       </c>
       <c r="C928" s="17" t="s">
         <v>1859</v>
       </c>
       <c r="D928" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E928" s="15">
-        <v>133104.91803279</v>
+        <v>172815.57377049</v>
       </c>
       <c r="F928" s="15">
-        <v>162388</v>
+        <v>210835</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="A929" s="13">
         <v>923</v>
       </c>
       <c r="B929" s="16" t="s">
         <v>1860</v>
       </c>
       <c r="C929" s="17" t="s">
         <v>1861</v>
       </c>
       <c r="D929" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E929" s="15">
-        <v>130345.08196721</v>
+        <v>252895.90163934</v>
       </c>
       <c r="F929" s="15">
-        <v>159021</v>
+        <v>308533</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930" s="13">
         <v>924</v>
       </c>
       <c r="B930" s="16" t="s">
         <v>1862</v>
       </c>
       <c r="C930" s="17" t="s">
         <v>1863</v>
       </c>
       <c r="D930" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E930" s="15">
-        <v>172815.57377049</v>
+        <v>431091.80327869</v>
       </c>
       <c r="F930" s="15">
-        <v>210835</v>
+        <v>525932</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931" s="13">
         <v>925</v>
       </c>
       <c r="B931" s="16" t="s">
         <v>1864</v>
       </c>
       <c r="C931" s="17" t="s">
         <v>1865</v>
       </c>
       <c r="D931" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E931" s="15">
-        <v>252895.90163934</v>
+        <v>173198.36065574</v>
       </c>
       <c r="F931" s="15">
-        <v>308533</v>
+        <v>211302</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932" s="13">
         <v>926</v>
       </c>
       <c r="B932" s="16" t="s">
         <v>1866</v>
       </c>
       <c r="C932" s="17" t="s">
         <v>1867</v>
       </c>
       <c r="D932" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E932" s="15">
-        <v>431091.80327869</v>
+        <v>212522.95081967</v>
       </c>
       <c r="F932" s="15">
-        <v>525932</v>
+        <v>259278</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" s="13">
         <v>927</v>
       </c>
       <c r="B933" s="16" t="s">
         <v>1868</v>
       </c>
       <c r="C933" s="17" t="s">
         <v>1869</v>
       </c>
       <c r="D933" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E933" s="15">
-        <v>173198.36065574</v>
+        <v>251848.36065574</v>
       </c>
       <c r="F933" s="15">
-        <v>211302</v>
+        <v>307255</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" s="13">
         <v>928</v>
       </c>
       <c r="B934" s="16" t="s">
         <v>1870</v>
       </c>
       <c r="C934" s="17" t="s">
         <v>1871</v>
       </c>
       <c r="D934" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E934" s="15">
-        <v>212522.95081967</v>
+        <v>140111.47540984</v>
       </c>
       <c r="F934" s="15">
-        <v>259278</v>
+        <v>170936</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" s="13">
         <v>929</v>
       </c>
       <c r="B935" s="16" t="s">
         <v>1872</v>
       </c>
       <c r="C935" s="17" t="s">
         <v>1873</v>
       </c>
       <c r="D935" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E935" s="15">
-        <v>251848.36065574</v>
+        <v>139825.40983607</v>
       </c>
       <c r="F935" s="15">
-        <v>307255</v>
+        <v>170587</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" s="13">
         <v>930</v>
       </c>
       <c r="B936" s="16" t="s">
         <v>1874</v>
       </c>
       <c r="C936" s="17" t="s">
         <v>1875</v>
       </c>
       <c r="D936" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E936" s="15">
-        <v>140111.47540984</v>
+        <v>182296.72131148</v>
       </c>
       <c r="F936" s="15">
-        <v>170936</v>
+        <v>222402</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" s="13">
         <v>931</v>
       </c>
       <c r="B937" s="16" t="s">
         <v>1876</v>
       </c>
       <c r="C937" s="17" t="s">
         <v>1877</v>
       </c>
       <c r="D937" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E937" s="15">
-        <v>139825.40983607</v>
+        <v>262377.04918033</v>
       </c>
       <c r="F937" s="15">
-        <v>170587</v>
+        <v>320100</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" s="13">
         <v>932</v>
       </c>
       <c r="B938" s="16" t="s">
         <v>1878</v>
       </c>
       <c r="C938" s="17" t="s">
         <v>1879</v>
       </c>
       <c r="D938" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E938" s="15">
-        <v>182296.72131148</v>
+        <v>475187.70491803</v>
       </c>
       <c r="F938" s="15">
-        <v>222402</v>
+        <v>579729</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" s="13">
         <v>933</v>
       </c>
       <c r="B939" s="16" t="s">
         <v>1880</v>
       </c>
       <c r="C939" s="17" t="s">
         <v>1881</v>
       </c>
       <c r="D939" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E939" s="15">
-        <v>262377.04918033</v>
+        <v>177065.57377049</v>
       </c>
       <c r="F939" s="15">
-        <v>320100</v>
+        <v>216020</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" s="13">
         <v>934</v>
       </c>
       <c r="B940" s="16" t="s">
         <v>1882</v>
       </c>
       <c r="C940" s="17" t="s">
         <v>1883</v>
       </c>
       <c r="D940" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E940" s="15">
-        <v>475187.70491803</v>
+        <v>216390.98360656</v>
       </c>
       <c r="F940" s="15">
-        <v>579729</v>
+        <v>263997</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" s="13">
         <v>935</v>
       </c>
       <c r="B941" s="16" t="s">
         <v>1884</v>
       </c>
       <c r="C941" s="17" t="s">
         <v>1885</v>
       </c>
       <c r="D941" s="14" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E941" s="15">
-        <v>177065.57377049</v>
+        <v>255715.57377049</v>
       </c>
       <c r="F941" s="15">
-        <v>216020</v>
+        <v>311973</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" s="13">
         <v>936</v>
       </c>
       <c r="B942" s="16" t="s">
         <v>1886</v>
       </c>
       <c r="C942" s="17" t="s">
         <v>1887</v>
       </c>
       <c r="D942" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E942" s="15">
-        <v>216390.98360656</v>
+        <v>148906.55737705</v>
       </c>
       <c r="F942" s="15">
-        <v>263997</v>
+        <v>181666</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" s="13">
         <v>937</v>
       </c>
       <c r="B943" s="16" t="s">
         <v>1888</v>
       </c>
       <c r="C943" s="17" t="s">
         <v>1889</v>
       </c>
       <c r="D943" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E943" s="15">
-        <v>255715.57377049</v>
+        <v>144130.32786885</v>
       </c>
       <c r="F943" s="15">
-        <v>311973</v>
+        <v>175839</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" s="13">
         <v>938</v>
       </c>
       <c r="B944" s="16" t="s">
         <v>1890</v>
       </c>
       <c r="C944" s="17" t="s">
         <v>1891</v>
       </c>
       <c r="D944" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E944" s="15">
-        <v>148906.55737705</v>
+        <v>186600.81967213</v>
       </c>
       <c r="F944" s="15">
-        <v>181666</v>
+        <v>227653</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" s="13">
         <v>939</v>
       </c>
       <c r="B945" s="16" t="s">
         <v>1892</v>
       </c>
       <c r="C945" s="17" t="s">
         <v>1893</v>
       </c>
       <c r="D945" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E945" s="15">
-        <v>144130.32786885</v>
+        <v>266681.14754098</v>
       </c>
       <c r="F945" s="15">
-        <v>175839</v>
+        <v>325351</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" s="13">
         <v>940</v>
       </c>
       <c r="B946" s="16" t="s">
         <v>1894</v>
       </c>
       <c r="C946" s="17" t="s">
         <v>1895</v>
       </c>
       <c r="D946" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E946" s="15">
-        <v>186600.81967213</v>
+        <v>182668.85245902</v>
       </c>
       <c r="F946" s="15">
-        <v>227653</v>
+        <v>222856</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" s="13">
         <v>941</v>
       </c>
       <c r="B947" s="16" t="s">
         <v>1896</v>
       </c>
       <c r="C947" s="17" t="s">
         <v>1897</v>
       </c>
       <c r="D947" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E947" s="15">
-        <v>266681.14754098</v>
+        <v>182254.09836066</v>
       </c>
       <c r="F947" s="15">
-        <v>325351</v>
+        <v>222350</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" s="13">
         <v>942</v>
       </c>
       <c r="B948" s="16" t="s">
         <v>1898</v>
       </c>
       <c r="C948" s="17" t="s">
         <v>1899</v>
       </c>
       <c r="D948" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E948" s="15">
-        <v>182668.85245902</v>
+        <v>243329.50819672</v>
       </c>
       <c r="F948" s="15">
-        <v>222856</v>
+        <v>296862</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" s="13">
         <v>943</v>
       </c>
       <c r="B949" s="16" t="s">
         <v>1900</v>
       </c>
       <c r="C949" s="17" t="s">
         <v>1901</v>
       </c>
       <c r="D949" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E949" s="15">
-        <v>182254.09836066</v>
+        <v>304804.91803279</v>
       </c>
       <c r="F949" s="15">
-        <v>222350</v>
+        <v>371862</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" s="13">
         <v>944</v>
       </c>
       <c r="B950" s="16" t="s">
         <v>1902</v>
       </c>
       <c r="C950" s="17" t="s">
         <v>1903</v>
       </c>
       <c r="D950" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E950" s="15">
-        <v>243329.50819672</v>
+        <v>186400.81967213</v>
       </c>
       <c r="F950" s="15">
-        <v>296862</v>
+        <v>227409</v>
       </c>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" s="13">
         <v>945</v>
       </c>
       <c r="B951" s="16" t="s">
         <v>1904</v>
       </c>
       <c r="C951" s="17" t="s">
         <v>1905</v>
       </c>
       <c r="D951" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E951" s="15">
-        <v>304804.91803279</v>
+        <v>183683.60655738</v>
       </c>
       <c r="F951" s="15">
-        <v>371862</v>
+        <v>224094</v>
       </c>
     </row>
     <row r="952" spans="1:6">
       <c r="A952" s="13">
         <v>946</v>
       </c>
       <c r="B952" s="16" t="s">
         <v>1906</v>
       </c>
       <c r="C952" s="17" t="s">
         <v>1907</v>
       </c>
       <c r="D952" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E952" s="15">
-        <v>186400.81967213</v>
+        <v>244759.01639344</v>
       </c>
       <c r="F952" s="15">
-        <v>227409</v>
+        <v>298606</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="A953" s="13">
         <v>947</v>
       </c>
       <c r="B953" s="16" t="s">
         <v>1908</v>
       </c>
       <c r="C953" s="17" t="s">
         <v>1909</v>
       </c>
       <c r="D953" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E953" s="15">
-        <v>183683.60655738</v>
+        <v>306235.24590164</v>
       </c>
       <c r="F953" s="15">
-        <v>224094</v>
+        <v>373607</v>
       </c>
     </row>
     <row r="954" spans="1:6">
       <c r="A954" s="13">
         <v>948</v>
       </c>
       <c r="B954" s="16" t="s">
         <v>1910</v>
       </c>
       <c r="C954" s="17" t="s">
         <v>1911</v>
       </c>
       <c r="D954" s="14" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="E954" s="15">
-        <v>244759.01639344</v>
+        <v>127508.19672131</v>
       </c>
       <c r="F954" s="15">
-        <v>298606</v>
+        <v>155560</v>
       </c>
     </row>
     <row r="955" spans="1:6">
       <c r="A955" s="13">
         <v>949</v>
       </c>
       <c r="B955" s="16" t="s">
         <v>1912</v>
       </c>
       <c r="C955" s="17" t="s">
         <v>1913</v>
       </c>
       <c r="D955" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E955" s="15">
-        <v>306235.24590164</v>
+        <v>163258.19672131</v>
       </c>
       <c r="F955" s="15">
-        <v>373607</v>
+        <v>199175</v>
       </c>
     </row>
     <row r="956" spans="1:6">
       <c r="A956" s="13">
         <v>950</v>
       </c>
       <c r="B956" s="16" t="s">
         <v>1914</v>
       </c>
       <c r="C956" s="17" t="s">
         <v>1915</v>
       </c>
       <c r="D956" s="14" t="s">
-        <v>607</v>
+        <v>13</v>
       </c>
       <c r="E956" s="15">
-        <v>127508.19672131</v>
+        <v>183755.73770492</v>
       </c>
       <c r="F956" s="15">
-        <v>155560</v>
+        <v>224182</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957" s="13">
         <v>951</v>
       </c>
       <c r="B957" s="16" t="s">
         <v>1916</v>
       </c>
       <c r="C957" s="17" t="s">
         <v>1917</v>
       </c>
       <c r="D957" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E957" s="15">
-        <v>163258.19672131</v>
+        <v>168740.16393443</v>
       </c>
       <c r="F957" s="15">
-        <v>199175</v>
+        <v>205863</v>
       </c>
     </row>
     <row r="958" spans="1:6">
       <c r="A958" s="13">
         <v>952</v>
       </c>
       <c r="B958" s="16" t="s">
         <v>1918</v>
       </c>
       <c r="C958" s="17" t="s">
         <v>1919</v>
       </c>
       <c r="D958" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E958" s="15">
-        <v>183755.73770492</v>
+        <v>807.37704918033</v>
       </c>
       <c r="F958" s="15">
-        <v>224182</v>
+        <v>985</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="A959" s="13">
         <v>953</v>
       </c>
       <c r="B959" s="16" t="s">
         <v>1920</v>
       </c>
       <c r="C959" s="17" t="s">
         <v>1921</v>
       </c>
       <c r="D959" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E959" s="15">
-        <v>168740.16393443</v>
+        <v>23184.426229508</v>
       </c>
       <c r="F959" s="15">
-        <v>205863</v>
+        <v>28285</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="A960" s="13">
         <v>954</v>
       </c>
       <c r="B960" s="16" t="s">
         <v>1922</v>
       </c>
       <c r="C960" s="17" t="s">
         <v>1923</v>
       </c>
       <c r="D960" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E960" s="15">
-        <v>807.37704918033</v>
+        <v>8039.3442622951</v>
       </c>
       <c r="F960" s="15">
-        <v>985</v>
+        <v>9808</v>
       </c>
     </row>
     <row r="961" spans="1:6">
       <c r="A961" s="13">
         <v>955</v>
       </c>
       <c r="B961" s="16" t="s">
         <v>1924</v>
       </c>
       <c r="C961" s="17" t="s">
         <v>1925</v>
       </c>
       <c r="D961" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E961" s="15">
-        <v>23184.426229508</v>
+        <v>81331.967213115</v>
       </c>
       <c r="F961" s="15">
-        <v>28285</v>
+        <v>99225</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="A962" s="13">
         <v>956</v>
       </c>
       <c r="B962" s="16" t="s">
         <v>1926</v>
       </c>
       <c r="C962" s="17" t="s">
         <v>1927</v>
       </c>
       <c r="D962" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E962" s="15">
-        <v>8039.3442622951</v>
+        <v>189832.78688525</v>
       </c>
       <c r="F962" s="15">
-        <v>9808</v>
+        <v>231596</v>
       </c>
     </row>
     <row r="963" spans="1:6">
       <c r="A963" s="13">
         <v>957</v>
       </c>
       <c r="B963" s="16" t="s">
         <v>1928</v>
       </c>
       <c r="C963" s="17" t="s">
         <v>1929</v>
       </c>
       <c r="D963" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E963" s="15">
-        <v>81331.967213115</v>
+        <v>55413.114754098</v>
       </c>
       <c r="F963" s="15">
-        <v>99225</v>
+        <v>67604</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964" s="13">
         <v>958</v>
       </c>
       <c r="B964" s="16" t="s">
         <v>1930</v>
       </c>
       <c r="C964" s="17" t="s">
         <v>1931</v>
       </c>
       <c r="D964" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E964" s="15">
-        <v>189832.78688525</v>
+        <v>28709.836065574</v>
       </c>
       <c r="F964" s="15">
-        <v>231596</v>
+        <v>35026</v>
       </c>
     </row>
     <row r="965" spans="1:6">
       <c r="A965" s="13">
         <v>959</v>
       </c>
       <c r="B965" s="16" t="s">
         <v>1932</v>
       </c>
       <c r="C965" s="17" t="s">
         <v>1933</v>
       </c>
       <c r="D965" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E965" s="15">
-        <v>55413.114754098</v>
+        <v>29913.114754098</v>
       </c>
       <c r="F965" s="15">
-        <v>67604</v>
+        <v>36494</v>
       </c>
     </row>
     <row r="966" spans="1:6">
       <c r="A966" s="13">
         <v>960</v>
       </c>
       <c r="B966" s="16" t="s">
         <v>1934</v>
       </c>
       <c r="C966" s="17" t="s">
         <v>1935</v>
       </c>
       <c r="D966" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E966" s="15">
-        <v>28709.836065574</v>
+        <v>33350.819672131</v>
       </c>
       <c r="F966" s="15">
-        <v>35026</v>
+        <v>40688</v>
       </c>
     </row>
     <row r="967" spans="1:6">
       <c r="A967" s="13">
         <v>961</v>
       </c>
       <c r="B967" s="16" t="s">
         <v>1936</v>
       </c>
       <c r="C967" s="17" t="s">
         <v>1937</v>
       </c>
       <c r="D967" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E967" s="15">
-        <v>29913.114754098</v>
+        <v>131812.29508197</v>
       </c>
       <c r="F967" s="15">
-        <v>36494</v>
+        <v>160811</v>
       </c>
     </row>
     <row r="968" spans="1:6">
       <c r="A968" s="13">
         <v>962</v>
       </c>
       <c r="B968" s="16" t="s">
         <v>1938</v>
       </c>
       <c r="C968" s="17" t="s">
         <v>1939</v>
       </c>
       <c r="D968" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E968" s="15">
-        <v>33350.819672131</v>
+        <v>54390.983606557</v>
       </c>
       <c r="F968" s="15">
-        <v>40688</v>
+        <v>66357</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969" s="13">
         <v>963</v>
       </c>
       <c r="B969" s="16" t="s">
         <v>1940</v>
       </c>
       <c r="C969" s="17" t="s">
         <v>1941</v>
       </c>
       <c r="D969" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E969" s="15">
-        <v>131812.29508197</v>
+        <v>27695.901639344</v>
       </c>
       <c r="F969" s="15">
-        <v>160811</v>
+        <v>33789</v>
       </c>
     </row>
     <row r="970" spans="1:6">
       <c r="A970" s="13">
         <v>964</v>
       </c>
       <c r="B970" s="16" t="s">
         <v>1942</v>
       </c>
       <c r="C970" s="17" t="s">
         <v>1943</v>
       </c>
       <c r="D970" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E970" s="15">
-        <v>54390.983606557</v>
+        <v>74880.327868852</v>
       </c>
       <c r="F970" s="15">
-        <v>66357</v>
+        <v>91354</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971" s="13">
         <v>965</v>
       </c>
       <c r="B971" s="16" t="s">
         <v>1944</v>
       </c>
       <c r="C971" s="17" t="s">
         <v>1945</v>
       </c>
       <c r="D971" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E971" s="15">
-        <v>27695.901639344</v>
+        <v>67901.639344262</v>
       </c>
       <c r="F971" s="15">
-        <v>33789</v>
+        <v>82840</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="A972" s="13">
         <v>966</v>
       </c>
       <c r="B972" s="16" t="s">
         <v>1946</v>
       </c>
       <c r="C972" s="17" t="s">
         <v>1947</v>
       </c>
       <c r="D972" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E972" s="15">
-        <v>74880.327868852</v>
+        <v>44092.62295082</v>
       </c>
       <c r="F972" s="15">
-        <v>91354</v>
+        <v>53793</v>
       </c>
     </row>
     <row r="973" spans="1:6">
       <c r="A973" s="13">
         <v>967</v>
       </c>
       <c r="B973" s="16" t="s">
         <v>1948</v>
       </c>
       <c r="C973" s="17" t="s">
         <v>1949</v>
       </c>
       <c r="D973" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E973" s="15">
-        <v>67901.639344262</v>
+        <v>23075.409836066</v>
       </c>
       <c r="F973" s="15">
-        <v>82840</v>
+        <v>28152</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974" s="13">
         <v>968</v>
       </c>
       <c r="B974" s="16" t="s">
         <v>1950</v>
       </c>
       <c r="C974" s="17" t="s">
         <v>1951</v>
       </c>
       <c r="D974" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E974" s="15">
-        <v>44092.62295082</v>
+        <v>24722.131147541</v>
       </c>
       <c r="F974" s="15">
-        <v>53793</v>
+        <v>30161</v>
       </c>
     </row>
     <row r="975" spans="1:6">
       <c r="A975" s="13">
         <v>969</v>
       </c>
       <c r="B975" s="16" t="s">
         <v>1952</v>
       </c>
       <c r="C975" s="17" t="s">
         <v>1953</v>
       </c>
       <c r="D975" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E975" s="15">
-        <v>23075.409836066</v>
+        <v>25827.868852459</v>
       </c>
       <c r="F975" s="15">
-        <v>28152</v>
+        <v>31510</v>
       </c>
     </row>
     <row r="976" spans="1:6">
       <c r="A976" s="13">
         <v>970</v>
       </c>
       <c r="B976" s="16" t="s">
         <v>1954</v>
       </c>
       <c r="C976" s="17" t="s">
         <v>1955</v>
       </c>
       <c r="D976" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E976" s="15">
-        <v>24722.131147541</v>
+        <v>26314.754098361</v>
       </c>
       <c r="F976" s="15">
-        <v>30161</v>
+        <v>32104</v>
       </c>
     </row>
     <row r="977" spans="1:6">
       <c r="A977" s="13">
         <v>971</v>
       </c>
       <c r="B977" s="16" t="s">
         <v>1956</v>
       </c>
       <c r="C977" s="17" t="s">
         <v>1957</v>
       </c>
       <c r="D977" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E977" s="15">
-        <v>25827.868852459</v>
+        <v>28437.704918033</v>
       </c>
       <c r="F977" s="15">
-        <v>31510</v>
+        <v>34694</v>
       </c>
     </row>
     <row r="978" spans="1:6">
       <c r="A978" s="13">
         <v>972</v>
       </c>
       <c r="B978" s="16" t="s">
         <v>1958</v>
       </c>
       <c r="C978" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="D978" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E978" s="15">
-        <v>26314.754098361</v>
+        <v>29705.737704918</v>
       </c>
       <c r="F978" s="15">
-        <v>32104</v>
+        <v>36241</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="A979" s="13">
         <v>973</v>
       </c>
       <c r="B979" s="16" t="s">
         <v>1960</v>
       </c>
       <c r="C979" s="17" t="s">
         <v>1961</v>
       </c>
       <c r="D979" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E979" s="15">
-        <v>28437.704918033</v>
+        <v>23064.754098361</v>
       </c>
       <c r="F979" s="15">
-        <v>34694</v>
+        <v>28139</v>
       </c>
     </row>
     <row r="980" spans="1:6">
       <c r="A980" s="13">
         <v>974</v>
       </c>
       <c r="B980" s="16" t="s">
         <v>1962</v>
       </c>
       <c r="C980" s="17" t="s">
         <v>1963</v>
       </c>
       <c r="D980" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E980" s="15">
-        <v>29705.737704918</v>
+        <v>23172.950819672</v>
       </c>
       <c r="F980" s="15">
-        <v>36241</v>
+        <v>28271</v>
       </c>
     </row>
     <row r="981" spans="1:6">
       <c r="A981" s="13">
         <v>975</v>
       </c>
       <c r="B981" s="16" t="s">
         <v>1964</v>
       </c>
       <c r="C981" s="17" t="s">
         <v>1965</v>
       </c>
       <c r="D981" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E981" s="15">
-        <v>23064.754098361</v>
+        <v>24722.131147541</v>
       </c>
       <c r="F981" s="15">
-        <v>28139</v>
+        <v>30161</v>
       </c>
     </row>
     <row r="982" spans="1:6">
       <c r="A982" s="13">
         <v>976</v>
       </c>
       <c r="B982" s="16" t="s">
         <v>1966</v>
       </c>
       <c r="C982" s="17" t="s">
         <v>1967</v>
       </c>
       <c r="D982" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E982" s="15">
-        <v>23172.950819672</v>
+        <v>24830.327868852</v>
       </c>
       <c r="F982" s="15">
-        <v>28271</v>
+        <v>30293</v>
       </c>
     </row>
     <row r="983" spans="1:6">
       <c r="A983" s="13">
         <v>977</v>
       </c>
       <c r="B983" s="16" t="s">
         <v>1968</v>
       </c>
       <c r="C983" s="17" t="s">
         <v>1969</v>
       </c>
       <c r="D983" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E983" s="15">
-        <v>24722.131147541</v>
+        <v>25827.868852459</v>
       </c>
       <c r="F983" s="15">
-        <v>30161</v>
+        <v>31510</v>
       </c>
     </row>
     <row r="984" spans="1:6">
       <c r="A984" s="13">
         <v>978</v>
       </c>
       <c r="B984" s="16" t="s">
         <v>1970</v>
       </c>
       <c r="C984" s="17" t="s">
         <v>1971</v>
       </c>
       <c r="D984" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E984" s="15">
-        <v>24830.327868852</v>
+        <v>25935.245901639</v>
       </c>
       <c r="F984" s="15">
-        <v>30293</v>
+        <v>31641</v>
       </c>
     </row>
     <row r="985" spans="1:6">
       <c r="A985" s="13">
         <v>979</v>
       </c>
       <c r="B985" s="16" t="s">
         <v>1972</v>
       </c>
       <c r="C985" s="17" t="s">
         <v>1973</v>
       </c>
       <c r="D985" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E985" s="15">
-        <v>25827.868852459</v>
+        <v>26531.967213115</v>
       </c>
       <c r="F985" s="15">
-        <v>31510</v>
+        <v>32369</v>
       </c>
     </row>
     <row r="986" spans="1:6">
       <c r="A986" s="13">
         <v>980</v>
       </c>
       <c r="B986" s="16" t="s">
         <v>1974</v>
       </c>
       <c r="C986" s="17" t="s">
         <v>1975</v>
       </c>
       <c r="D986" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E986" s="15">
-        <v>25935.245901639</v>
+        <v>26314.754098361</v>
       </c>
       <c r="F986" s="15">
-        <v>31641</v>
+        <v>32104</v>
       </c>
     </row>
     <row r="987" spans="1:6">
       <c r="A987" s="13">
         <v>981</v>
       </c>
       <c r="B987" s="16" t="s">
         <v>1976</v>
       </c>
       <c r="C987" s="17" t="s">
         <v>1977</v>
       </c>
       <c r="D987" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E987" s="15">
-        <v>26531.967213115</v>
+        <v>28654.918032787</v>
       </c>
       <c r="F987" s="15">
-        <v>32369</v>
+        <v>34959</v>
       </c>
     </row>
     <row r="988" spans="1:6">
       <c r="A988" s="13">
         <v>982</v>
       </c>
       <c r="B988" s="16" t="s">
         <v>1978</v>
       </c>
       <c r="C988" s="17" t="s">
         <v>1979</v>
       </c>
       <c r="D988" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E988" s="15">
-        <v>26314.754098361</v>
+        <v>28437.704918033</v>
       </c>
       <c r="F988" s="15">
-        <v>32104</v>
+        <v>34694</v>
       </c>
     </row>
     <row r="989" spans="1:6">
       <c r="A989" s="13">
         <v>983</v>
       </c>
       <c r="B989" s="16" t="s">
         <v>1980</v>
       </c>
       <c r="C989" s="17" t="s">
         <v>1981</v>
       </c>
       <c r="D989" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E989" s="15">
-        <v>28654.918032787</v>
+        <v>29705.737704918</v>
       </c>
       <c r="F989" s="15">
-        <v>34959</v>
+        <v>36241</v>
       </c>
     </row>
     <row r="990" spans="1:6">
       <c r="A990" s="13">
         <v>984</v>
       </c>
       <c r="B990" s="16" t="s">
         <v>1982</v>
       </c>
       <c r="C990" s="17" t="s">
         <v>1983</v>
       </c>
       <c r="D990" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E990" s="15">
-        <v>28437.704918033</v>
+        <v>29922.131147541</v>
       </c>
       <c r="F990" s="15">
-        <v>34694</v>
+        <v>36505</v>
       </c>
     </row>
     <row r="991" spans="1:6">
       <c r="A991" s="13">
         <v>985</v>
       </c>
       <c r="B991" s="16" t="s">
         <v>1984</v>
       </c>
       <c r="C991" s="17" t="s">
         <v>1985</v>
       </c>
       <c r="D991" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E991" s="15">
-        <v>29705.737704918</v>
+        <v>27517.213114754</v>
       </c>
       <c r="F991" s="15">
-        <v>36241</v>
-[...38 lines deleted...]
-      <c r="F993" s="15">
         <v>33571</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="A4:F4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E2" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.4" right="0.4" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>